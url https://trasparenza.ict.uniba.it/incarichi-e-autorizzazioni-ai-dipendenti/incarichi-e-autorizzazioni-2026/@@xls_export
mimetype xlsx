--- v0 (2026-02-02)
+++ v1 (2026-03-21)
@@ -11,130 +11,565 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="incarichi-e-autorizzazioni-2026" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="853" uniqueCount="416">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5472" uniqueCount="2313">
   <si>
     <t>Intestatario</t>
   </si>
   <si>
     <t>Descrizione Attività</t>
   </si>
   <si>
     <t>Data inizio</t>
   </si>
   <si>
     <t>Data fine</t>
   </si>
   <si>
     <t>Compenso</t>
   </si>
   <si>
     <t>Atto conferimento</t>
   </si>
   <si>
     <t>Id Easy</t>
   </si>
   <si>
     <t>Annullato</t>
   </si>
   <si>
+    <t>LABIANCA Arcangelo</t>
+  </si>
+  <si>
+    <t>RAFFORZAMENTO DELLE COMPETENZE INIZIALI - MATEMATICA - 40 ORE</t>
+  </si>
+  <si>
+    <t>2026-02-02T00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-27T00:00:00</t>
+  </si>
+  <si>
+    <t>D.D. N. 23 del 29/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\403</t>
+  </si>
+  <si>
+    <t>N</t>
+  </si>
+  <si>
+    <t>MARTUCCI Dott.ssa Laura Sabrina</t>
+  </si>
+  <si>
+    <t>Conferimento incarico di docenza nell’ambito del Master in Terrorismo, prevenzione della radicalizzazione eversiva, sicurezza e cybersecurity A.A. 2024 - 2025</t>
+  </si>
+  <si>
+    <t>2026-02-14T00:00:00</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.388 DEL 11.02.2026</t>
+  </si>
+  <si>
+    <t>D\2026\405</t>
+  </si>
+  <si>
+    <t>CALAMO SPECCHIA Marina</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.392 DEL 11.02.2026</t>
+  </si>
+  <si>
+    <t>D\2026\406</t>
+  </si>
+  <si>
+    <t>BOTTALICO FILIPPO</t>
+  </si>
+  <si>
+    <t>2026-02-21T00:00:00</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.393 DEL 11.02.2026</t>
+  </si>
+  <si>
+    <t>D\2026\407</t>
+  </si>
+  <si>
+    <t>Angiuli Giuseppe</t>
+  </si>
+  <si>
+    <t>Supporto amministrativo Corso di Competenze trasversali per studentesse/ti - Benessere animale, diritto e sostenibilità: strumenti professionali per le filiere contemporanee -A.A.2025/26</t>
+  </si>
+  <si>
+    <t>2026-02-20T00:00:00</t>
+  </si>
+  <si>
+    <t>2026-07-30T00:00:00</t>
+  </si>
+  <si>
+    <t>Consiglio di Dipartimento di Medicina Veterinaria del 18/02/2026 - Nota prot.n. 889 del 20/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\408</t>
+  </si>
+  <si>
+    <t>COLAIANNI Francesca</t>
+  </si>
+  <si>
+    <t>D\2026\409</t>
+  </si>
+  <si>
+    <t>SCARANO Francesca Isabella</t>
+  </si>
+  <si>
+    <t>D\2026\410</t>
+  </si>
+  <si>
+    <t>RIZZI ANNA</t>
+  </si>
+  <si>
+    <t>Supporto contabile Corso di Competenze trasversali per studentesse/ti - Benessere animale, diritto e sostenibilità: strumenti professionali per le filiere contemporanee -A.A.2025/26</t>
+  </si>
+  <si>
+    <t>D\2026\411</t>
+  </si>
+  <si>
+    <t>Supporto amministrativo Corso di Competenze trasversali per studentesse/ti - Aggressività del cane. Impatto sociale e sulla salute e benessere delle persone e degli animali -A.A.2025/26</t>
+  </si>
+  <si>
+    <t>Consiglio di Dipartimento di Medicina Veterinaria del 18/02/2026 - Nota prot.n. 891 del 20/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\412</t>
+  </si>
+  <si>
+    <t>BORROMEO Domenico</t>
+  </si>
+  <si>
+    <t>Supporto ammin.vo/contabile Corso di Competenze trasversali per studentesse/ti - Aggressività del cane. Impatto sociale e sulla salute e benessere delle persone e degli animali -A.A.2025/26</t>
+  </si>
+  <si>
+    <t>D\2026\413</t>
+  </si>
+  <si>
+    <t>D\2026\414</t>
+  </si>
+  <si>
+    <t>Supporto contabile Corso di Competenze trasversali per studentesse/ti - Aggressività del cane. Impatto sociale e sulla salute e benessere delle persone e degli animali -A.A.2025/26</t>
+  </si>
+  <si>
+    <t>D\2026\415</t>
+  </si>
+  <si>
+    <t>Supporto contabile Corso di Competenze trasversali per dottorande/i  - Dalla progettazione europea alla terza missione: strumenti per la ricerca medico-veterinaria -A.A.2025/26</t>
+  </si>
+  <si>
+    <t>Consiglio di Dipartimento di Medicina Veterinaria del 18/02/2026 - Nota prot.n. 890 del 20/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\416</t>
+  </si>
+  <si>
+    <t>Supporto amministrativo Corso di Competenze trasversali per dottorande/i  - Dalla progettazione europea alla terza missione: strumenti per la ricerca medico-veterinaria -A.A.2025/26</t>
+  </si>
+  <si>
+    <t>D\2026\417</t>
+  </si>
+  <si>
+    <t>D\2026\418</t>
+  </si>
+  <si>
+    <t>D\2026\419</t>
+  </si>
+  <si>
+    <t>RANIERI MARIANNA</t>
+  </si>
+  <si>
+    <t>RAFFORZAMENTO DELLE COMPETENZE INIZIALI - FISIOLOGIA GENERALE - 40 ORE</t>
+  </si>
+  <si>
+    <t>D.D. N. 22 del 29/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\420</t>
+  </si>
+  <si>
+    <t>PESCE VITO</t>
+  </si>
+  <si>
+    <t>RAFFORZAMENTO DELLE COMPETENZE INIZIALI - BIOCHIMICA - 40 ORE</t>
+  </si>
+  <si>
+    <t>D.D. N. 21 del 29/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\421</t>
+  </si>
+  <si>
+    <t>FIORE AMBRA MARIA</t>
+  </si>
+  <si>
+    <t>RAFFORZAMENTO DELLE COMPETENZE INIZIALI - CHIMICA ORGANICA - 40 ORE</t>
+  </si>
+  <si>
+    <t>D.D. N. 20 del 29/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\422</t>
+  </si>
+  <si>
     <t>VERROCA Elisabetta</t>
   </si>
   <si>
     <t>Segretario della Commissione di valutazione per il Bando DD. 5/2026</t>
   </si>
   <si>
     <t>2026-01-26T00:00:00</t>
   </si>
   <si>
     <t>DD. 18  del 20/01/2026</t>
   </si>
   <si>
     <t>D\2026\69</t>
   </si>
   <si>
-    <t>N</t>
-[...1 lines deleted...]
-  <si>
     <t>VACCA MIRCO</t>
   </si>
   <si>
     <t>Componente della Commissione di valutazione per il Bando DD. 5/2026</t>
   </si>
   <si>
     <t>D\2026\70</t>
   </si>
   <si>
     <t>CALASSO MARIA</t>
   </si>
   <si>
     <t>D\2026\71</t>
   </si>
   <si>
     <t>MINERVINI FABIO</t>
   </si>
   <si>
     <t>Presidente della Commissione di valutazione per il Bando DD. 5/2026</t>
   </si>
   <si>
     <t>D\2026\72</t>
   </si>
   <si>
+    <t>BALENZANO CATERINA</t>
+  </si>
+  <si>
+    <t>ATTIVITA’ DI COORDINAMENTO SCIENTIFICO NELL’AMBITO DEL CONTRATTO C/TERZI STIPULATO CON ACTIONAID INTERNATIONAL ITALIA E.T.S. PER IL PROGETTO “LOOP”.</t>
+  </si>
+  <si>
+    <t>2026-01-28T00:00:00</t>
+  </si>
+  <si>
+    <t>2026-12-31T00:00:00</t>
+  </si>
+  <si>
+    <t>PROT. N. 405 DEL 28/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\148</t>
+  </si>
+  <si>
+    <t>CALAMITA Giuseppe</t>
+  </si>
+  <si>
+    <t>CONFERIMENTO D'INCARICO per l'attività di progettazione e coordinamento svolta nell'ambito del  CORSO DI PERFEZIONAMENTO IN NUTRIZIONE UMANA A.A. 2025/2026</t>
+  </si>
+  <si>
+    <t>2026-01-08T00:00:00</t>
+  </si>
+  <si>
+    <t>2026-07-10T00:00:00</t>
+  </si>
+  <si>
+    <t>PROT. N. 318  - VII/4   DEL 29/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\149</t>
+  </si>
+  <si>
+    <t>SEMINARI PER UN TOTALE DI 22 ORE NELL'AMBITO DEL CORSO DI PERFEZIONAMENTO IN NUTRIZIONE UMANA A.A. 2025/2026</t>
+  </si>
+  <si>
+    <t>PROT. N. 284 - VII/4   DEL 28/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\150</t>
+  </si>
+  <si>
+    <t>CALVELLO Rosa</t>
+  </si>
+  <si>
+    <t>SEMINARIO DI N.3 ORE NELL'AMBITO DEL CORSO DI PERFEZIONAMENTO IN NUTRIZIONE UMANA A.A.2025/2026</t>
+  </si>
+  <si>
+    <t>2026-01-30T00:00:00</t>
+  </si>
+  <si>
+    <t>PROT. N. 285 - VII/4   DEL 28/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\151</t>
+  </si>
+  <si>
+    <t>CAROPPO Rosa</t>
+  </si>
+  <si>
+    <t>SEMINARIO DI 3 ORE NELL'AMBITO DEL CORSO DI PERFEZIONAMENTO IN NUTRIZIONE UMANA A.A. 2025/2026</t>
+  </si>
+  <si>
+    <t>2026-01-31T00:00:00</t>
+  </si>
+  <si>
+    <t>PROT.N.292  - VII/4  DEL 28/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\152</t>
+  </si>
+  <si>
+    <t>BARILE Maria</t>
+  </si>
+  <si>
+    <t>SEMINARI DI 3 ORE NELL'AMBITO DEL CORSO DI PERFEZIONAMENTO IN NUTRIZIONE UMANA A.A. 2025/2026</t>
+  </si>
+  <si>
+    <t>PROT. N. 302 - VII/4   DEL 29/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\153</t>
+  </si>
+  <si>
+    <t>SEMINARI DI 6 ORE NELL'AMBITO DEL CORSO DI PERFEZIONAMENTO IN NUTRIZIONE UMANA A.A. 2025/2026</t>
+  </si>
+  <si>
+    <t>2026-02-06T00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-07T00:00:00</t>
+  </si>
+  <si>
+    <t>PROT. N. 303  - VII/4    DEL 29/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\154</t>
+  </si>
+  <si>
+    <t>CORDISCO MARCO</t>
+  </si>
+  <si>
+    <t>Conferimente incarico di docenza per  l'insegnamento di Patologia Generale nell’ambito dei Precorsi attivati  presso il DiMeV- a.a. 2025/2026</t>
+  </si>
+  <si>
+    <t>Comunicazione prot.n. 118 del 14/01/2026 - Contratto del 20/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\155</t>
+  </si>
+  <si>
+    <t>LEZZA Angela Maria Serena</t>
+  </si>
+  <si>
+    <t>SEMINARIO DI  Nr. 2 ORE NELL'AMBITO DEL CORSO DI PERFEZIONAMENTO IN NUTRIZIONE UMANA A.A. 2025/2026</t>
+  </si>
+  <si>
+    <t>Prot. n. 306  - VII/4    del 29/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\156</t>
+  </si>
+  <si>
+    <t>GUARAGNO FRANCESCO</t>
+  </si>
+  <si>
+    <t>Corso di Alta Formazione – Europrogettazione e Accesso ai Fondi Europei – Incarico di Docenza.</t>
+  </si>
+  <si>
+    <t>2026-02-13T00:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-06T00:00:00</t>
+  </si>
+  <si>
+    <t>prot.n. 21268 - III/13 del 28/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\779</t>
+  </si>
+  <si>
+    <t>PANTALEO ANTONIO</t>
+  </si>
+  <si>
+    <t>prto.n. 21274-III/13 del 28/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\780</t>
+  </si>
+  <si>
+    <t>SALERNO Dott. Marcello</t>
+  </si>
+  <si>
+    <t>svolgimento dell’attività didattica</t>
+  </si>
+  <si>
+    <t>2026-02-18T00:00:00</t>
+  </si>
+  <si>
+    <t>2026-04-30T00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 71294  del 03.03.2026  </t>
+  </si>
+  <si>
+    <t>D\2026\781</t>
+  </si>
+  <si>
+    <t>ROSSANO VERONICA</t>
+  </si>
+  <si>
+    <t>lezione di carattere occasionale: impariamo a programmare videogiochi con Scratch</t>
+  </si>
+  <si>
+    <t>2026-05-31T00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 71438  del 03.03.2026  </t>
+  </si>
+  <si>
+    <t>D\2026\782</t>
+  </si>
+  <si>
+    <t>CARBONE Angela</t>
+  </si>
+  <si>
+    <t>“collaborazione attività di docenza nel corso Tecnico per la promozione di prodotti e servizi turistici con attenzione alle risorse, opportunità ed eventi del territorio IFTS25-BA-11”</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 71449  del 03.03.2026  </t>
+  </si>
+  <si>
+    <t>D\2026\783</t>
+  </si>
+  <si>
+    <t>CAVONE MAURIZIO</t>
+  </si>
+  <si>
+    <t>Conferimento di incarico per le attività necessarie allo svolgimento del Corso di aggiornamento professionale INPS VALORE P.A. 2025 “La performance dei dipendenti pubblici” a.a. 2025/2026</t>
+  </si>
+  <si>
+    <t>LETTERA DI INCARICO DEL 27/02/2026 PROT. N. 553 - VII/4</t>
+  </si>
+  <si>
+    <t>D\2026\784</t>
+  </si>
+  <si>
+    <t>CUPERTINO Dott. Francesco</t>
+  </si>
+  <si>
+    <t>conferimento di incarico per la gestione amministrativa-contabile necessaria allo svolgimento del Corso INPS VALORE P.A. 2025 “La performance dei dipendenti pubblici” a.a. 2025/2026</t>
+  </si>
+  <si>
+    <t>LETTERA DI INCARICO DEL 27/02/2026 PROT. N. 554 - VII/4</t>
+  </si>
+  <si>
+    <t>D\2026\785</t>
+  </si>
+  <si>
+    <t>GUARINI Giuseppina</t>
+  </si>
+  <si>
+    <t>conferimento di incarico per la gestione della piattaforma INPS necessaria allo svolgimento del Corso INPS VALORE P.A. 2025 “La performance dei dipendenti pubblici” a.a. 20258/2026</t>
+  </si>
+  <si>
+    <t>LETTERA DI INCARICO DEL 27/02/2026 PROT. N. 555 - VII/4</t>
+  </si>
+  <si>
+    <t>D\2026\786</t>
+  </si>
+  <si>
+    <t>Supporto ammin.vo/contabile nell'ambito delle attribuzioni di incarichi di docenza per attività seminariali della Scuola di Spec. in Malattie infettive, profilassi e polizia veterinaria</t>
+  </si>
+  <si>
+    <t>2026-09-30T00:00:00</t>
+  </si>
+  <si>
+    <t>Consiglio di Dipartimento di Medicina Veterinaria del 18/02/2026 - Nota prot.n. 883 del 20/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\790</t>
+  </si>
+  <si>
+    <t>Supporto contabile nell'ambito delle attribuzioni di incarichi di docenza per attività seminariali della Scuola di Spec. in Malattie infettive, profilassi e polizia veterinaria.</t>
+  </si>
+  <si>
+    <t>D\2026\791</t>
+  </si>
+  <si>
+    <t>PAPALEO ALESSANDRO</t>
+  </si>
+  <si>
+    <t>Supporto informatico nell'ambito delle attribuzioni di incarichi di docenza per attività seminariali della Scuola di Spec. in Malattie infettive, profilassi e polizia veterinaria.</t>
+  </si>
+  <si>
+    <t>D\2026\792</t>
+  </si>
+  <si>
     <t>CHIANTERA Patricia</t>
   </si>
   <si>
     <t>Master: Conferimento di Incarico per attività di tutoraggio e supervisione degli studenti per le attività didattic nell’ambito del Master in “Philosophy, Politics and Ecnomics in Med” - a.a. 2025/2026</t>
   </si>
   <si>
     <t>2026-02-11T00:00:00</t>
   </si>
   <si>
-    <t>2026-02-27T00:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>Prot. n. 169 - III/5  del 21/01/2026</t>
   </si>
   <si>
     <t>D\2026\110</t>
   </si>
   <si>
     <t>CARRASSI Prof. Mario</t>
   </si>
   <si>
     <t>Master: Conferimento di Incarico per docenza nell’ambito del Master in “Philosophy, Politics and Ecnomics in Med” - a.a. 2025/2026</t>
   </si>
   <si>
     <t>2026-03-20T00:00:00</t>
   </si>
   <si>
     <t>Prot. n.177 - III/5  del 22/01/2026</t>
   </si>
   <si>
     <t>D\2026\112</t>
   </si>
   <si>
     <t>2026-03-27T00:00:00</t>
   </si>
   <si>
     <t>2026-04-10T00:00:00</t>
@@ -157,224 +592,3472 @@
   <si>
     <t>Prot. n.173- III/5  del 21/01/2026</t>
   </si>
   <si>
     <t>D\2026\114</t>
   </si>
   <si>
     <t>2026-03-17T00:00:00</t>
   </si>
   <si>
     <t>2026-03-24T00:00:00</t>
   </si>
   <si>
     <t>Prot. n.174- III/5  del 21/01/2026</t>
   </si>
   <si>
     <t>D\2026\115</t>
   </si>
   <si>
     <t>Losacco Dott.ssa Caterina</t>
   </si>
   <si>
     <t>Conferimente incarico di docenza per  l'insegnamento di Nutrizione e alimentazione nell’ambito dei Precorsi attivati  presso il DiMeV- a.a. 2025/2026</t>
   </si>
   <si>
-    <t>2026-02-02T00:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>Comunicazione prot.n. 120 del 14/01/2026 - Contratto del 20/01/2026</t>
   </si>
   <si>
     <t>D\2026\118</t>
   </si>
   <si>
+    <t>CANANA' Lucianna</t>
+  </si>
+  <si>
+    <t>docenza</t>
+  </si>
+  <si>
+    <t>2026-02-25T00:00:00</t>
+  </si>
+  <si>
+    <t>2026-05-28T00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 28425  del  03/02/2026          </t>
+  </si>
+  <si>
+    <t>D\2026\321</t>
+  </si>
+  <si>
+    <t>AMOROSO NICOLA</t>
+  </si>
+  <si>
+    <t>Conferimento di incarico per consulenza</t>
+  </si>
+  <si>
+    <t>2026-01-25T00:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-25T00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 44321 del 12.02.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\322</t>
+  </si>
+  <si>
+    <t>PASSARO PIERLUIGI</t>
+  </si>
+  <si>
+    <t>Nr. 2 ore di lezione nell'ambito del Corso di Perfezionamento post-laurea in Nutrizione Umana -  A.A.  2025/2026</t>
+  </si>
+  <si>
+    <t>PROT Nr. 518  - VII/4  -  Del  13/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\325</t>
+  </si>
+  <si>
+    <t>VESSIA Francesca</t>
+  </si>
+  <si>
+    <t>Componente supplente dell'Arbitro Bancario e Finanziario</t>
+  </si>
+  <si>
+    <t>2028-12-21T00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 28595 del 03.02.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\327</t>
+  </si>
+  <si>
+    <t>Consulente giuridico esterno su problematiche di Diritto Commerciale</t>
+  </si>
+  <si>
+    <t>2026-01-01T00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 28578 del 03.02.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\328</t>
+  </si>
+  <si>
+    <t>VOZA Roberto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Consulenza nella forma di parere sui profili giuslavoristici </t>
+  </si>
+  <si>
+    <t>2026-02-09T00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-28T00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 36933 del 09.02.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\329</t>
+  </si>
+  <si>
+    <t>CECI Edmondo</t>
+  </si>
+  <si>
+    <t>Docenza</t>
+  </si>
+  <si>
+    <t>2026-02-01T00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 37043 del 09.02.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\330</t>
+  </si>
+  <si>
+    <t>BIANCO Rosanna</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Fondamenti di Didattica della Storia dell'Arte' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>2026-02-19T00:00:00</t>
+  </si>
+  <si>
+    <t>2026-06-30T00:00:00</t>
+  </si>
+  <si>
+    <t>Delibera del Consiglio di Dipartimento del 19/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\427</t>
+  </si>
+  <si>
+    <t>BONATESTA Antonio</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Metodologie e tecnologie di Didattica della Storia' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\428</t>
+  </si>
+  <si>
+    <t>CAPUTO ANNALISA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Fondamenti di didattica della Filosofia' nell'ambito del Percorso formativo abilitante- 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\429</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Metodologie e tecnologie di didattica della filosofia' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  </t>
+  </si>
+  <si>
+    <t>D\2026\430</t>
+  </si>
+  <si>
+    <t>BOSCO Carmela Lorella Ausilia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Didattica della letteratura tedescaì nell'ambito del Percorso formativo abilitante- 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\431</t>
+  </si>
+  <si>
+    <t>CARDONA Mario</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Didattica delle lingue moderne' nell'ambito del Percorso formativo abilitante- 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\432</t>
+  </si>
+  <si>
+    <t>CAVALLINI Concetta</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Didattica della lingua francese' nell'ambito del Percorso formativo abilitante- 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\433</t>
+  </si>
+  <si>
+    <t>CERULLO LUCA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Didattica della letteratura spagnola' nell'ambito del Percorso formativo abilitante- 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\434</t>
+  </si>
+  <si>
+    <t>CICCARELLI Irma</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Metodologia e didattica della lingua e della letteratura latina' nell'ambito del Percorso formativo abilitante- 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\435</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Tecnologie didattiche della lingua e della letteratura latina' nell'ambito del Percorso formativo abilitante- 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\436</t>
+  </si>
+  <si>
+    <t>CICCHETTI Prof.ssa Ester Lidia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Tecnologie  informatiche applicate alla didattica (spagnolo)' nell'ambito del Percorso formativo abilitante- 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\438</t>
+  </si>
+  <si>
+    <t>CORFIATI CLAUDIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Tradizioni e contesti della letteratura italiana' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\439</t>
+  </si>
+  <si>
+    <t>DEVINCENZO GIOVANNA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Tecnologie informatiche applicata alla didattica (francese)' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\440</t>
+  </si>
+  <si>
+    <t>DI LIDDO ISABELLA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Metodologie e didattica del patrimonio storico-artistico' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\441</t>
+  </si>
+  <si>
+    <t>Donahue Sara Graham</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Tecniche e metodologie di conversazione (inglese)' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\442</t>
+  </si>
+  <si>
+    <t>DRAGO ANNA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Metodologia e didattica della lingua e della letteratura greca' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\443</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Tecnologie didattiche della lingua e della letteratura greca' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\444</t>
+  </si>
+  <si>
+    <t>FALCO GAETANO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Tecnologie informatiche applicate alla didattica (inglese)' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\445</t>
+  </si>
+  <si>
+    <t>Fronzi Giacomo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Didattica delle pratiche estetiche nei media' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\446</t>
+  </si>
+  <si>
+    <t>GATTO MARISTELLA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Didattica della lingua inglese' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\447</t>
+  </si>
+  <si>
+    <t>GIANNELLI ALESSANDRA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Fondamenti di didattica della geografia' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\448</t>
+  </si>
+  <si>
+    <t>GRECO SIMONE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Didattica della lingua spagnola' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\449</t>
+  </si>
+  <si>
+    <t>LASKARIS PAOLA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Didattica della cultura spagnola' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\450</t>
+  </si>
+  <si>
+    <t>MANCINI MARIA GIOVANNA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Didattica della fotografia e delle arti visive' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\451</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Didattica delle arti visive, multimediali e della sound art' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\452</t>
+  </si>
+  <si>
+    <t>MARRONE FRANCESCO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Didattica per l'orientamento' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\453</t>
+  </si>
+  <si>
+    <t>MARTINO PIERPAOLO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Didattica della cultura inglese' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\454</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Didattica della letteratura inglese' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\455</t>
+  </si>
+  <si>
+    <t>MATTEI LORENZO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Didattica della musica per il cinema e l'audiovisivo' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\456</t>
+  </si>
+  <si>
+    <t>MIGNOZZI MARCELLO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Metodologie e didattica delle tecniche e della produzione artistica' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\457</t>
+  </si>
+  <si>
+    <t>MONGELLI FRANCESCO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Metodologie della didattica della storia (nel biennio)' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\458</t>
+  </si>
+  <si>
+    <t>PATERMANN Dott.ssa Gabriele Agnes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Tecnologie informatiche applicate alla didattica (tedesco)' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\460</t>
+  </si>
+  <si>
+    <t>SAPONARI ANGELA BIANCA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Didattica del cinema e della televisione' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\461</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Tecnologie didattiche del linguaggio audiovisivo' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\463</t>
+  </si>
+  <si>
+    <t>CORRENTE Marialaura</t>
+  </si>
+  <si>
+    <t>Presidente Commissione d'esame Bando n. 21 del 28_01_26</t>
+  </si>
+  <si>
+    <t>2026-02-17T00:00:00</t>
+  </si>
+  <si>
+    <t>DD n. 28 del 13/02/2026 Nomina della Commissione</t>
+  </si>
+  <si>
+    <t>D\2026\464</t>
+  </si>
+  <si>
+    <t>TUFARELLI VINCENZO</t>
+  </si>
+  <si>
+    <t>Componente Commissione d'esame Bando n. 21 del 28_01_26</t>
+  </si>
+  <si>
+    <t>D\2026\465</t>
+  </si>
+  <si>
+    <t>TEMPESTA Maria</t>
+  </si>
+  <si>
+    <t>D\2026\466</t>
+  </si>
+  <si>
+    <t>SCHIANO CLAUDIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Metodologie storico-interpretative dei testi greci e latini' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\467</t>
+  </si>
+  <si>
+    <t>RUSSO ANNA MARIA</t>
+  </si>
+  <si>
+    <t>Segretario Commissione d'esame Bando n. 21 del 28_01_26</t>
+  </si>
+  <si>
+    <t>D\2026\468</t>
+  </si>
+  <si>
+    <t>SORIANELLO Patrizia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Tecnologie e metodologie didattiche della linguistica' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\469</t>
+  </si>
+  <si>
+    <t>TERMITE MARINELLA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Didattica della letteratura francese' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\470</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Didattica della cultura francese' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\471</t>
+  </si>
+  <si>
+    <t>TINELLI ELISA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Metodologia e didattica della letteratura italiana' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\472</t>
+  </si>
+  <si>
+    <t>TROMBETTA MARISTELLA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Metodologie e didattica della percezione visiva' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\473</t>
+  </si>
+  <si>
+    <t>VERGNE MICHEL JEAN LOUIS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Tecniche e metodologie di conversazione (francese)' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\474</t>
+  </si>
+  <si>
+    <t>VIEL RICCARDO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Fondamenti epistemologici dell'interpretazione dei testi letterari' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\475</t>
+  </si>
+  <si>
+    <t>VILLANI CLAUDIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Fondamenti di didattica della storia' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\476</t>
+  </si>
+  <si>
+    <t>ZARRA GIUSEPPE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Fondamenti di didattica della lingua e della grammatica italiana' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\477</t>
+  </si>
+  <si>
+    <t>SASSE BARBARA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Didattica della cultura tedesca' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023). _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\478</t>
+  </si>
+  <si>
+    <t>RACANIELLO Francesco</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUP x forniture per la piena realizazzione di Progetto Canna bis CORE C - CUP J33C22002440002;  fasi: gara/affidamento ed esecuzione. </t>
+  </si>
+  <si>
+    <t>2026-02-23T00:00:00</t>
+  </si>
+  <si>
+    <t>2026-07-31T00:00:00</t>
+  </si>
+  <si>
+    <t>Prot.n.381 Del 23/02/2026 Tit x / Cl/4 Fasc. 2026-X/4.1 Decreto n. 21/2026</t>
+  </si>
+  <si>
+    <t>D\2026\480</t>
+  </si>
+  <si>
+    <t>MONDELLI SASSINORO ALFREDO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Supp. al RUP x forniture per la piena realizazzione di Progetto Canna bis CORE C - CUP J33C22002440002;  fasi: gara/affidamento ed esecuzione. </t>
+  </si>
+  <si>
+    <t>D\2026\481</t>
+  </si>
+  <si>
+    <t>DENORA NUNZIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEC x forniture per la piena realizazzione di Progetto Canna bis CORE C - CUP J33C22002440002;  fasi: gara/affidamento ed esecuzione. </t>
+  </si>
+  <si>
+    <t>D\2026\482</t>
+  </si>
+  <si>
+    <t>MASTROPASQUA Massimo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Supp. al DEC x forniture per la piena realizazzione di Progetto Canna bis CORE C - CUP J33C22002440002;  fasi: gara/affidamento ed esecuzione. </t>
+  </si>
+  <si>
+    <t>D\2026\483</t>
+  </si>
+  <si>
+    <t>MACCHIA DOTT.SSA ELEONORA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEC x per la fornitura di prodotti chimici particolari con elevata specificità tecnica a valere su Project 101168195 - CUP H97G25000260006;  fasi: gara/affidamento ed esecuzione. </t>
+  </si>
+  <si>
+    <t>2026-02-24T00:00:00</t>
+  </si>
+  <si>
+    <t>2026-04-24T00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prot. N.387  Del 24/02/2026 Tit VIII / Cl/2 Fasc. 2022-VIII/2.3 Decreto n. 22/2026 </t>
+  </si>
+  <si>
+    <t>D\2026\484</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Supp. al DEC x per la fornitura di prodotti chimici particolari con elevata specificità tecnica a valere su Project 101168195 - CUP H97G25000260006;  fasi: gara/affidamento ed esecuzione. </t>
+  </si>
+  <si>
+    <t>D\2026\485</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUP x per la fornitura di prodotti chimici particolari con elevata specificità tecnica a valere su Project 101168195 - CUP H97G25000260006;  fasi: gara/affidamento ed esecuzione. </t>
+  </si>
+  <si>
+    <t>D\2026\486</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Supp. al RUP x per la fornitura di prodotti chimici particolari con elevata specificità tecnica a valere su Project 101168195 - CUP H97G25000260006;  fasi: gara/affidamento ed esecuzione. </t>
+  </si>
+  <si>
+    <t>D\2026\487</t>
+  </si>
+  <si>
+    <t>MONACO ALFONSO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N.37152  del 09.02.2026       </t>
+  </si>
+  <si>
+    <t>D\2026\291</t>
+  </si>
+  <si>
+    <t>LEONE GABRIELLA</t>
+  </si>
+  <si>
+    <t>Ricerca Dumping contrattuale nel settore alberghiero e dei pubblici servizi</t>
+  </si>
+  <si>
+    <t>2026-03-31T00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N.37056  del 09.02.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\292</t>
+  </si>
+  <si>
+    <t>Presidente Supplente U.P.D.</t>
+  </si>
+  <si>
+    <t>2028-12-01T00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 37088 del 09.02.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\293</t>
+  </si>
+  <si>
+    <t>SACCO LUCREZIA</t>
+  </si>
+  <si>
+    <t>SUPPORTO ALL’ATTIVITA’ AMMINISTRATIVA NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “QUALITA' E QUANTITA' DEL SERVIZIO PUBBLICO NELL'ORGANIZZAZIONE DEL LAVORO...</t>
+  </si>
+  <si>
+    <t>2026-02-10T00:00:00</t>
+  </si>
+  <si>
+    <t>2026-12-30T00:00:00</t>
+  </si>
+  <si>
+    <t>PROT. N. 672 DEL 10/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\294</t>
+  </si>
+  <si>
+    <t>DI PIETRO PAOLA ROSANNA</t>
+  </si>
+  <si>
+    <t>SUPPORTO ALL’ATTIVITA’ DI AFFIANCAMENTO CONSULENZIALE NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “QUALITA' E QUANTITA' DEL SERVIZIO PUBBLICO NELL'ORGANIZZAZIONE ...</t>
+  </si>
+  <si>
+    <t>2027-02-26T00:00:00</t>
+  </si>
+  <si>
+    <t>PROT. N. 674 DEL 10/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\295</t>
+  </si>
+  <si>
+    <t>DI SAPIA Marco</t>
+  </si>
+  <si>
+    <t>MONITORAGGIO E GESTIONE DELLA PIATTAFORMA INPS NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “QUALITA' E QUANTITA' DEL SERVIZIO PUBBLICO NELL'ORGANIZZAZIONE DEL LAVORO</t>
+  </si>
+  <si>
+    <t>PROT. N. 675 DEL 10/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\296</t>
+  </si>
+  <si>
+    <t>MERENDINO Maria</t>
+  </si>
+  <si>
+    <t>SUPPORTO ALLA DIDATTICA E VALUTAZIONE FINALE NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “QUALITA' E QUANTITA' DEL SERVIZIO PUBBLICO NELL'ORGANIZZAZIONE DEL LAVORO..</t>
+  </si>
+  <si>
+    <t>PROT. N. 676 DEL 10/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\297</t>
+  </si>
+  <si>
+    <t>STRISCIUGLIO Antonella</t>
+  </si>
+  <si>
+    <t>SUPPORTO ALLA RENDICONTAZIONE AMMINISTRATIVA/CONTABILE NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “QUALITA' E QUANTITA' DEL SERVIZIO PUBBLICO NELL'ORGANIZZAZIONE...</t>
+  </si>
+  <si>
+    <t>PROT. N. 677 DEL 10/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\298</t>
+  </si>
+  <si>
+    <t>CASCIONE EMANUELA CECILIA</t>
+  </si>
+  <si>
+    <t>SUPPORTO ALL’ATTIVITA’ AMMINISTRATIVA NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “LA PREVENZIONE DELLA CORRUZIONE NEI COMPORTAMENTI DEI DIPENDENTI DELLA PA</t>
+  </si>
+  <si>
+    <t>PROT. N. 678 DEL 10/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\300</t>
+  </si>
+  <si>
+    <t>SUPPORTO AL GRUPPO DI LAVORO NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “LA PREVENZIONE DELLA CORRUZIONE NEI COMPORTAMENTI DEI DIPENDENTI DELLA PA</t>
+  </si>
+  <si>
+    <t>PROT. N. 679 DEL 10/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\301</t>
+  </si>
+  <si>
+    <t>ATTIVITA’ DI MONITORAGGIO E GESTIONE PIATTAFORMA INPS NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “LA PREVENZIONE DELLA CORRUZIONE NEI COMPORTAMENTI DEI DIPENDENTI</t>
+  </si>
+  <si>
+    <t>PROT. N. 680 DEL 10/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\302</t>
+  </si>
+  <si>
+    <t>SUPPORTO ALL’ATTIVITA’ DIDATTICA NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “LA PREVENZIONE DELLA CORRUZIONE NEI COMPORTAMENTI DEI DIPENDENTI DELLA PA</t>
+  </si>
+  <si>
+    <t>PROT. N. 681 DEL 10/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\303</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUPPORTO ALLA RENDICONTAZIONE AMMINISTRATIVA/CONTABILE NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “LA PREVENZIONE DELLA CORRUZIONE NEI COMPORTAMENTI DEI DIPENDENTI </t>
+  </si>
+  <si>
+    <t>PROT. N. 682 DEL 10/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\304</t>
+  </si>
+  <si>
+    <t>COTECCHIA Susanna</t>
+  </si>
+  <si>
+    <t>SEMINARI PER UN TOTALE DI 2  ORE NELL'AMBITO DEL CORSO DI PERFEZIONAMENTO IN NUTRIZIONE UMANA A.A. 2025/2026</t>
+  </si>
+  <si>
+    <t>2026-05-29T00:00:00</t>
+  </si>
+  <si>
+    <t>PROT. nr.  484  DEL  11/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\308</t>
+  </si>
+  <si>
+    <t>SCHIEDI ADRIANA</t>
+  </si>
+  <si>
+    <t>Componente della Commissione giudicatrice  Bando n. DD n 32 del 03 febbraio 2026</t>
+  </si>
+  <si>
+    <t>DD n. 42/2026 del 17/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\488</t>
+  </si>
+  <si>
+    <t>MASSARO PIERLUCA</t>
+  </si>
+  <si>
+    <t>Componente della Commissione giudicatrice  Bando n. DD 32 del 03 febbraio 2026</t>
+  </si>
+  <si>
+    <t>D\2026\489</t>
+  </si>
+  <si>
+    <t>MONTEFUSCO Patrizia</t>
+  </si>
+  <si>
+    <t>D\2026\490</t>
+  </si>
+  <si>
+    <t>NOTARISTEFANO Antonio</t>
+  </si>
+  <si>
+    <t>D\2026\491</t>
+  </si>
+  <si>
+    <t>Componente della Commissione giudicatrice  Bando n. DD n 33 del 03 febbraio 2026</t>
+  </si>
+  <si>
+    <t>DD n. 43/2026 del 17/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\492</t>
+  </si>
+  <si>
+    <t>D\2026\493</t>
+  </si>
+  <si>
+    <t>D\2026\494</t>
+  </si>
+  <si>
+    <t>NOTARISTEFANO ANTONIO</t>
+  </si>
+  <si>
+    <t>D\2026\495</t>
+  </si>
+  <si>
+    <t>Componente della Commissione giudicatrice  Bando n. DD n 34 del 03 febbraio 2026</t>
+  </si>
+  <si>
+    <t>DD n. 44/2026 del 17/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\496</t>
+  </si>
+  <si>
+    <t>D\2026\497</t>
+  </si>
+  <si>
+    <t>D\2026\498</t>
+  </si>
+  <si>
+    <t>D\2026\499</t>
+  </si>
+  <si>
+    <t>DD n. 45/2026 del 17/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\500</t>
+  </si>
+  <si>
+    <t>D\2026\501</t>
+  </si>
+  <si>
+    <t>D\2026\502</t>
+  </si>
+  <si>
+    <t>D\2026\503</t>
+  </si>
+  <si>
+    <t>CATERINO Daniela</t>
+  </si>
+  <si>
+    <t>Componente della Commissione giudicatrice Master di II Livello in Business Administration (MBA) a.a. 2025/2026</t>
+  </si>
+  <si>
+    <t>2026-01-29T00:00:00</t>
+  </si>
+  <si>
+    <t>DD n. 30/2026 del 29/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\504</t>
+  </si>
+  <si>
+    <t>RENZULLI PIETRO ALEXANDER</t>
+  </si>
+  <si>
+    <t>D\2026\505</t>
+  </si>
+  <si>
+    <t>LIPPOLIS STELLA</t>
+  </si>
+  <si>
+    <t>D\2026\506</t>
+  </si>
+  <si>
+    <t>AMATULLI CESARE</t>
+  </si>
+  <si>
+    <t>Componente supplente della Commissione giudicatrice Master di II Livello in Business Administration (MBA) a.a. 2025/2026</t>
+  </si>
+  <si>
+    <t>D\2026\507</t>
+  </si>
+  <si>
+    <t>FORTUNATO PROF. NICOLA</t>
+  </si>
+  <si>
+    <t>D\2026\508</t>
+  </si>
+  <si>
+    <t>PALOMBELLA DANIELE</t>
+  </si>
+  <si>
+    <t>COLLABORAZIONE OCCASIONALE PRESSO PROMED SPA</t>
+  </si>
+  <si>
+    <t>2026-02-26T00:00:00</t>
+  </si>
+  <si>
+    <t>NOTA AUTORIZZAZIONE PROT.N.66463/VII-4 DEL 26 FEBBRAIO 2026</t>
+  </si>
+  <si>
+    <t>D\2026\509</t>
+  </si>
+  <si>
+    <t>LEE Dott.ssa Rosalind</t>
+  </si>
+  <si>
+    <t>1 corso di lingua inglese di preparazione all'esame di certificazione Cambridge di 40 ore</t>
+  </si>
+  <si>
+    <t>C.d.A. del 29/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\510</t>
+  </si>
+  <si>
+    <t>CHRISTOPHER SARAH JANE</t>
+  </si>
+  <si>
+    <t>2 corsi di lingua inglese di preparazione all'esame di certificazione Cambridge di 40 ore cadauno</t>
+  </si>
+  <si>
+    <t>D\2026\511</t>
+  </si>
+  <si>
+    <t>DAPRILE Carmen</t>
+  </si>
+  <si>
+    <t>Docenza orientativa nell'ambito del Progetto Orienteering A.S. 24/26 dell'Università degli Studi di Bari Aldo Moro - Investimento 1.6 PNRR - Next Generation EU- CUP H97G24000100007</t>
+  </si>
+  <si>
+    <t>2026-01-19T00:00:00</t>
+  </si>
+  <si>
+    <t>nota prot. n. 11640 del 19/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\512</t>
+  </si>
+  <si>
+    <t>ERAMO Giacomo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Incarico aggiuntivo per svolgim. corso di rafforzam. delle competenze iniziali degli studenti_precorso A.A. 2025-26	“Petrografia delle Rocce Antropiche” </t>
+  </si>
+  <si>
+    <t>DD n. 108 del 18/09/2025</t>
+  </si>
+  <si>
+    <t>D\2026\513</t>
+  </si>
+  <si>
+    <t>Mancini Prof. Gabriele</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Incarico aggiuntivo per svolgim. corso di rafforzam. delle competenze iniziali degli studenti_precorso A.A. 2025-26	•	“Laboratorio di Matematica” </t>
+  </si>
+  <si>
+    <t>D\2026\514</t>
+  </si>
+  <si>
+    <t>Lollino Dott. Piernicola</t>
+  </si>
+  <si>
+    <t>Incarico aggiuntivo per svolgim. corso di rafforzam. delle competenze iniziali degli studenti_precorso A.A. 2025-26 •	“Fondamenti di Geologia Applicata e Fisica Terrestre – modulo 1</t>
+  </si>
+  <si>
+    <t>D\2026\515</t>
+  </si>
+  <si>
+    <t>PIERRI PIERPAOLO</t>
+  </si>
+  <si>
+    <t>Incarico aggiuntivo per svolgim. corso di rafforzam. delle competenze iniziali degli studenti_precorso A.A. 2025-26 •	“Fondamenti di Geologia Applicata e Fisica Terrestre – modulo 2</t>
+  </si>
+  <si>
+    <t>D\2026\516</t>
+  </si>
+  <si>
+    <t>LOPEDOTA Angela  Assunta</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEC x per la fornitura di materiali di consumo con elevata specificità tecnica a valere su Project Milk Digital Twin - CUP B99J23000350005;  fasi: gara/affidamento ed esecuzione. </t>
+  </si>
+  <si>
+    <t>2026-05-26T00:00:00</t>
+  </si>
+  <si>
+    <t>Prot. N.402 del 26/02/2026 Tit . VIII cl.2 Fasc.2022-VIII/2.3 Decreto n. 23/2026</t>
+  </si>
+  <si>
+    <t>D\2026\517</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUP x per la fornitura di materiali di consumo con elevata specificità tecnica a valere su Project Milk Digital Twin - CUP B99J23000350005;  fasi: gara/affidamento ed esecuzione. </t>
+  </si>
+  <si>
+    <t>D\2026\518</t>
+  </si>
+  <si>
     <t>CORRIERO Giuseppe</t>
   </si>
   <si>
     <t>Presidente Comm. esaminatrice selez. pubblica, per titoli e colloquio, per n.5 contratto di lavoro autonomo, per attività “Visita guidata” presso i musei Uniba, indetto con DDG 2476/2025</t>
   </si>
   <si>
     <t>2026-01-21T00:00:00</t>
   </si>
   <si>
     <t>D.D.G. n.7 del 13/01/2026</t>
   </si>
   <si>
     <t>D\2026\95</t>
   </si>
   <si>
     <t>CURCI Antonietta</t>
   </si>
   <si>
     <t>Componente Comm. esaminatrice selez. pubblica, per titoli e colloquio, per n.5 contratto di lavoro autonomo, per attività “Visita guidata” presso i musei Uniba, indetto con DDG 2476/2025</t>
   </si>
   <si>
     <t>2026-02-03T00:00:00</t>
   </si>
   <si>
     <t>D\2026\96</t>
   </si>
   <si>
     <t>MONTENEGRO VINCENZA</t>
   </si>
   <si>
     <t>D\2026\97</t>
   </si>
   <si>
     <t>LOSURDO DOTT.SSA VALERIA</t>
   </si>
   <si>
     <t>Segretario Comm. esaminatrice selez. pubblica, per titoli e colloquio, per n.5 contratto di lavoro autonomo, per attività “Visita guidata” presso i musei Uniba, indetto con DDG 2476/2025</t>
   </si>
   <si>
     <t>D\2026\98</t>
   </si>
   <si>
     <t>Presidente Comm. esaminatrice selez. pubblica, per titoli, per n.1 contratto di lavoro autonomo, per lo svolgimento della Lingua Italiana dei Segni a, indetto con DDG 2478/2025</t>
   </si>
   <si>
-    <t>2026-01-19T00:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>2026-01-23T00:00:00</t>
   </si>
   <si>
     <t>D.D.G. n.8 del 13/01/2026</t>
   </si>
   <si>
     <t>D\2026\99</t>
   </si>
   <si>
     <t>SCILLITANI Giovanni</t>
   </si>
   <si>
     <t>Componente Comm. esaminatrice selez. pubblica, per titoli, per n.1 contratto di lavoro autonomo, per lo svolgimento della Lingua Italiana dei Segni a, indetto con DDG 2478/2025</t>
   </si>
   <si>
     <t>D\2026\100</t>
   </si>
   <si>
     <t>D\2026\101</t>
   </si>
   <si>
     <t>Segretario Comm. esaminatrice selez. pubblica, per titoli, per n.1 contratto di lavoro autonomo, per lo svolgimento della Lingua Italiana dei Segni a, indetto con DDG 2478/2025</t>
   </si>
   <si>
     <t>D\2026\102</t>
   </si>
   <si>
+    <t>INGRAVALLO Ivan</t>
+  </si>
+  <si>
+    <t>Conferimento incarico di docenza nell'ambito del Master in terrorismo, prevenzione della radicalizazione eversiva A.A. 2024 2025</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.402 DEL 12 FEBBRAIO 2026</t>
+  </si>
+  <si>
+    <t>D\2026\309</t>
+  </si>
+  <si>
+    <t>Componente ufficio procedimenti discipinari</t>
+  </si>
+  <si>
+    <t>2028-09-25T00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 37061 del 09.02.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\311</t>
+  </si>
+  <si>
+    <t>Ricerca dumping contrattuale nel settore commercio e terziario</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 37070 del 09.02.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\312</t>
+  </si>
+  <si>
+    <t>GIORGINO Francesco</t>
+  </si>
+  <si>
+    <t>Presentazione ai membri AIFA</t>
+  </si>
+  <si>
+    <t>2026-01-12T00:00:00</t>
+  </si>
+  <si>
+    <t>2026-12-12T00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 38238 del 10.02.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\313</t>
+  </si>
+  <si>
+    <t>MANCA FABIO</t>
+  </si>
+  <si>
+    <t>Attività di docenza</t>
+  </si>
+  <si>
+    <t>Nota rettorale prot. N. 37055 del 09.02.2026</t>
+  </si>
+  <si>
+    <t>D\2026\314</t>
+  </si>
+  <si>
+    <t>Lezioni e seminari di carattere occasionale</t>
+  </si>
+  <si>
+    <t>2026-08-31T00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 37029 del 09.02.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\315</t>
+  </si>
+  <si>
+    <t>S</t>
+  </si>
+  <si>
+    <t>Docenza in lingua inglese</t>
+  </si>
+  <si>
+    <t>2026-03-16T00:00:00</t>
+  </si>
+  <si>
+    <t>Nota rettorale prot. N. 39367 del 10.02.2026</t>
+  </si>
+  <si>
+    <t>D\2026\316</t>
+  </si>
+  <si>
+    <t>GERVASI MARIO</t>
+  </si>
+  <si>
+    <t>Insegnamento per International Law</t>
+  </si>
+  <si>
+    <t>2026-05-09T00:00:00</t>
+  </si>
+  <si>
+    <t>Nota rettorale prot. N. 39003 del 10.02.2026</t>
+  </si>
+  <si>
+    <t>D\2026\317</t>
+  </si>
+  <si>
+    <t>GIANFRANCESCO IGOR</t>
+  </si>
+  <si>
+    <t>Convalida modello misurazione del rischio</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 39017 del 10.02.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\318</t>
+  </si>
+  <si>
+    <t>IVONA Antonietta</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Docenza </t>
+  </si>
+  <si>
+    <t>2026-01-09T00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 39275 del 10.02.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\319</t>
+  </si>
+  <si>
+    <t>MANUTI AMELIA</t>
+  </si>
+  <si>
+    <t>PRESIDENTE commissione giudicatrice selezione pubblica di cui al d.d. 211/2025  (resp. scient. prof.ssa Amelia Manuti) per il progetto POT Prometheus 2.0.</t>
+  </si>
+  <si>
+    <t>2026-01-27T00:00:00</t>
+  </si>
+  <si>
+    <t>D.D. 1 del 12/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\387</t>
+  </si>
+  <si>
+    <t>D'ERRICO FRANCESCA</t>
+  </si>
+  <si>
+    <t>COMPONENTE commissione giudicatrice selezione pubblica di cui al d.d. 211/2025  (resp. scient. prof.ssa Amelia Manuti) per il progetto POT Prometheus 2.0.</t>
+  </si>
+  <si>
+    <t>D\2026\388</t>
+  </si>
+  <si>
+    <t>SCARDIGNO ROSA</t>
+  </si>
+  <si>
+    <t>D\2026\389</t>
+  </si>
+  <si>
+    <t>TOSCANO ROSSELLA</t>
+  </si>
+  <si>
+    <t>SEGRETARIA commissione giudicatrice selezione pubblica di cui al d.d. 211/2025  (resp. scient. prof.ssa Amelia Manuti) per il progetto POT Prometheus 2.0.</t>
+  </si>
+  <si>
+    <t>D\2026\390</t>
+  </si>
+  <si>
+    <t>LOSITO MARIA</t>
+  </si>
+  <si>
+    <t>Istruttore di acquagym.</t>
+  </si>
+  <si>
+    <t>2026-06-15T00:00:00</t>
+  </si>
+  <si>
+    <t>Prot.n. 57641 del 20 febbraio 2026</t>
+  </si>
+  <si>
+    <t>D\2026\391</t>
+  </si>
+  <si>
+    <t>LAFORGIA VICTOR</t>
+  </si>
+  <si>
+    <t>Contr. collab. profess. occas. incarico di Relatore per progetto RES ECM dal titolo Gestire la violenza per curare meglio: strategie di prevenz.,contenim. e risp. in favore di operatori sanitari.</t>
+  </si>
+  <si>
+    <t>PROT. N. 53357 DEL 18/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\392</t>
+  </si>
+  <si>
+    <t>FERILLI Stefano</t>
+  </si>
+  <si>
+    <t>diretti collaboratori convenzione Ferilli_22appForGoog</t>
+  </si>
+  <si>
+    <t>2026-02-05T00:00:00</t>
+  </si>
+  <si>
+    <t>prot. n. 316/2026</t>
+  </si>
+  <si>
+    <t>D\2026\393</t>
+  </si>
+  <si>
+    <t>DI MAURO NICOLA</t>
+  </si>
+  <si>
+    <t>D\2026\394</t>
+  </si>
+  <si>
+    <t>diretti collaboratori convenzione Ferilli_22CT_Samsung</t>
+  </si>
+  <si>
+    <t>prot. n. 321/2026</t>
+  </si>
+  <si>
+    <t>D\2026\395</t>
+  </si>
+  <si>
+    <t>D\2026\396</t>
+  </si>
+  <si>
+    <t>DE CAROLIS Berardina</t>
+  </si>
+  <si>
+    <t>D\2026\397</t>
+  </si>
+  <si>
+    <t>DE GIGLIO LUIGI</t>
+  </si>
+  <si>
+    <t>Incarico gratuito di co-leader per l'accompagnamento di studenti che svolgono viaggi studio all'estero.</t>
+  </si>
+  <si>
+    <t>2026-07-03T00:00:00</t>
+  </si>
+  <si>
+    <t>2026-07-17T00:00:00</t>
+  </si>
+  <si>
+    <t>PROT. N. 16444 DEL 22/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\398</t>
+  </si>
+  <si>
+    <t>GRECO ING. MARIANGELA</t>
+  </si>
+  <si>
+    <t>Supporto contabile nell’ambito del Corso di Competenze trasversali in materia di Sicurezza sui luoghi di lavoro dal titolo Lavoriamo sicuri. A.A. 2025/2026</t>
+  </si>
+  <si>
+    <t>Consiglio di Dipartimento di Medicina Veterinaria del 18/02/2026 - Nota prot.n. 892 del 20/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\399</t>
+  </si>
+  <si>
+    <t>COLONNA MARIA ANTONIETTA</t>
+  </si>
+  <si>
+    <t>Docenza orientativa Progetto Orienteering AS 24/26 Investimento 1.6 PNRR - NextGenerationEU - CUP H97G424000100007</t>
+  </si>
+  <si>
+    <t>NOTA PROT N. 16885 - VII/4 DEL 23.01.2026</t>
+  </si>
+  <si>
+    <t>D\2026\345</t>
+  </si>
+  <si>
+    <t>SCALERA Michele</t>
+  </si>
+  <si>
+    <t>Incarico di docenza</t>
+  </si>
+  <si>
+    <t>2026-02-16T00:00:00</t>
+  </si>
+  <si>
+    <t>Nota rettorale prot. n. 28445  del  03/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\937</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Commissario tecnico di parte </t>
+  </si>
+  <si>
+    <t>2026-03-26T00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 71601 del 03.03.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\940</t>
+  </si>
+  <si>
+    <t>Commissario tecnico di parte</t>
+  </si>
+  <si>
+    <t>2026-05-24T00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 71451 del 03.03.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\941</t>
+  </si>
+  <si>
+    <t>BELLANTUONO DOTT.SSA LOREDANA</t>
+  </si>
+  <si>
+    <t>Consulenza</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 72130 del 03.03.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\942</t>
+  </si>
+  <si>
+    <t>PATRONI GRIFFI Ugo</t>
+  </si>
+  <si>
+    <t>Conferimento di incarichi per attività di docenza nell’ambito dello Short Master “Il collegio consultivo tecnico in materia di contratti pubblici, a.a. 2025/2026</t>
+  </si>
+  <si>
+    <t>2026-03-30T00:00:00</t>
+  </si>
+  <si>
+    <t>LETTERA DI INCARICO DEL 05/03/2026 PROT. N. 583 - III/5</t>
+  </si>
+  <si>
+    <t>D\2026\943</t>
+  </si>
+  <si>
+    <t>MEALE Agostino</t>
+  </si>
+  <si>
+    <t>LETTERA DI INCARICO DEL 05/03/2026 PROT. N. 584 - III/5</t>
+  </si>
+  <si>
+    <t>D\2026\944</t>
+  </si>
+  <si>
+    <t>OTRANTO PIERGIUSEPPE</t>
+  </si>
+  <si>
+    <t>2026-03-13T00:00:00</t>
+  </si>
+  <si>
+    <t>LETTERA DI INCARICO DEL 12/03/2026 PROT. N. 688 - III/5</t>
+  </si>
+  <si>
+    <t>D\2026\945</t>
+  </si>
+  <si>
+    <t>ANTONUCCI DOTT.SSA LINDA ANTONELLA</t>
+  </si>
+  <si>
+    <t>Presidente Commissione Bando lavoro autonomo n. 5_2026</t>
+  </si>
+  <si>
+    <t>2026-03-11T00:00:00</t>
+  </si>
+  <si>
+    <t>D.D. n. 26 del 09.03.2026</t>
+  </si>
+  <si>
+    <t>D\2026\946</t>
+  </si>
+  <si>
+    <t>PERGOLA Giulio</t>
+  </si>
+  <si>
+    <t>Componente Commissione Bando lavoro autonomo n. 5_2026</t>
+  </si>
+  <si>
+    <t>D\2026\947</t>
+  </si>
+  <si>
+    <t>DI GILIO ALESSIA</t>
+  </si>
+  <si>
+    <t>NOTA PROT N. 84646 - VII/4 DEL 13.03.2026</t>
+  </si>
+  <si>
+    <t>D\2026\948</t>
+  </si>
+  <si>
+    <t>SAMBUCO NICOLA</t>
+  </si>
+  <si>
+    <t>D\2026\949</t>
+  </si>
+  <si>
+    <t>LOMUSCIO RICCARDA</t>
+  </si>
+  <si>
+    <t>Segretario Commissione Bando lavoro autonomo n. 5_2026</t>
+  </si>
+  <si>
+    <t>D\2026\950</t>
+  </si>
+  <si>
+    <t>D'AMBROSIO ENRICO</t>
+  </si>
+  <si>
+    <t>Componente supplente  Commissione Bando lavoro autonomo n. 5_2026</t>
+  </si>
+  <si>
+    <t>D\2026\951</t>
+  </si>
+  <si>
+    <t>Stolfa Dott. Giuseppe</t>
+  </si>
+  <si>
+    <t>Segretario supplente Commissione Bando lavoro autonomo n. 5_2026</t>
+  </si>
+  <si>
+    <t>D\2026\952</t>
+  </si>
+  <si>
+    <t>DE TOMMASO Marina</t>
+  </si>
+  <si>
+    <t>Presidente Commissione Bando lavoro autonomo n. 3_2026</t>
+  </si>
+  <si>
+    <t>D.D. n. 23 del 04.03.2026</t>
+  </si>
+  <si>
+    <t>D\2026\955</t>
+  </si>
+  <si>
+    <t>IAFFALDANO PIETRO</t>
+  </si>
+  <si>
+    <t>Componente Commissione Bando lavoro autonomo n. 3_2026</t>
+  </si>
+  <si>
+    <t>D\2026\956</t>
+  </si>
+  <si>
+    <t>PAPARELLA GIULIA</t>
+  </si>
+  <si>
+    <t>D\2026\957</t>
+  </si>
+  <si>
+    <t>COVELLA Annagrazia</t>
+  </si>
+  <si>
+    <t>Segretario Commissione Bando lavoro autonomo n. 3_2026</t>
+  </si>
+  <si>
+    <t>D\2026\958</t>
+  </si>
+  <si>
+    <t>DE TOMA LUCA</t>
+  </si>
+  <si>
+    <t>Incarico per svolgere attività di formazione nell'ambito del progetto Introduzione all'uso del gestionale privacy - DPM Data Protection Manager</t>
+  </si>
+  <si>
+    <t>Incarico a firma del Direttore Generale prot. n. 46366 del 13.02.2026</t>
+  </si>
+  <si>
+    <t>D\2026\355</t>
+  </si>
+  <si>
+    <t>SANROCCO Rosa Maria</t>
+  </si>
+  <si>
+    <t>Incarico a firma del Direttore Generale prot. n. 46367 del 13.02.2026</t>
+  </si>
+  <si>
+    <t>D\2026\356</t>
+  </si>
+  <si>
+    <t>Supporto amministrativo e/o tutor d’aula nell’ambito del Corso di Orientamento Consapevole. A.A. 2025/2026</t>
+  </si>
+  <si>
+    <t>Consiglio di Dipartimento di Medicina Veterinaria del 18/02/2026 - Nota prot.n. 867 del 19/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\358</t>
+  </si>
+  <si>
+    <t>D\2026\359</t>
+  </si>
+  <si>
+    <t>IAVERNARO Felice</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Attività di realizzazione della commessa nell’ambito del progetto di ricerca con la EMC </t>
+  </si>
+  <si>
+    <t>2028-01-01T00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Consiglio di Dipartimento del 05.02.2026 </t>
+  </si>
+  <si>
+    <t>D\2026\363</t>
+  </si>
+  <si>
+    <t>DE GIOSA Marcello</t>
+  </si>
+  <si>
+    <t>D\2026\364</t>
+  </si>
+  <si>
+    <t>AMODIO Pierluigi</t>
+  </si>
+  <si>
+    <t>D\2026\365</t>
+  </si>
+  <si>
+    <t>SICOLO CLAUDIA</t>
+  </si>
+  <si>
+    <t>D\2026\366</t>
+  </si>
+  <si>
+    <t>ANGARANO Sig.ra Ilaria</t>
+  </si>
+  <si>
+    <t>D\2026\367</t>
+  </si>
+  <si>
+    <t>BOFFOLI Domenico</t>
+  </si>
+  <si>
+    <t>D\2026\368</t>
+  </si>
+  <si>
+    <t>DE SANTIS Guido Fulvio</t>
+  </si>
+  <si>
+    <t>D\2026\369</t>
+  </si>
+  <si>
+    <t>DELVECCHIO DOTT.SSA DANIELA</t>
+  </si>
+  <si>
+    <t>D\2026\370</t>
+  </si>
+  <si>
+    <t>Giura Patrizia</t>
+  </si>
+  <si>
+    <t>D\2026\371</t>
+  </si>
+  <si>
+    <t>GRIMALDI SIG.RA RAFFAELLA</t>
+  </si>
+  <si>
+    <t>D\2026\372</t>
+  </si>
+  <si>
+    <t>TORINO Vincenzo</t>
+  </si>
+  <si>
+    <t>D\2026\373</t>
+  </si>
+  <si>
+    <t>LAFORGIA Stella</t>
+  </si>
+  <si>
+    <t>Conferimento di incarico per attività di coordinamento nell'ambito del Corso di Formazione VALORE P.A. 2025 “La performance dei dipendenti pubblici” a.a. 2025/2026</t>
+  </si>
+  <si>
+    <t>LETTERA DI INCARICO DEL 05/02/2026 PROT. N. 325 - III/7</t>
+  </si>
+  <si>
+    <t>D\2026\374</t>
+  </si>
+  <si>
+    <t>conferimento di incarico per attività di selezione nell’ambito del Corso di Formazione INPS VALORE P.A. 2025 “La performance dei dipendenti pubblici” a.a. 2025/2026</t>
+  </si>
+  <si>
+    <t>D\2026\375</t>
+  </si>
+  <si>
+    <t>LETTERA DI INCARICO DEL 05/02/2026 PROT. N. 329 - III/7</t>
+  </si>
+  <si>
+    <t>D\2026\376</t>
+  </si>
+  <si>
+    <t>SPINELLI Carla</t>
+  </si>
+  <si>
+    <t>LETTERA DI INCARICO DEL 05/02/2026 PROT. N. 334 - III/7</t>
+  </si>
+  <si>
+    <t>D\2026\377</t>
+  </si>
+  <si>
     <t>Vaira Giusi</t>
   </si>
   <si>
     <t>Docenza precorsi e predisposizione materiale didattico (ex DM 752/2021 e DM 2503/2019) di Analisi Matematica - A.A. 2025 -2026</t>
   </si>
   <si>
     <t>Decreto del Direttore n. 3 del 09/01/2026</t>
   </si>
   <si>
     <t>D\2026\73</t>
   </si>
   <si>
-    <t>MARTUCCI Dott.ssa Laura Sabrina</t>
-[...1 lines deleted...]
-  <si>
     <t>Conferimento incarico di docenza nell’ambito del Master in “Terrorismo, prevenzione della radicalizzazione eversiva, sicurezza e cybersecurity. Politiche per l'integrazione interreligiosa e intercultu</t>
   </si>
   <si>
-    <t>2026-01-29T00:00:00</t>
-[...4 lines deleted...]
-  <si>
     <t>LETTERA CONFERIMENTO INCARICO PROT.N.145-III/5 DEL 19 gennaio 2026</t>
   </si>
   <si>
     <t>D\2026\74</t>
   </si>
   <si>
+    <t>Maiellaro Alessia</t>
+  </si>
+  <si>
+    <t>conferimento di incarico nell’ambito del corso di aggiornamento professionale per   dipendenti A.DI.S.U.</t>
+  </si>
+  <si>
+    <t>Nota del 10/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\521</t>
+  </si>
+  <si>
+    <t>Consulenza presso UOC di Patologia Clinica</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 68630 del 27.02.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\522</t>
+  </si>
+  <si>
+    <t>Santoro Antonella</t>
+  </si>
+  <si>
+    <t>Docenza orientativa Progetto Orienteering A.S. 24/26 Investimento 1.6 PNRR - NextGenerationEU - CUP H97G24000100007</t>
+  </si>
+  <si>
+    <t>NOTA PROT N. 38681 - VII/4 DEL 10.02.2026</t>
+  </si>
+  <si>
+    <t>D\2026\523</t>
+  </si>
+  <si>
+    <t>QUARTA ALESSANDRO</t>
+  </si>
+  <si>
+    <t>Attività di consulenza in materia di appalti pubblici a favore del Consorzio Interuniversitario Nazionale per la Scienza e Tecnologia dei Materiali di Firenze.</t>
+  </si>
+  <si>
+    <t>PROT. N. 28591/VII/4 del 03/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\176</t>
+  </si>
+  <si>
+    <t>Segretario della Commissione di valutazione per il Bando DD. 20/2026</t>
+  </si>
+  <si>
+    <t>DD. 33 del 09/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\220</t>
+  </si>
+  <si>
+    <t>CALABRESE FRANCESCO MARIA</t>
+  </si>
+  <si>
+    <t>Componente della Commissione di valutazione per il Bando DD. 20/2026</t>
+  </si>
+  <si>
+    <t>D\2026\221</t>
+  </si>
+  <si>
+    <t>CELANO Dott. Giuseppe</t>
+  </si>
+  <si>
+    <t>D\2026\222</t>
+  </si>
+  <si>
+    <t>Presidente della Commissione di valutazione per il Bando DD. 20/2026</t>
+  </si>
+  <si>
+    <t>D\2026\223</t>
+  </si>
+  <si>
+    <t>ABBRUZZESE MARIA TERESA LAURA</t>
+  </si>
+  <si>
+    <t>Attività di docenza (Nr. 5 ore) per il corso di Perfezionamento in Nutrizione Umana a.a. 2025/2026</t>
+  </si>
+  <si>
+    <t>2026-06-12T00:00:00</t>
+  </si>
+  <si>
+    <t>2026-06-19T00:00:00</t>
+  </si>
+  <si>
+    <t>Nota prot. n. 454  - VII/4  del 09/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\224</t>
+  </si>
+  <si>
+    <t>CRINITI GIUSEPPINA</t>
+  </si>
+  <si>
+    <t>NOTA PROT N.5317  - VII/4 DEL 12/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\225</t>
+  </si>
+  <si>
+    <t>DE CAROLIS ROSSELLA</t>
+  </si>
+  <si>
+    <t>Attività formativa sul bilancio di genere a favore del Comune di Giovinazzo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">nota prot. n. 33836 del 06/02/2026 </t>
+  </si>
+  <si>
+    <t>D\2026\226</t>
+  </si>
+  <si>
+    <t>IURLO Lucrezia</t>
+  </si>
+  <si>
+    <t>NOTA PROT N.3581 - VII/4 DEL 9/1/26</t>
+  </si>
+  <si>
+    <t>D\2026\227</t>
+  </si>
+  <si>
+    <t>CIVITA Anna</t>
+  </si>
+  <si>
+    <t>2026-01-07T00:00:00</t>
+  </si>
+  <si>
+    <t>NOTA PROT N. 1662  - VII/4 DEL 7/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\229</t>
+  </si>
+  <si>
+    <t>DIONIGI MICHELE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Corso di Formazione CURSUS 2025 </t>
+  </si>
+  <si>
+    <t>2026-02-04T00:00:00</t>
+  </si>
+  <si>
+    <t>Nota Prot. 473 del  04/02/2026 - Dipartimento Interdisciplinare di Medicina</t>
+  </si>
+  <si>
+    <t>D\2026\230</t>
+  </si>
+  <si>
+    <t>LEONE ALESSANDRO</t>
+  </si>
+  <si>
+    <t>Utilizzo delle tecnologie NIR nel processo di estrazione olearia</t>
+  </si>
+  <si>
+    <t>2026-02-12T00:00:00</t>
+  </si>
+  <si>
+    <t>2026-04-28T00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 38207 del 10.02.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\231</t>
+  </si>
+  <si>
+    <t>GESUALDO Loreto</t>
+  </si>
+  <si>
+    <t>Quota diretti collaboratori prog. Astrazeneca</t>
+  </si>
+  <si>
+    <t>Lettera di incarico del 09/02/2026  prot. 550</t>
+  </si>
+  <si>
+    <t>D\2026\232</t>
+  </si>
+  <si>
+    <t>Redazione materiale didattico per corsi di formazione su macchine agricole</t>
+  </si>
+  <si>
+    <t>2026-05-30T00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 38230 del 10.02.2026         </t>
+  </si>
+  <si>
+    <t>D\2026\233</t>
+  </si>
+  <si>
+    <t>CORTESE Maria</t>
+  </si>
+  <si>
+    <t>D\2026\234</t>
+  </si>
+  <si>
+    <t>ROTONDO Giulio</t>
+  </si>
+  <si>
+    <t>D\2026\235</t>
+  </si>
+  <si>
+    <t>SERAFINO Caterina</t>
+  </si>
+  <si>
+    <t>D\2026\236</t>
+  </si>
+  <si>
+    <t>LONGO SILVIA</t>
+  </si>
+  <si>
+    <t>D\2026\237</t>
+  </si>
+  <si>
+    <t>CIPPONE Angelamaria</t>
+  </si>
+  <si>
+    <t>D\2026\238</t>
+  </si>
+  <si>
+    <t>CONSERVA FRANCESCA</t>
+  </si>
+  <si>
+    <t>D\2026\239</t>
+  </si>
+  <si>
+    <t>BISCOZZI Marcello</t>
+  </si>
+  <si>
+    <t>D\2026\240</t>
+  </si>
+  <si>
+    <t>IURLO Simeone</t>
+  </si>
+  <si>
+    <t>D\2026\241</t>
+  </si>
+  <si>
+    <t>FILIPPONIO NICOLA</t>
+  </si>
+  <si>
+    <t>D\2026\242</t>
+  </si>
+  <si>
+    <t>FRACCASCIA AGATA</t>
+  </si>
+  <si>
+    <t>D\2026\243</t>
+  </si>
+  <si>
+    <t>GUADALUPI MARTA</t>
+  </si>
+  <si>
+    <t>D\2026\244</t>
+  </si>
+  <si>
+    <t>PAPALEO CLAUDIA</t>
+  </si>
+  <si>
+    <t>D\2026\245</t>
+  </si>
+  <si>
+    <t>STRADIOTTI Graziano</t>
+  </si>
+  <si>
+    <t>D\2026\246</t>
+  </si>
+  <si>
+    <t>GUARICCI ANTONIO CIRO</t>
+  </si>
+  <si>
+    <t>D\2026\247</t>
+  </si>
+  <si>
+    <t>CROVACE Antonio</t>
+  </si>
+  <si>
+    <t>D\2026\248</t>
+  </si>
+  <si>
+    <t>STAFFIERI FRANCESCO</t>
+  </si>
+  <si>
+    <t>D\2026\249</t>
+  </si>
+  <si>
+    <t>LACITIGNOLA Luca</t>
+  </si>
+  <si>
+    <t>D\2026\250</t>
+  </si>
+  <si>
+    <t>PELLERANO Domenico</t>
+  </si>
+  <si>
+    <t>D\2026\251</t>
+  </si>
+  <si>
+    <t>D'AIUTO Davide</t>
+  </si>
+  <si>
+    <t>D\2026\252</t>
+  </si>
+  <si>
+    <t>PONTRELLI PAOLA</t>
+  </si>
+  <si>
+    <t>D\2026\253</t>
+  </si>
+  <si>
+    <t>FRANZIN ROSSANA</t>
+  </si>
+  <si>
+    <t>D\2026\254</t>
+  </si>
+  <si>
+    <t>CAGGIANO GIANVITO</t>
+  </si>
+  <si>
+    <t>D\2026\255</t>
+  </si>
+  <si>
+    <t>de Pinto Rossana</t>
+  </si>
+  <si>
+    <t>D\2026\256</t>
+  </si>
+  <si>
+    <t>MANCHISI MARIANNA</t>
+  </si>
+  <si>
+    <t>D\2026\257</t>
+  </si>
+  <si>
+    <t>SASANELLI JASMINE</t>
+  </si>
+  <si>
+    <t>D\2026\258</t>
+  </si>
+  <si>
+    <t>Vogiatzakis Prof. Ioannis</t>
+  </si>
+  <si>
+    <t>Insegnamento</t>
+  </si>
+  <si>
+    <t>2026-03-09T00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 37118 del 09.02.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\259</t>
+  </si>
+  <si>
+    <t>DE GENNARO GIANLUIGI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Valutazione progetti di ricerca e sviluppo </t>
+  </si>
+  <si>
+    <t>2026-03-01T00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 37089 del 09.02.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\260</t>
+  </si>
+  <si>
+    <t>GARGANESE Sergio</t>
+  </si>
+  <si>
+    <t>PROT. N. 661 DEL 10/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\261</t>
+  </si>
+  <si>
+    <t>SUPPORTO AL GRUPPO DI LAVORO PER AFFIANCAMENTO CONSULENZIALE NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “LA PREVENZIONE DELLA CORRUZIONE NEI COMPORTAMENTI DEI...</t>
+  </si>
+  <si>
+    <t>PROT. N. 662 DEL 10/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\262</t>
+  </si>
+  <si>
+    <t>ATTIVITA’ DI MONITORAGGIO E GESTIONE DELLA PIATTAFORMA INPS  NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “LA PREVENZIONE DELLA CORRUZIONE NEI COMPORTAMENTI...</t>
+  </si>
+  <si>
+    <t>PROT. N. 663 DEL 10/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\263</t>
+  </si>
+  <si>
+    <t>ATTIVITA’ DI SUPPORTO ALLA DIDATTICA E VALUTAZIONE FINALE NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “LA PREVENZIONE DELLA CORRUZIONE NEI COMPORTAMENTI...</t>
+  </si>
+  <si>
+    <t>PROT. N. 664 DEL 10/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\264</t>
+  </si>
+  <si>
+    <t>LOSURDO STEFANIA</t>
+  </si>
+  <si>
+    <t>ATTIVITA' FORMATIVA SUL LINGUAGGIO DI GENERE</t>
+  </si>
+  <si>
+    <t>PROT.N. 23714 DEL 29/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\265</t>
+  </si>
+  <si>
+    <t>BOSCO Andrea</t>
+  </si>
+  <si>
+    <t>Formazione educatori assistenza specialistica</t>
+  </si>
+  <si>
+    <t>2026-03-15T00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 37058 del 09.02.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\266</t>
+  </si>
+  <si>
+    <t>PASTORE ANGELO</t>
+  </si>
+  <si>
+    <t>DOCENZA PRESSO LA SCUOLA DI ARCHIVISTICA, PALEOGRAFIA E DIPLOMATICA PRESSO L'ARCHIVIO DI STATO DI BARI A TITOLO GRATUITO.</t>
+  </si>
+  <si>
+    <t>PROT.N. 23026 DEL 29/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\267</t>
+  </si>
+  <si>
+    <t>TERIO VALENTINA</t>
+  </si>
+  <si>
+    <t>Attività di docenza S.S Ispezione degli alimenti di origine animale - Qualità dei prodotti dell'alveare e normativa di settore - A.A. 2025/26</t>
+  </si>
+  <si>
+    <t>D.D.n.1 del 19/01/2026. Ratificato CdD del 26/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\268</t>
+  </si>
+  <si>
+    <t>Attività di consulenza tecnica eventualmente anche nella forma di pareri</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 37066 del 09.02.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\269</t>
+  </si>
+  <si>
+    <t>RICCIUTI PATRIZIA</t>
+  </si>
+  <si>
+    <t>Segretario della Commissione di valutazione per il Bando DD. 21/2026</t>
+  </si>
+  <si>
+    <t>DD. 34 del 10/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\270</t>
+  </si>
+  <si>
+    <t>MONTESANO FRANCESCO FABIANO</t>
+  </si>
+  <si>
+    <t>Componente della Commissione di valutazione per il Bando DD. 21/2026</t>
+  </si>
+  <si>
+    <t>D\2026\271</t>
+  </si>
+  <si>
+    <t>STELLACCI ANNA MARIA</t>
+  </si>
+  <si>
+    <t>D\2026\272</t>
+  </si>
+  <si>
+    <t>LOSCIALE DOTT. PASQUALE</t>
+  </si>
+  <si>
+    <t>Presidente della Commissione di valutazione per il Bando DD. 21/2026</t>
+  </si>
+  <si>
+    <t>D\2026\273</t>
+  </si>
+  <si>
+    <t>Presidente della Commissione di valutazione per l'Avviso operai DD. 22/2026</t>
+  </si>
+  <si>
+    <t>DD. 35 del 10/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\274</t>
+  </si>
+  <si>
+    <t>SIGNORE ANGELO</t>
+  </si>
+  <si>
+    <t>Componente della Commissione di valutazione per l'Avviso operai DD. 22/2026</t>
+  </si>
+  <si>
+    <t>D\2026\275</t>
+  </si>
+  <si>
+    <t>LEONI Beniamino</t>
+  </si>
+  <si>
+    <t>D\2026\276</t>
+  </si>
+  <si>
+    <t>GIOVE STEFANIA LUCIA</t>
+  </si>
+  <si>
+    <t>Componente della Commissione di valutazione per l'Avviso operai DD. 23/2026</t>
+  </si>
+  <si>
+    <t>DD. 36 del 10/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\277</t>
+  </si>
+  <si>
+    <t>MARCOTULI ILARIA</t>
+  </si>
+  <si>
+    <t>D\2026\278</t>
+  </si>
+  <si>
+    <t>GADALETA Agata</t>
+  </si>
+  <si>
+    <t>Presidente della Commissione di valutazione per l'Avviso operai DD. 23/2026</t>
+  </si>
+  <si>
+    <t>D\2026\279</t>
+  </si>
+  <si>
+    <t>FUCILLI Vincenzo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Contribuire all'impostazione e realizzazione delle attività di ricerca e analisi </t>
+  </si>
+  <si>
+    <t>2027-12-31T00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 37079 del 09.02.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\281</t>
+  </si>
+  <si>
+    <t>VIESTI Gianfranco</t>
+  </si>
+  <si>
+    <t>Consulenza scientifica progetto Cities</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 37032 del 09.02.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\282</t>
+  </si>
+  <si>
+    <t>DESOLDA GIUSEPPE</t>
+  </si>
+  <si>
+    <t>Docenza per l'unità formativa Programmazione Web</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 37146 del 09.02.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\283</t>
+  </si>
+  <si>
+    <t>ARDIMENTO PASQUALE</t>
+  </si>
+  <si>
+    <t>Docenza per l'unità formativa metodologie di analisi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 37144 del 09.02.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\284</t>
+  </si>
+  <si>
+    <t>Ripartizione conto terzi convenzione Di.A. srl - anno 2025</t>
+  </si>
+  <si>
+    <t>Lettera di incarico del10/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\285</t>
+  </si>
+  <si>
+    <t>LATTARULO Antonio</t>
+  </si>
+  <si>
+    <t>D\2026\286</t>
+  </si>
+  <si>
+    <t>NAVIGLIO DOTT. PIETRO</t>
+  </si>
+  <si>
+    <t>D\2026\287</t>
+  </si>
+  <si>
+    <t>D\2026\288</t>
+  </si>
+  <si>
+    <t>ACCETTURA Giuseppe</t>
+  </si>
+  <si>
+    <t>D\2026\289</t>
+  </si>
+  <si>
+    <t>LATAGLIATA Gilda</t>
+  </si>
+  <si>
+    <t>D\2026\290</t>
+  </si>
+  <si>
+    <t>BONACINI ELISA</t>
+  </si>
+  <si>
+    <t>Incarico di consulenza</t>
+  </si>
+  <si>
+    <t>Nota rettorale prot. n. 71256  del  03/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\535</t>
+  </si>
+  <si>
+    <t>BOFFOLI NICOLA</t>
+  </si>
+  <si>
+    <t>incarico di docenza</t>
+  </si>
+  <si>
+    <t>Nota rettorale prot. n. 70899  del  03/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\536</t>
+  </si>
+  <si>
+    <t>TRICARICO Domenico</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEC x per la fornitura di materiali di consumo con elevata specificità tecnica a valere su Progetto  A.N.K.O.R.A.G.E. - CUP H93C24000360006;  fasi: gara/affidamento ed esecuzione. </t>
+  </si>
+  <si>
+    <t>2026-05-03T00:00:00</t>
+  </si>
+  <si>
+    <t>Prot. n.437 Del 03/03/2026 Tit .X Cl.6 Fasc. 2022-X/6.2 Decreto n. 32/2026</t>
+  </si>
+  <si>
+    <t>D\2026\537</t>
+  </si>
+  <si>
+    <t>FERRARA GIULIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Supporto al DEC x per la fornitura di materiali di consumo con elevata specificità tecnica a valere su Progetto  A.N.K.O.R.A.G.E. - CUP H93C24000360006;  fasi:affidamento ed esecuzione. </t>
+  </si>
+  <si>
+    <t>D\2026\538</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUP x per la fornitura di materiali di consumo con elevata specificità tecnica a valere su Progetto  A.N.K.O.R.A.G.E. - CUP H93C24000360006;  fasi: gara/affidamento ed esecuzione. </t>
+  </si>
+  <si>
+    <t>D\2026\539</t>
+  </si>
+  <si>
+    <t>SPALLINI Sabrina</t>
+  </si>
+  <si>
+    <t>consulenza tecnica di parte</t>
+  </si>
+  <si>
+    <t>2026-06-10T00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N.68294  del 27.02.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\540</t>
+  </si>
+  <si>
+    <t>LUSSONE TERESA MANUELA</t>
+  </si>
+  <si>
+    <t>curatela del Romanzo Therese philosophe per Mondadori Meridiani</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N.68316  del  27.02.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\542</t>
+  </si>
+  <si>
+    <t>GENTILE Enrichetta</t>
+  </si>
+  <si>
+    <t>Incarico di Tutor lezioni</t>
+  </si>
+  <si>
+    <t>Nota rettorale prot. n. 71409  del  03/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\543</t>
+  </si>
+  <si>
+    <t>FAVIA Pietro</t>
+  </si>
+  <si>
+    <t>Docenza del Corso di Tecnologia dei materiali</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N.68337  del 27.02.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\545</t>
+  </si>
+  <si>
+    <t>BONSEGNA Giuditta</t>
+  </si>
+  <si>
+    <t>RUP affidamento incarico di progettazione dei nuovi percorsi interni del Palazza Ateneo</t>
+  </si>
+  <si>
+    <t>2027-03-31T00:00:00</t>
+  </si>
+  <si>
+    <t>D.D.D. n. 95 del 18/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\547</t>
+  </si>
+  <si>
+    <t>INTRANUOVO Francesco</t>
+  </si>
+  <si>
+    <t>Supporto al RUP affidamento incarico di progettazione dei nuovi percorsi interni del Palazza Ateneo</t>
+  </si>
+  <si>
+    <t>D\2026\548</t>
+  </si>
+  <si>
+    <t>SQUICCIARINI Margherita</t>
+  </si>
+  <si>
+    <t>Supporto al RUP fase di gara, affidamento incarico di progettazione dei nuovi percorsi interni del Palazza Ateneo</t>
+  </si>
+  <si>
+    <t>D\2026\549</t>
+  </si>
+  <si>
+    <t>Ranieri Stefano Nicola</t>
+  </si>
+  <si>
+    <t>Direttore operativo lotto n. 1 accordo quadro manutenzione immobili 24 mesi</t>
+  </si>
+  <si>
+    <t>2027-09-30T00:00:00</t>
+  </si>
+  <si>
+    <t>D.D.D. n. 122 del 24/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\551</t>
+  </si>
+  <si>
+    <t>DEPASCALE COSIMO</t>
+  </si>
+  <si>
+    <t>Direttore operativo lotto n. 3 accordo quadro manutenzione immobili 24 mesi</t>
+  </si>
+  <si>
+    <t>D\2026\552</t>
+  </si>
+  <si>
+    <t>incarico di docenza per la realizzazione di progetti formativi per gli iscritti nell’elenco nazionale dei componenti degli organismi indipendenti di valutazione della performance Progetto CAM.PER</t>
+  </si>
+  <si>
+    <t>Prot. n.159 -VII/16 del 20/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\553</t>
+  </si>
+  <si>
+    <t>FUSANO DOMENICANTONIO</t>
+  </si>
+  <si>
+    <t>Responsabile 1° appello prove di recupero CFU esami di profitto semestre aperto MED-ODO-VET 2025/2026</t>
+  </si>
+  <si>
+    <t>D.D.G. n. 151 del 27.01.2026</t>
+  </si>
+  <si>
+    <t>D\2026\631</t>
+  </si>
+  <si>
+    <t>ANTONACCI MIRIAM</t>
+  </si>
+  <si>
+    <t>Vigilante 1° appello prove di recupero CFU esami di profitto semestre aperto MED-ODO-VET 2025/2026</t>
+  </si>
+  <si>
+    <t>D\2026\632</t>
+  </si>
+  <si>
+    <t>SUSCA Davide Antonio</t>
+  </si>
+  <si>
+    <t>D\2026\633</t>
+  </si>
+  <si>
+    <t>D\2026\634</t>
+  </si>
+  <si>
+    <t>STANO PASQUALE</t>
+  </si>
+  <si>
+    <t>D.D.G. n. 152 del 27.01.2026</t>
+  </si>
+  <si>
+    <t>D\2026\635</t>
+  </si>
+  <si>
+    <t>D.D.G. n. 153 del 27.01.2026</t>
+  </si>
+  <si>
+    <t>D\2026\636</t>
+  </si>
+  <si>
+    <t>CANONICO Ferdinando</t>
+  </si>
+  <si>
+    <t>D\2026\637</t>
+  </si>
+  <si>
+    <t>CIRILLO NICOLA</t>
+  </si>
+  <si>
+    <t>D\2026\638</t>
+  </si>
+  <si>
+    <t>CURIONE DIEGO</t>
+  </si>
+  <si>
+    <t>D\2026\639</t>
+  </si>
+  <si>
+    <t>DENTAMARO ADRIANA</t>
+  </si>
+  <si>
+    <t>D\2026\640</t>
+  </si>
+  <si>
+    <t>DI TULLIO NUNZIA</t>
+  </si>
+  <si>
+    <t>D\2026\641</t>
+  </si>
+  <si>
+    <t>FERRARA ADELAIDE STELLA</t>
+  </si>
+  <si>
+    <t>D\2026\642</t>
+  </si>
+  <si>
+    <t>FRANCIOSA GIORGIA</t>
+  </si>
+  <si>
+    <t>D\2026\643</t>
+  </si>
+  <si>
+    <t>LATTANZIO DOTT.SSA LUCIA</t>
+  </si>
+  <si>
+    <t>D\2026\644</t>
+  </si>
+  <si>
+    <t>MUNDO Angela</t>
+  </si>
+  <si>
+    <t>D\2026\645</t>
+  </si>
+  <si>
+    <t>PICCININNI Sig. Michele</t>
+  </si>
+  <si>
+    <t>D\2026\646</t>
+  </si>
+  <si>
+    <t>QUADRATO MARIA</t>
+  </si>
+  <si>
+    <t>D\2026\647</t>
+  </si>
+  <si>
+    <t>2026-03-07T00:00:00</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.608 DEL 6 marzo 2026</t>
+  </si>
+  <si>
+    <t>D\2026\648</t>
+  </si>
+  <si>
+    <t>ROMITO TERESA</t>
+  </si>
+  <si>
+    <t>D\2026\649</t>
+  </si>
+  <si>
+    <t>Salvatore Francesco</t>
+  </si>
+  <si>
+    <t>D\2026\650</t>
+  </si>
+  <si>
+    <t>SERVADIO ANTONIO</t>
+  </si>
+  <si>
+    <t>D\2026\652</t>
+  </si>
+  <si>
+    <t>SILECCHIA Mario</t>
+  </si>
+  <si>
+    <t>D\2026\653</t>
+  </si>
+  <si>
+    <t>SIMONE Michele</t>
+  </si>
+  <si>
+    <t>D\2026\655</t>
+  </si>
+  <si>
+    <t>TOSCANO VITO</t>
+  </si>
+  <si>
+    <t>D\2026\656</t>
+  </si>
+  <si>
+    <t>UNGARO FRANCESCO PIO</t>
+  </si>
+  <si>
+    <t>D\2026\658</t>
+  </si>
+  <si>
+    <t>VENTURO NOEMI</t>
+  </si>
+  <si>
+    <t>D\2026\659</t>
+  </si>
+  <si>
+    <t>VERNOLE Gianfranco</t>
+  </si>
+  <si>
+    <t>D\2026\660</t>
+  </si>
+  <si>
+    <t>CANDELORA ELENA</t>
+  </si>
+  <si>
+    <t>D\2026\661</t>
+  </si>
+  <si>
+    <t>CARBONE CLAUDIA</t>
+  </si>
+  <si>
+    <t>D\2026\662</t>
+  </si>
+  <si>
+    <t>COLELLA GIORGIA</t>
+  </si>
+  <si>
+    <t>D\2026\663</t>
+  </si>
+  <si>
+    <t>D'ARMENTO Fedora</t>
+  </si>
+  <si>
+    <t>D\2026\664</t>
+  </si>
+  <si>
+    <t>SCALISE Maurizio</t>
+  </si>
+  <si>
+    <t>D\2026\665</t>
+  </si>
+  <si>
+    <t>Zannoli Fernanda</t>
+  </si>
+  <si>
+    <t>D\2026\666</t>
+  </si>
+  <si>
+    <t>ASARO Valeria Maria</t>
+  </si>
+  <si>
+    <t>D\2026\667</t>
+  </si>
+  <si>
+    <t>DI MONTE VALERIA</t>
+  </si>
+  <si>
+    <t>D\2026\668</t>
+  </si>
+  <si>
+    <t>PIZZI Domenico</t>
+  </si>
+  <si>
+    <t>D\2026\669</t>
+  </si>
+  <si>
+    <t>Responsabile 2° appello prove di recupero CFU esami di profitto semestre aperto MED-ODO-VET 2025/2026</t>
+  </si>
+  <si>
+    <t>D.D.G. n. 306 del 12.02.2026</t>
+  </si>
+  <si>
+    <t>D\2026\670</t>
+  </si>
+  <si>
+    <t>MINGOLLA TERESA</t>
+  </si>
+  <si>
+    <t>D\2026\671</t>
+  </si>
+  <si>
+    <t>SUSCA DANILO</t>
+  </si>
+  <si>
+    <t>D\2026\672</t>
+  </si>
+  <si>
+    <t>LACASELLA Ottavio</t>
+  </si>
+  <si>
+    <t>D.D.G. n. 307 del 12.02.2026</t>
+  </si>
+  <si>
+    <t>D\2026\673</t>
+  </si>
+  <si>
+    <t>DIFONZO GRAZIANA</t>
+  </si>
+  <si>
+    <t>SEMINARI PER UN TOTALE DI 5  ORE NELL'AMBITO DEL CORSO DI PERFEZIONAMENTO SULLA NUTRIZIONE UMANA A.A. 2025-2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PROT. nr. 762 -  VII/4    DEL 06/03/2026 </t>
+  </si>
+  <si>
+    <t>D\2026\674</t>
+  </si>
+  <si>
+    <t>GUERRA Pier Paolo</t>
+  </si>
+  <si>
+    <t>D.D.G. n. 308 del 12.02.2026</t>
+  </si>
+  <si>
+    <t>D\2026\675</t>
+  </si>
+  <si>
+    <t>AMMATURO FRANCESCO</t>
+  </si>
+  <si>
+    <t>Vigilante 2° appello prove di recupero CFU esami di profitto semestre aperto MED-ODO-VET 2025/2026</t>
+  </si>
+  <si>
+    <t>D\2026\676</t>
+  </si>
+  <si>
+    <t>ANTONACCI ERICA</t>
+  </si>
+  <si>
+    <t>D\2026\677</t>
+  </si>
+  <si>
+    <t>BRIVITELLO Addolorata</t>
+  </si>
+  <si>
+    <t>D\2026\678</t>
+  </si>
+  <si>
+    <t>SQUICCIARINI Simona</t>
+  </si>
+  <si>
+    <t>Segretario della Commissione di valutazione per il Bando DD. 50/2026</t>
+  </si>
+  <si>
+    <t>2026-03-12T00:00:00</t>
+  </si>
+  <si>
+    <t>DD. 55 del 09/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\679</t>
+  </si>
+  <si>
+    <t>SANTORO Francesco</t>
+  </si>
+  <si>
+    <t>Componente della Commissione di valutazione per il Bando DD. 50/2026</t>
+  </si>
+  <si>
+    <t>D\2026\680</t>
+  </si>
+  <si>
+    <t>CAPODIFERRO Lucia</t>
+  </si>
+  <si>
+    <t>D\2026\681</t>
+  </si>
+  <si>
+    <t>DE GENNARO Bernardo Corrado</t>
+  </si>
+  <si>
+    <t>D\2026\682</t>
+  </si>
+  <si>
+    <t>CELLAMARE Vincenzo</t>
+  </si>
+  <si>
+    <t>D\2026\683</t>
+  </si>
+  <si>
+    <t>Presidente della Commissione di valutazione per il Bando DD. 50/2026</t>
+  </si>
+  <si>
+    <t>D\2026\684</t>
+  </si>
+  <si>
+    <t>COPPOLECCHIA LUCIA</t>
+  </si>
+  <si>
+    <t>D\2026\685</t>
+  </si>
+  <si>
+    <t>DE MASTRO Giuseppe</t>
+  </si>
+  <si>
+    <t>Presidente della Commissione di valutazione per l'Avviso operai  DD. 49/2026</t>
+  </si>
+  <si>
+    <t>DD. 54 del 09/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\686</t>
+  </si>
+  <si>
+    <t>DEL CONTE Valentina</t>
+  </si>
+  <si>
+    <t>D\2026\687</t>
+  </si>
+  <si>
+    <t>PULVENTO Prof. Cataldo</t>
+  </si>
+  <si>
+    <t>Componente della Commissione di valutazione per l'Avviso operai  DD. 49/2026</t>
+  </si>
+  <si>
+    <t>D\2026\688</t>
+  </si>
+  <si>
+    <t>MANOLIO Giovanni</t>
+  </si>
+  <si>
+    <t>D\2026\689</t>
+  </si>
+  <si>
+    <t>FILOGRASSO Angelo Antonio</t>
+  </si>
+  <si>
+    <t>D\2026\690</t>
+  </si>
+  <si>
+    <t>GIRONE Gianfranco</t>
+  </si>
+  <si>
+    <t>D\2026\691</t>
+  </si>
+  <si>
+    <t>INCAMPO GIOVANNA</t>
+  </si>
+  <si>
+    <t>D\2026\692</t>
+  </si>
+  <si>
+    <t>LESERRI Giovanni</t>
+  </si>
+  <si>
+    <t>D\2026\693</t>
+  </si>
+  <si>
+    <t>MARCONE FLORISA</t>
+  </si>
+  <si>
+    <t>D\2026\694</t>
+  </si>
+  <si>
+    <t>NOTARIALE AZZURRA</t>
+  </si>
+  <si>
+    <t>D\2026\695</t>
+  </si>
+  <si>
+    <t>Palumbo elena</t>
+  </si>
+  <si>
+    <t>D\2026\696</t>
+  </si>
+  <si>
+    <t>PELLERANO MARINA</t>
+  </si>
+  <si>
+    <t>D\2026\697</t>
+  </si>
+  <si>
+    <t>RANIERI Teresa</t>
+  </si>
+  <si>
+    <t>D\2026\698</t>
+  </si>
+  <si>
+    <t>SIFANNO Nicola</t>
+  </si>
+  <si>
+    <t>D\2026\699</t>
+  </si>
+  <si>
+    <t>STELLACCI RAFFAELE</t>
+  </si>
+  <si>
+    <t>D\2026\700</t>
+  </si>
+  <si>
+    <t>STRINGANO Elisabetta</t>
+  </si>
+  <si>
+    <t>D\2026\701</t>
+  </si>
+  <si>
+    <t>CACUCCI Domenica</t>
+  </si>
+  <si>
+    <t>D\2026\702</t>
+  </si>
+  <si>
+    <t>DE VIVO Marcello</t>
+  </si>
+  <si>
+    <t>D\2026\703</t>
+  </si>
+  <si>
+    <t>LUCAIOLI Enrico</t>
+  </si>
+  <si>
+    <t>D\2026\704</t>
+  </si>
+  <si>
+    <t>MANCINO MARIANGELA</t>
+  </si>
+  <si>
+    <t>D\2026\706</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Conferimento incarico di docenza nell’ambito del Master in “Terrorismo, prevenzione della radicalizzazione eversiva, sicurezza e cybersecurity. A.A. 2024/2025</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.647 DEL 10 marzo 2026</t>
+  </si>
+  <si>
+    <t>D\2026\707</t>
+  </si>
+  <si>
+    <t>Responsabile 3° appello prove di recupero CFU esami di profitto semestre aperto MED-ODO-VET 2025/2026</t>
+  </si>
+  <si>
+    <t>2026-03-04T00:00:00</t>
+  </si>
+  <si>
+    <t>D.D.G. n. 337 del 25.02.2026</t>
+  </si>
+  <si>
+    <t>D\2026\708</t>
+  </si>
+  <si>
+    <t>PALERMO Giovanna</t>
+  </si>
+  <si>
+    <t>D\2026\710</t>
+  </si>
+  <si>
+    <t>LOMUSCIO Antonella</t>
+  </si>
+  <si>
+    <t>D\2026\711</t>
+  </si>
+  <si>
+    <t>SCALISE FRANCESCA</t>
+  </si>
+  <si>
+    <t>D\2026\712</t>
+  </si>
+  <si>
+    <t>STORELLI Valentina Ines</t>
+  </si>
+  <si>
+    <t>D\2026\713</t>
+  </si>
+  <si>
+    <t>CALO' SABINO</t>
+  </si>
+  <si>
+    <t>D.D.G. n. 338 del 25.02.2026</t>
+  </si>
+  <si>
+    <t>D\2026\714</t>
+  </si>
+  <si>
+    <t>ALICINO LORENZO</t>
+  </si>
+  <si>
+    <t>D\2026\715</t>
+  </si>
+  <si>
+    <t>Sasso Gianluca Nazareno</t>
+  </si>
+  <si>
+    <t>D\2026\716</t>
+  </si>
+  <si>
+    <t>LABOMBARDA Cristina</t>
+  </si>
+  <si>
+    <t>D.D.G. n. 339 del 25.02.2026</t>
+  </si>
+  <si>
+    <t>D\2026\717</t>
+  </si>
+  <si>
+    <t>DI TERLIZZI RAFFAELE</t>
+  </si>
+  <si>
+    <t>D\2026\718</t>
+  </si>
+  <si>
+    <t>ALTIZIO Michele</t>
+  </si>
+  <si>
+    <t>Vigilante 3° appello prove di recupero CFU esami di profitto semestre aperto MED-ODO-VET 2025/2026</t>
+  </si>
+  <si>
+    <t>D\2026\719</t>
+  </si>
+  <si>
+    <t>d'ELIA Dott.ssa TERESA DANIELA</t>
+  </si>
+  <si>
+    <t>D\2026\720</t>
+  </si>
+  <si>
+    <t>GALLO MARGHERITA</t>
+  </si>
+  <si>
+    <t>D\2026\721</t>
+  </si>
+  <si>
+    <t>GENTILE TERRY</t>
+  </si>
+  <si>
+    <t>D\2026\722</t>
+  </si>
+  <si>
+    <t>LIBERIO Michele</t>
+  </si>
+  <si>
+    <t>D\2026\723</t>
+  </si>
+  <si>
+    <t>LOTITO MARINA</t>
+  </si>
+  <si>
+    <t>D\2026\724</t>
+  </si>
+  <si>
+    <t>MARTUCCI Roberto</t>
+  </si>
+  <si>
+    <t>D\2026\725</t>
+  </si>
+  <si>
+    <t>PARATORE Giuseppe</t>
+  </si>
+  <si>
+    <t>D\2026\726</t>
+  </si>
+  <si>
+    <t>PASSARELLA Gregorio</t>
+  </si>
+  <si>
+    <t>D\2026\727</t>
+  </si>
+  <si>
+    <t>SASSO DAVIDE YORGOS</t>
+  </si>
+  <si>
+    <t>D\2026\728</t>
+  </si>
+  <si>
+    <t>SQUICCIARINI Rosa</t>
+  </si>
+  <si>
+    <t>D\2026\729</t>
+  </si>
+  <si>
+    <t>ATTOLICO CARMELA</t>
+  </si>
+  <si>
+    <t>D\2026\730</t>
+  </si>
+  <si>
+    <t>BAVARO DANIELA</t>
+  </si>
+  <si>
+    <t>D\2026\731</t>
+  </si>
+  <si>
+    <t>COSTANZO Barbara</t>
+  </si>
+  <si>
+    <t>D\2026\732</t>
+  </si>
+  <si>
+    <t>PEDONE ELDA ANTONIA</t>
+  </si>
+  <si>
+    <t>D\2026\733</t>
+  </si>
+  <si>
+    <t>PETRELLI GIOVANNI</t>
+  </si>
+  <si>
+    <t>D\2026\734</t>
+  </si>
+  <si>
+    <t>CARRUGGIO FRANCESCA</t>
+  </si>
+  <si>
+    <t>D\2026\735</t>
+  </si>
+  <si>
+    <t>D\2026\736</t>
+  </si>
+  <si>
+    <t>PERROTTI LUIGI</t>
+  </si>
+  <si>
+    <t>D\2026\737</t>
+  </si>
+  <si>
+    <t>TARANTINO DOMENICO</t>
+  </si>
+  <si>
+    <t>D\2026\738</t>
+  </si>
+  <si>
+    <t>GALLICCHIO ILARIA</t>
+  </si>
+  <si>
+    <t>Corso di formazione Rientro con consapevolezza - Incarico</t>
+  </si>
+  <si>
+    <t>Nota del Direttore Generale prot. 23229 del 29.01.2026</t>
+  </si>
+  <si>
+    <t>D\2026\739</t>
+  </si>
+  <si>
+    <t>GIROLAMO ELISABETTA</t>
+  </si>
+  <si>
+    <t>Nota del Direttore Generale prot. 23233 del 29.01.2026</t>
+  </si>
+  <si>
+    <t>D\2026\740</t>
+  </si>
+  <si>
+    <t>Nota del Direttore Generale prot. 23238 del 29.01.2026</t>
+  </si>
+  <si>
+    <t>D\2026\741</t>
+  </si>
+  <si>
+    <t>DI SAPIA Paola</t>
+  </si>
+  <si>
+    <t>Nota del Direttore Generale prot. 23226 del 29.01.2026</t>
+  </si>
+  <si>
+    <t>D\2026\742</t>
+  </si>
+  <si>
+    <t>Incarico didattico Corso di Competenze trasversali per studentesse/ti - Benessere animale, diritto e sostenibilità: strumenti professionali per le filiere contemporanee -A.A.2025/26</t>
+  </si>
+  <si>
+    <t>2026-04-09T00:00:00</t>
+  </si>
+  <si>
+    <t>Consiglio di Dipartimento di Medicina Veterinaria del 18/02/2026 - Nota prot.n. 1152 del 05/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\743</t>
+  </si>
+  <si>
+    <t>Consiglio di Dipartimento di Medicina Veterinaria del 18/02/2026 - Nota prot.n. 1154 del 05/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\744</t>
+  </si>
+  <si>
+    <t>BOZZO GIANCARLO</t>
+  </si>
+  <si>
+    <t>2026-03-19T00:00:00</t>
+  </si>
+  <si>
+    <t>Consiglio di Dipartimento di Medicina Veterinaria del 18/02/2026 - Nota prot.n. 1148 del 05/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\745</t>
+  </si>
+  <si>
+    <t>QUARANTA Angelo</t>
+  </si>
+  <si>
+    <t>Incarico didattico Corso di Competenze trasversali per studentesse/ti - Aggressività del cane. Impatto sociale e sulla salute e benessere delle persone e degli animali -A.A.2025/26</t>
+  </si>
+  <si>
+    <t>Consiglio di Dipartimento di Medicina Veterinaria del 18/02/2026 - Nota prot.n. 1076 del 03/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\746</t>
+  </si>
+  <si>
+    <t>CAMERO Michele</t>
+  </si>
+  <si>
+    <t>2026-04-07T00:00:00</t>
+  </si>
+  <si>
+    <t>2026-04-14T00:00:00</t>
+  </si>
+  <si>
+    <t>Consiglio di Dipartimento di Medicina Veterinaria del 18/02/2026 - Nota prot.n. 1078 del 03/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\747</t>
+  </si>
+  <si>
     <t>CENTRONE LUCIO</t>
   </si>
   <si>
     <t>Conferimento di incarico per attività nell'ambito dei corsi di rafforzamento delle competenze iniziali degli studenti e predisposizione di materiale didattico-precorsi edizione 2025/2026</t>
   </si>
   <si>
-    <t>2026-01-12T00:00:00</t>
-[...4 lines deleted...]
-  <si>
     <t>D\2026\119</t>
   </si>
   <si>
     <t>GARRAPPA Roberto</t>
   </si>
   <si>
     <t>2026-01-16T00:00:00</t>
   </si>
   <si>
     <t>D\2026\120</t>
   </si>
   <si>
     <t>CORPOSANTO Fabio</t>
   </si>
   <si>
     <t>Segretario Comm. esaminatrice concorso pubblico, per esami, per n.1 posto area dei Collaboratori, settore amministrativo a tempo indeterminato, indetto con D.D.G.1922/2025.</t>
   </si>
   <si>
     <t>2026-08-01T00:00:00</t>
   </si>
   <si>
     <t xml:space="preserve">D.D.G. n. 217 del 29/01/2026 </t>
   </si>
   <si>
     <t>D\2026\121</t>
   </si>
   <si>
     <t>BRUNO Umberto</t>
   </si>
   <si>
     <t xml:space="preserve">Supporto Amministrativo a RUP Lavori manutenzione impianti elevatori-ascensori montacarichi-montascale e piattaforme elevatrici per disabili, suddivisi in 3 lotti </t>
   </si>
   <si>
     <t>2026-04-16T00:00:00</t>
   </si>
   <si>
     <t>D.D.D. n. 3 del 12/01/2026</t>
   </si>
   <si>
     <t>D\2026\122</t>
   </si>
   <si>
     <t xml:space="preserve">Supporto Amministrativo a RUP e Gestore schede Anac per Lavori di restauro portoni lignei palazzo Ateneo - Riapertura 4° accesso su Piazza Cesare Battisti in Bari </t>
   </si>
   <si>
-    <t>2026-06-10T00:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>D.D.D. n. 4 del 12/01/2026</t>
   </si>
   <si>
     <t>D\2026\123</t>
   </si>
   <si>
     <t>MANGIALARDI Rocco</t>
   </si>
   <si>
     <t xml:space="preserve">RUP Lavori di restauro portoni lignei palazzo Ateneo - Riapertura 4° accesso su Piazza Cesare Battisti in Bari </t>
   </si>
   <si>
     <t>D\2026\124</t>
   </si>
   <si>
     <t>Grilli Roberto</t>
   </si>
   <si>
     <t xml:space="preserve">Supporto Tecnico RUP Lavori di restauro portoni lignei palazzo Ateneo - Riapertura 4° accesso su Piazza Cesare Battisti in Bari </t>
   </si>
   <si>
     <t>D\2026\125</t>
   </si>
   <si>
     <t>Berardino Maria Teresa</t>
@@ -386,53 +4069,50 @@
     <t>D\2026\126</t>
   </si>
   <si>
     <t>Gravina Ambra</t>
   </si>
   <si>
     <t>Progettista e Direttore Operativo Lavori di restauro portoni lignei palazzo Ateneo - Riapertura 4° accesso su Piazza Cesare Battisti in Bari - Fase di Esecuzione</t>
   </si>
   <si>
     <t>D\2026\127</t>
   </si>
   <si>
     <t>RUTIGLIANI MARIA LIA</t>
   </si>
   <si>
     <t>D\2026\128</t>
   </si>
   <si>
     <t>FALLACARA ANTONIO</t>
   </si>
   <si>
     <t>Coordinatore Sicurezza Lavori di restauro portoni lignei palazzo Ateneo - Riapertura 4° accesso su Piazza Cesare Battisti in Bari - Fase di Progettazione ed Esecuzione</t>
   </si>
   <si>
     <t>D\2026\129</t>
-  </si>
-[...1 lines deleted...]
-    <t>SQUICCIARINI Margherita</t>
   </si>
   <si>
     <t>Supporto a RUP Lavori di restauro portoni lignei palazzo Ateneo - Riapertura 4° accesso su Piazza Cesare Battisti in Bari - Fase di Gara</t>
   </si>
   <si>
     <t>D\2026\130</t>
   </si>
   <si>
     <t>Supporto amministrativo a RUP per espletamento gara Servizio di trasferimento e deposito dei beni librari depositati presso l’Archivio al Piano_x000D_
 Interrato del Dip. Di Economia (BARI)</t>
   </si>
   <si>
     <t>2026-01-20T00:00:00</t>
   </si>
   <si>
     <t>2027-01-20T00:00:00</t>
   </si>
   <si>
     <t>D.D.D. n. 14 del 20/01/2026</t>
   </si>
   <si>
     <t>D\2026\131</t>
   </si>
   <si>
     <t>ROSSIELLO Domenico</t>
@@ -465,202 +4145,175 @@
     <t>D\2026\134</t>
   </si>
   <si>
     <t>MAGISTRALE Silvia</t>
   </si>
   <si>
     <t>Direttore Operativo Servizio di trasferimento e deposito dei beni librari depositati presso l’Archivio al Piano_x000D_
 Interrato del Dip. Di Economia (BARI)</t>
   </si>
   <si>
     <t>D\2026\135</t>
   </si>
   <si>
     <t>Progettista, C.S.E. e D.L. rifacimento impianti di rilevazione Fumi e Spegnimento Verifica Generale Sistema Archivio Generale c/o Campus Veterinaria Valenzano</t>
   </si>
   <si>
     <t>2026-11-26T00:00:00</t>
   </si>
   <si>
     <t>D.D.D. n. 25 del 26/01/2026</t>
   </si>
   <si>
     <t>D\2026\136</t>
   </si>
   <si>
-    <t>INTRANUOVO Francesco</t>
-[...1 lines deleted...]
-  <si>
     <t>Supporto Amministrativo Rup Lavori rifacimento impianti di rilevazione Fumi e Spegnimento Verifica Generale Sistema Archivio Generale c/o Campus Veterinaria Valenzano</t>
   </si>
   <si>
     <t>D\2026\137</t>
   </si>
   <si>
     <t>COSTA GIOVANNI</t>
   </si>
   <si>
     <t>Progettista Lavori di rifacimento impianti di rilevazione Fumi e Spegnimento Verifica Generale Sistema Archivio Generale c/o Campus Veterinaria Valenzano</t>
   </si>
   <si>
     <t>D\2026\138</t>
   </si>
   <si>
     <t>DELVECCHIO Giuseppe</t>
   </si>
   <si>
     <t>D\2026\139</t>
   </si>
   <si>
-    <t>MONDELLI SASSINORO ALFREDO</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Supporto al RUP x fornitura strumentazione scientifica a valere su PNC  –  D3  4  HEALTH - CUP B53C22006120001;  fasi: gara/affidamento ed esecuzione. </t>
   </si>
   <si>
-    <t>2026-05-31T00:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Prot. N. 117 - del 21/01/2026 - Tit X / Cl/6 - Fasc. 2022-X/6.2 - Decreto n. 6/2026 </t>
   </si>
   <si>
     <t>D\2026\77</t>
   </si>
   <si>
-    <t>RACANIELLO Francesco</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">RUP x fornitura strumentazione scientifica a valere su PNC  –  D3  4  HEALTH - CUP B53C22006120001;  fasi: gara/affidamento ed esecuzione. </t>
   </si>
   <si>
     <t>D\2026\78</t>
   </si>
   <si>
     <t>DE CANDIA MODESTO</t>
   </si>
   <si>
     <t xml:space="preserve">DEC x fornitura strumentazione scientifica a valere su PNC  –  D3  4  HEALTH - CUP B53C22006120001;  fasi: gara/affidamento ed esecuzione. </t>
   </si>
   <si>
     <t>D\2026\79</t>
-  </si>
-[...1 lines deleted...]
-    <t>MASTROPASQUA Massimo</t>
   </si>
   <si>
     <t xml:space="preserve">Supporto al DEC x fornitura strumentazione scientifica a valere su PNC  –  D3  4  HEALTH - CUP B53C22006120001;  fasi: gara/affidamento ed esecuzione. </t>
   </si>
   <si>
     <t>D\2026\80</t>
   </si>
   <si>
     <t>PIZZULLI CRISTINA</t>
   </si>
   <si>
     <t>Incarico di prestazione occasionale per supporto nella gestione delle attività di progetto Co. Science G.A. n. 10116_x000D_
  (comunicazione scientifica nell'ambito della campagna di sensibilizzazione WP7)</t>
   </si>
   <si>
-    <t>2026-02-01T00:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>Nota di autorizzazione prot. n.16473 del 22/01/2026</t>
   </si>
   <si>
     <t>D\2026\81</t>
   </si>
   <si>
     <t>SIGNORILE Giacomo</t>
   </si>
   <si>
     <t>SUPPORTO TECNICO AMMINISTRATIVO NELL’AMBITO DEL CONTRATTO C/TERZI STIPULATO CON ACTIONAID INTERNATIONAL ITALIA E.T.S. PER IL PROGETTO “LOOP”.</t>
   </si>
   <si>
     <t>2026-01-22T00:00:00</t>
   </si>
   <si>
-    <t>2026-12-31T00:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>NOTA PROT. N. 320 DEL 22/01/2026</t>
   </si>
   <si>
     <t>D\2026\82</t>
   </si>
   <si>
     <t>CIRILLO VALERIA</t>
   </si>
   <si>
-    <t>: ATTIVITA’ DI VALUTAZIONE NELL’AMBITO DEL CONTRATTO C/TERZI STIPULATO CON ACTIONAID INTERNATIONAL ITALIA E.T.S. PER IL PROGETTO “LOOP”.</t>
+    <t>ATTIVITA’ DI VALUTAZIONE NELL’AMBITO DEL CONTRATTO C/TERZI STIPULATO CON ACTIONAID INTERNATIONAL ITALIA E.T.S. PER IL PROGETTO “LOOP”.</t>
   </si>
   <si>
     <t>NOTA PROT. N. 319 DEL 22/01/2026</t>
   </si>
   <si>
     <t>D\2026\83</t>
   </si>
   <si>
     <t>MORO Giuseppe</t>
   </si>
   <si>
-    <t>ATTIVITA’ DI VALUTAZIONE NELL’AMBITO DEL CONTRATTO C/TERZI STIPULATO CON ACTIONAID INTERNATIONAL ITALIA E.T.S. PER IL PROGETTO “LOOP”.</t>
-[...1 lines deleted...]
-  <si>
     <t>NOTA PROT. N. 318 DEL 22/01/2026</t>
   </si>
   <si>
     <t>D\2026\84</t>
   </si>
   <si>
-    <t>BALENZANO CATERINA</t>
-[...1 lines deleted...]
-  <si>
     <t>NOTA PROT. N. 317 DEL 22/01/2026</t>
   </si>
   <si>
     <t>D\2026\85</t>
   </si>
   <si>
     <t>SUPPORTO TECNICO AMMINISTRATIVO NELL’AMBITO DEL CONTRATTO C/TERZI STIPULATO CON IRS- ISTITUTO PER LA RICERCA SOCIALE. PER IL PROGETTO “CIB”- BANDO BENESSERE.</t>
   </si>
   <si>
     <t>2028-12-31T00:00:00</t>
   </si>
   <si>
     <t>NOTA PROT. N. 316 DEL 22/01/2026</t>
   </si>
   <si>
     <t>D\2026\86</t>
   </si>
   <si>
     <t>SEMERARO CRISTINA</t>
   </si>
   <si>
     <t>ATTIVITA’ DI RICERCA IN N. 2 PROGETTI NELL’AMBITO DEL CONTRATTO C/TERZI STIPULATO CON IRS- ISTITUTO PER LA RICERCA SOCIALE. PER IL PROGETTO “CIB”- BANDO BENESSERE.</t>
   </si>
   <si>
-    <t>NOTA PROT. N. 315 DEL 22/01/2026</t>
+    <t>PROT. N. 315 DEL 22/01/2026</t>
   </si>
   <si>
     <t>D\2026\87</t>
   </si>
   <si>
     <t>SALVATI ARMIDA</t>
   </si>
   <si>
     <t>NOTA PROT. N. 314 DEL 22/01/2026</t>
   </si>
   <si>
     <t>D\2026\88</t>
   </si>
   <si>
     <t>MUSSO Prof. Pasquale</t>
   </si>
   <si>
     <t>ATTIVITA’ DI RICERCA IN N. 3 PROGETTI NELL’AMBITO DEL CONTRATTO C/TERZI STIPULATO CON IRS- ISTITUTO PER LA RICERCA SOCIALE. PER IL PROGETTO “CIB”- BANDO BENESSERE.</t>
   </si>
   <si>
     <t>NOTA PROT. N. 313 DEL 22/01/2026</t>
   </si>
   <si>
     <t>D\2026\89</t>
   </si>
@@ -679,191 +4332,170 @@
   <si>
     <t>D\2026\91</t>
   </si>
   <si>
     <t>NOTA PROT. N. 309 DEL 22/01/2026</t>
   </si>
   <si>
     <t>D\2026\92</t>
   </si>
   <si>
     <t>ATTIVITA’ DI COORDINAMENTO NELL’AMBITO DEL CONTRATTO C/TERZI STIPULATO CON IRS- ISTITUTO PER LA RICERCA SOCIALE. PER IL PROGETTO “CIB”- BANDO BENESSERE.</t>
   </si>
   <si>
     <t>NOTA PROT. N. 306 DEL 22/01/2026</t>
   </si>
   <si>
     <t>D\2026\93</t>
   </si>
   <si>
     <t>DECARO Nicola</t>
   </si>
   <si>
     <t>consulenza scientifica</t>
   </si>
   <si>
-    <t>2026-01-01T00:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>2028-01-31T00:00:00</t>
   </si>
   <si>
     <t xml:space="preserve">Nota rettorale prot. N. 350243 del 23.12.2025    </t>
   </si>
   <si>
     <t>D\2026\1</t>
   </si>
   <si>
     <t>LIA Riccardo Paolo</t>
   </si>
   <si>
     <t>insegnamento</t>
   </si>
   <si>
-    <t>2026-02-24T00:00:00</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Nota rettorale prot. N. 350513 del 23.12.2025    </t>
   </si>
   <si>
     <t>D\2026\2</t>
   </si>
   <si>
     <t>VINELLA ANNALISA</t>
   </si>
   <si>
     <t xml:space="preserve">Nota rettorale prot. N. 350269 del 23.12.2025    </t>
   </si>
   <si>
     <t>D\2026\3</t>
   </si>
   <si>
     <t>PINTO Prof. Vito</t>
   </si>
   <si>
     <t>Conferimento d’incarico per docenza nell’ambito della VIII edizione del Master in Gestione delle Performance - a.a. 2023-2024</t>
   </si>
   <si>
-    <t>2026-01-09T00:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>Prot. n. 26 -III/5 del 07/01/2026</t>
   </si>
   <si>
     <t>D\2026\6</t>
   </si>
   <si>
     <t>MONNO Cecilia</t>
   </si>
   <si>
     <t>Segretario della Commissione di valutazione per i Bandi DD. 357-358/2025</t>
   </si>
   <si>
     <t>DD. 1 del 0801/2026</t>
   </si>
   <si>
     <t>D\2026\7</t>
   </si>
   <si>
     <t>GIANNICO FRANCESCO</t>
   </si>
   <si>
     <t>Componente della Commissione di valutazione per i Bandi DD. 357-358/2025</t>
   </si>
   <si>
     <t>D\2026\8</t>
   </si>
   <si>
-    <t>COLONNA MARIA ANTONIETTA</t>
-[...1 lines deleted...]
-  <si>
     <t>D\2026\9</t>
   </si>
   <si>
     <t>RAGNI Marco</t>
   </si>
   <si>
     <t>Presidente della Commissione di valutazione per i Bandi DD. 357-358/2025</t>
   </si>
   <si>
     <t>D\2026\10</t>
   </si>
   <si>
     <t>POTERE Oriana</t>
   </si>
   <si>
     <t>Segretario della Commissione di valutazione per il Bando DD. 359/2025</t>
   </si>
   <si>
     <t>DD. 2 del 08/01/2026</t>
   </si>
   <si>
     <t>D\2026\11</t>
   </si>
   <si>
-    <t>DIFONZO GRAZIANA</t>
-[...1 lines deleted...]
-  <si>
     <t>Componente della Commissione di valutazione per il Bando DD. 359/2025</t>
   </si>
   <si>
     <t>D\2026\12</t>
   </si>
   <si>
     <t>SQUEO Dott. Giacomo</t>
   </si>
   <si>
     <t>D\2026\13</t>
   </si>
   <si>
     <t>CAPONIO Francesco</t>
   </si>
   <si>
     <t>Presidente della Commissione di valutazione per il Bando DD. 359/2025</t>
   </si>
   <si>
     <t>D\2026\14</t>
   </si>
   <si>
     <t>TANGARO SABINA</t>
   </si>
   <si>
     <t>Presidente della Commissione di valutazione per il Bando DD. 360/2025</t>
   </si>
   <si>
     <t>DD. 3 del 08/01/2026</t>
   </si>
   <si>
     <t>D\2026\15</t>
   </si>
   <si>
-    <t>STELLACCI ANNA MARIA</t>
-[...1 lines deleted...]
-  <si>
     <t>Componente della Commissione di valutazione per il Bando DD. 360/2025</t>
   </si>
   <si>
     <t>D\2026\16</t>
   </si>
   <si>
     <t>DI BITONTO PIERPAOLO</t>
   </si>
   <si>
     <t>D\2026\17</t>
   </si>
   <si>
     <t>PACUCCI CATERINA</t>
   </si>
   <si>
     <t>Segretario della Commissione di valutazione per il Bando DD. 360/2025</t>
   </si>
   <si>
     <t>D\2026\18</t>
   </si>
   <si>
     <t>CAMPOSEO SALVATORE</t>
   </si>
   <si>
     <t>Presidente della Commissione di valutazione per l'Avviso operai DD. 354/2025</t>
@@ -871,107 +4503,101 @@
   <si>
     <t>DD. 4 del 08/01/2026</t>
   </si>
   <si>
     <t>D\2026\19</t>
   </si>
   <si>
     <t>PALASCIANO Marino</t>
   </si>
   <si>
     <t>Componente della Commissione di valutazione per l'Avviso operai DD. 354/2025</t>
   </si>
   <si>
     <t>D\2026\20</t>
   </si>
   <si>
     <t>LOPRIORE GIUSEPPE</t>
   </si>
   <si>
     <t>D\2026\21</t>
   </si>
   <si>
     <t>LANUBILE Filippo</t>
   </si>
   <si>
-    <t>BANDO D.D. 164 del 19/12/2025  - PNC DARE - resp. Lanubile</t>
-[...2 lines deleted...]
-    <t>2026-01-07T00:00:00</t>
+    <t>COMPONENTE COMMISSIONE BANDO OCCASIONALE D.D. 164 del 19/12/2025  - PNC DARE - resp. Lanubile</t>
   </si>
   <si>
     <t>D.D. N. 99/2025</t>
   </si>
   <si>
     <t>D\2026\23</t>
   </si>
   <si>
     <t>CALEFATO FABIO</t>
   </si>
   <si>
     <t>D\2026\24</t>
   </si>
   <si>
     <t>NOVIELLI NICOLE</t>
   </si>
   <si>
     <t>D\2026\25</t>
   </si>
   <si>
     <t>Consiglio Pietro</t>
   </si>
   <si>
     <t>D\2026\26</t>
   </si>
   <si>
     <t>PELLEGRINO Lucia</t>
   </si>
   <si>
     <t>Commissario straordinario per gli interventi di bonifica, ambientalizzazione e riqualificazione dll'area di Taranto a titolo gratuito</t>
   </si>
   <si>
     <t>2027-01-12T00:00:00</t>
   </si>
   <si>
     <t>prot.n. 5159 del 12/01/2026</t>
   </si>
   <si>
     <t>D\2026\28</t>
   </si>
   <si>
     <t>LEO Lucia</t>
   </si>
   <si>
     <t>iNCARICO DI COLLABORAZIONE PROGETTO LA GESTIONE STRATEGICA DELLE RISORSE UMANE PER CREARE VALORE PUBBLICO</t>
   </si>
   <si>
     <t>2026-01-13T00:00:00</t>
   </si>
   <si>
-    <t>2026-04-30T00:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>PROT.N. 6330 DEL 13/01/2026</t>
   </si>
   <si>
     <t>D\2026\29</t>
   </si>
   <si>
     <t>GERMINARIO Anna</t>
   </si>
   <si>
     <t>D\2026\31</t>
   </si>
   <si>
     <t>CAPPELLETTI MONTANO MIRELLA</t>
   </si>
   <si>
     <t>D\2026\32</t>
   </si>
   <si>
     <t>SICILIANO GAETANO</t>
   </si>
   <si>
     <t>D\2026\33</t>
   </si>
   <si>
     <t>SEMERARO Giovanni</t>
@@ -1009,306 +4635,2418 @@
   <si>
     <t>2026-01-24T00:00:00</t>
   </si>
   <si>
     <t>LETTERA CONFERIMENTO INCARICO PROT.N.99-III/5 DEL 14 gennaio 2026</t>
   </si>
   <si>
     <t>D\2026\40</t>
   </si>
   <si>
     <t>Conferimento incarico di docenza nell’ambito del Master in Terrorismo, prevenzione della radicalizzazione eversiva, sicurezza e cybersecurity A.A. 2023 - 2024</t>
   </si>
   <si>
     <t>LETTERA CONFERIMENTO INCARICO PROT.N.98-III/5 DEL 14 gennaio 2026</t>
   </si>
   <si>
     <t>D\2026\41</t>
   </si>
   <si>
     <t>CHIARINI CARLO</t>
   </si>
   <si>
     <t>Incarico per svolgere attività di formazione Corso di formazione on the job sulla Piattaforma University Planner</t>
   </si>
   <si>
-    <t>2026-03-06T00:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>Nota del Direttore Generale prot. n. 9946 del 16.01.2026</t>
   </si>
   <si>
     <t>D\2026\45</t>
   </si>
   <si>
     <t>De feudis Antonio</t>
   </si>
   <si>
     <t>Nota del Direttore Generale prot. n. 9951 del 16.01.2026</t>
   </si>
   <si>
     <t>D\2026\46</t>
   </si>
   <si>
-    <t>LACASELLA Ottavio</t>
-[...1 lines deleted...]
-  <si>
     <t>Nota del Direttore Generale prot. n. 9955 del 16.01.2026</t>
   </si>
   <si>
     <t>D\2026\47</t>
   </si>
   <si>
     <t>LORUSSO LORENZO</t>
   </si>
   <si>
     <t>Nota del Direttore Generale prot. n. 9959 del 16.01.2026</t>
   </si>
   <si>
     <t>D\2026\48</t>
   </si>
   <si>
     <t>PARADIES Laura</t>
   </si>
   <si>
     <t>Nota del Direttore Generale prot. n. 9961 del 16.01.2026</t>
   </si>
   <si>
     <t>D\2026\49</t>
   </si>
   <si>
     <t>ROSSI GIULIANO</t>
   </si>
   <si>
     <t>Nota del Direttore Generale prot. n. 9962 del 16.01.2026</t>
   </si>
   <si>
     <t>D\2026\50</t>
   </si>
   <si>
     <t>SCORCIA Nicola</t>
   </si>
   <si>
     <t>Nota del Direttore Generale prot. n. 9964 del 16.01.2026</t>
   </si>
   <si>
     <t>D\2026\51</t>
   </si>
   <si>
-    <t>LOSITO MARIA</t>
-[...1 lines deleted...]
-  <si>
     <t>Istruttore di acquagym</t>
   </si>
   <si>
     <t>PROT.349216 DEL 22 DICEMBRE 2025</t>
   </si>
   <si>
     <t>D\2026\52</t>
   </si>
   <si>
     <t>RAMPINO ANTONIO</t>
   </si>
   <si>
     <t>Presidente Commissione Bando lavoro autonomo n. 19_2025</t>
   </si>
   <si>
     <t>D.D. n. 1 del 12.01.2026</t>
   </si>
   <si>
     <t>D\2026\54</t>
   </si>
   <si>
     <t>BERCHIO DOTT.SSA CRISTINA</t>
   </si>
   <si>
     <t>Componente Commissione Bando lavoro autonomo n. 19_2025</t>
   </si>
   <si>
     <t>D\2026\56</t>
   </si>
   <si>
     <t>SAMBUCO DOTT. NICOLA</t>
   </si>
   <si>
     <t>D\2026\57</t>
   </si>
   <si>
-    <t>LOMUSCIO RICCARDA</t>
-[...1 lines deleted...]
-  <si>
     <t>Segretario Commissione Bando lavoro autonomo n. 19_2025</t>
   </si>
   <si>
     <t>D\2026\58</t>
   </si>
   <si>
-    <t>PERGOLA Giulio</t>
-[...1 lines deleted...]
-  <si>
     <t>Componente supplente  Commissione Bando lavoro autonomo n. 19_2025</t>
   </si>
   <si>
     <t>D\2026\59</t>
   </si>
   <si>
-    <t>Stolfa Dott. Giuseppe</t>
-[...1 lines deleted...]
-  <si>
     <t>Segretario supplente Commissione Bando lavoro autonomo n. 19_2025</t>
   </si>
   <si>
     <t>D\2026\60</t>
   </si>
   <si>
     <t>VACCA Angelo</t>
   </si>
   <si>
     <t xml:space="preserve">Presidente Comm. esaminatrice concorso pubblico per titoli ed esami, n.1 posto  di Tecnologo di I livello Dip. di Medicina di Precisione e Rigenerativa e Area Jonica indetto con D.D.G.2740/2025.      </t>
   </si>
   <si>
-    <t>2026-01-27T00:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>D.D.G. n.6 del 13/01/2026</t>
   </si>
   <si>
     <t>D\2026\61</t>
   </si>
   <si>
     <t>SOLIMANDO ANTONIO GIOVANNI</t>
   </si>
   <si>
     <t xml:space="preserve">Componente Comm. esaminatrice concorso pubblico per titoli ed esami, n.1 posto  di Tecnologo di I livello Dip. di Medicina di Precisione e Rigenerativa e Area Jonica indetto con D.D.G.2740/2025.      </t>
   </si>
   <si>
     <t>D\2026\62</t>
   </si>
   <si>
     <t>DESANTIS DOTT.SSA VANESSA</t>
   </si>
   <si>
     <t>D\2026\63</t>
   </si>
   <si>
     <t xml:space="preserve">Segretario Comm. esaminatrice concorso pubblico per titoli ed esami, n.1 posto  di Tecnologo di I livello Dip. di Medicina di Precisione e Rigenerativa e Area Jonica indetto con D.D.G.2740/2025.      </t>
   </si>
   <si>
     <t>D\2026\64</t>
   </si>
   <si>
+    <t>MORCIANO DANIELE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nomina presidente commissione giudicatrice bando selezione mediante valutazione comparativa dei curricula professionali e colloquio, di cui al D.D. n. 215/2025 - </t>
+  </si>
+  <si>
+    <t>Decreto di nomina D.D.  n. 2 del 31/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\333</t>
+  </si>
+  <si>
+    <t>FALCICCHIO GABRIELLA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nomina Componente commissione giudicatrice Bando selezione mediante valutazione comparativa dei curricula professionali e colloquio, di cui al D.D. n. 215/2025 - </t>
+  </si>
+  <si>
+    <t>D\2026\334</t>
+  </si>
+  <si>
+    <t>GALLOTTA Giulia Maria</t>
+  </si>
+  <si>
+    <t>D\2026\335</t>
+  </si>
+  <si>
+    <t>SOMMA CARMELA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nomina Segretario commissione giudicatrice Bando selezione mediante valutazione comparativa dei curricula professionali e colloquio, di cui al D.D. n. 215/2025 - </t>
+  </si>
+  <si>
+    <t>D\2026\336</t>
+  </si>
+  <si>
+    <t>SCHIAVULLI Nicola</t>
+  </si>
+  <si>
+    <t>Incarico di docenza, formazione a favore della Federazione Gilda UNAMS sede di Napoli.</t>
+  </si>
+  <si>
+    <t>Prot. n. 48608/VII/4 del 16/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\337</t>
+  </si>
+  <si>
+    <t>Landi Vincenzo</t>
+  </si>
+  <si>
+    <t>Incarico di docenza nell’ambito del Master universitario di II livello in Gestione della salute dei bovini, A.A. 2025/2026</t>
+  </si>
+  <si>
+    <t>Nota prot.n.476 del 02/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\338</t>
+  </si>
+  <si>
+    <t>DE PALO Pasquale</t>
+  </si>
+  <si>
+    <t>Nota prot.n.505 del 04/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\339</t>
+  </si>
+  <si>
+    <t>Attività di supporto  amministrativo progetto - POT Uniba prof.Tamma</t>
+  </si>
+  <si>
+    <t>2026-03-02T00:00:00</t>
+  </si>
+  <si>
+    <t>Conferimento incarico nota Prot.44 del 09/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\554</t>
+  </si>
+  <si>
+    <t>Conferimento incarico nota Prot.25 del 08/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\555</t>
+  </si>
+  <si>
+    <t>PALELLA Giuseppe</t>
+  </si>
+  <si>
+    <t>Conferimento incarico nota Prot.46 del 09/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\556</t>
+  </si>
+  <si>
+    <t>PASTORE DOTT. FRANCESCO</t>
+  </si>
+  <si>
+    <t>Attività di orientamento e laboratori tematici progetto - POT Uniba prof.Tamma</t>
+  </si>
+  <si>
+    <t>Conferimento incarico nota Prot.65  del 12/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\557</t>
+  </si>
+  <si>
+    <t>SIMON ULRIKE ROSEMARIE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Didattica della lingua tedesca' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\558</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insegnamento di 'Tecniche e metodologie di conversazione (tedesco)' nell'ambito del Percorso formativo abilitante - 60 CFU (art.13 DPCM 4 agosto 2023).  _x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\559</t>
+  </si>
+  <si>
+    <t>NISIO ANTONIO</t>
+  </si>
+  <si>
+    <t>Prot. n.235 -VII/4 del 28/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\560</t>
+  </si>
+  <si>
+    <t>BERGANTINO Angela Stefania</t>
+  </si>
+  <si>
+    <t>Prot. n.237 -VII/4 del 28/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\561</t>
+  </si>
+  <si>
+    <t>BALDASSARRE FABRIZIO</t>
+  </si>
+  <si>
+    <t>Prot. n.240 -VII/4 del 28/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\562</t>
+  </si>
+  <si>
+    <t>BAVARO Vincenzo</t>
+  </si>
+  <si>
+    <t>Prot. n.242 -VII/4 del 28/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\563</t>
+  </si>
+  <si>
+    <t>IAQUINTA Massimo</t>
+  </si>
+  <si>
+    <t>Incarico per svolgere attività di formazione Il Documento di Programmazione Triennale dei Dipartimenti – DPT: Supporto alla Programmazione 2026-28 ed alla Rendicontazione 2025</t>
+  </si>
+  <si>
+    <t>2026-04-15T00:00:00</t>
+  </si>
+  <si>
+    <t>Nota del Direttore Generale prot. n. 71270 del 03.03.2026</t>
+  </si>
+  <si>
+    <t>D\2026\565</t>
+  </si>
+  <si>
+    <t>LOLLO GIUSEPPE</t>
+  </si>
+  <si>
+    <t>Incarico per svolgere attività di formazione Il Documento di Programmazione Triennale dei Dipartimenti – DPT: Supporto alla Programmazione 2026-28 ed alla Rendicontazione 2025.</t>
+  </si>
+  <si>
+    <t>Nota del Direttore Generale prot. n. 71273 del 03.03.2026</t>
+  </si>
+  <si>
+    <t>D\2026\566</t>
+  </si>
+  <si>
+    <t>Nota del Direttore Generale prot. n. 71278 del 03.03.2026</t>
+  </si>
+  <si>
+    <t>D\2026\567</t>
+  </si>
+  <si>
+    <t>DI BARI Domenico</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CORSO VOLTO AL RAFFORZAMENTO DELLE COMPETENZE INIZIALI </t>
+  </si>
+  <si>
+    <t>LETTERA DI INCARICO DEL 22/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\571</t>
+  </si>
+  <si>
+    <t>CLODOVEO MARIA LISA</t>
+  </si>
+  <si>
+    <t>SEMINARI PER UN TOTALE DI 2 ORE COMPLESSIVE NELL'AMBITO DEL CORSO DI PERFEZIONAMENTO IN NUTRIZIONE UMANA A.A. 2025/2026</t>
+  </si>
+  <si>
+    <t>Prot. nr. 749 - VII/4   del  05/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\572</t>
+  </si>
+  <si>
+    <t>Vigilanza prova scritta del concorso pubblico, per titoli ed esami, per n.1 Funzionario a T.I., profilo Tecnico esperto di laboratorio per le esigenze del DiBraiN , indetto con D.D.G. 2125/2025.</t>
+  </si>
+  <si>
+    <t>D.D.G..n. 369 del 05/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\573</t>
+  </si>
+  <si>
+    <t>D\2026\574</t>
+  </si>
+  <si>
     <t>D'AQUINO Sabino</t>
   </si>
   <si>
     <t>Conferimento di incarico per le attività di supporto amministrativo per la gestione del database esse3/UGOV nell’ambito del master di I livello in “Philosophy, Politcs and Economics in Med” a.a. 25/26</t>
   </si>
   <si>
     <t>Prot. n. 254 - VII/4 del 29/01/2026</t>
   </si>
   <si>
     <t>D\2026\140</t>
   </si>
   <si>
-    <t>COLELLA GIORGIA</t>
-[...1 lines deleted...]
-  <si>
     <t>Coordinatore Vigilanza prova Scritta del concorso pubblico, per esami, n.1 Collaboratore a T.I.,profilo Supp. attività progr. contr, indetto con DDG 1922/25.</t>
   </si>
   <si>
     <t>D.D.G..n. 219 del 29/01/2026</t>
   </si>
   <si>
     <t>D\2026\141</t>
   </si>
   <si>
-    <t>UNGARO FRANCESCO PIO</t>
-[...1 lines deleted...]
-  <si>
     <t>D\2026\142</t>
   </si>
   <si>
-    <t>CARBONE CLAUDIA</t>
-[...1 lines deleted...]
-  <si>
     <t>Comitato Vigilanza prova Scritta del concorso pubblico, per esami, n.1 Collaboratore a T.I.,profilo Supp. attività progr. contr, indetto con DDG 1922/25.</t>
   </si>
   <si>
     <t>D\2026\143</t>
   </si>
   <si>
     <t>DIRENZO MONICA IMMACOLATA</t>
   </si>
   <si>
     <t>D\2026\144</t>
   </si>
   <si>
     <t>MANCHISI NICOLA</t>
   </si>
   <si>
     <t>D\2026\145</t>
   </si>
   <si>
-    <t>Salvatore Francesco</t>
-[...1 lines deleted...]
-  <si>
     <t>D\2026\146</t>
   </si>
   <si>
     <t>VITARELLA PAOLA</t>
   </si>
   <si>
+    <t>Tutor Vigilanza prova Scritta del concorso pubblico, per esami, n.1 Collaboratore a T.I.,profilo Supp. attività progr. contr, indetto con DDG 1922/25.</t>
+  </si>
+  <si>
     <t>D\2026\147</t>
   </si>
   <si>
-    <t>DE MASTRO Giuseppe</t>
+    <t>Incarico di docenza nell’ambito di attività seminariali previste dalla Scuola di Specializzazione in “Malattie infettive, profilassi e polizia veterinaria” – A.A. 2025/2026</t>
+  </si>
+  <si>
+    <t>Consiglio di Dipartimento di Medicina Veterinaria del 18/02/2026 - Nota prot.n. 1031 del 27/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\891</t>
+  </si>
+  <si>
+    <t>docenza orientativa nell'ambito del progetto Orienteering A.S. 24-26 Investimento 1.6 PNRR - NextGenerationEU - CUP H97G240001000007</t>
+  </si>
+  <si>
+    <t>PROT N.86616-VII/4 DEL 13.03.2026</t>
+  </si>
+  <si>
+    <t>D\2026\892</t>
+  </si>
+  <si>
+    <t>CASCIONE Claudia Morgana</t>
+  </si>
+  <si>
+    <t>Conferimento di incarico di docenza nell’ambito delle competenze trasversali “Condividere e proteggere la ricerca: proprietà intellettuale, open scienze e tutela dei dati” - A.A. 2025/2026.</t>
+  </si>
+  <si>
+    <t>Conferimento d'incarico prot. n.632 -III/13 del 09/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\894</t>
+  </si>
+  <si>
+    <t>Conferimento di incarico per la gestione della piattaforma INPS necessaria allo svolgimento del Corso di aggiornamento professionale INPS VALORE P.A. 2025 “Gestione delle relazioni e dei conflitti, in</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.695 DEL 12.03.2026</t>
+  </si>
+  <si>
+    <t>D\2026\901</t>
+  </si>
+  <si>
+    <t xml:space="preserve">conferimento di incarico per la gestione amministrativa-contabile necessaria allo svolgimento del Corso di aggiornamento professionale INPS VALORE P.A. 2025 “Gestione delle relazioni e dei conflitti, </t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.696 DEL 12.03.2026</t>
+  </si>
+  <si>
+    <t>D\2026\902</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.697  DEL 12.03.2026</t>
+  </si>
+  <si>
+    <t>D\2026\903</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Conferimento di incarico per la gestione amministrativa-contabile necessaria allo svolgimento del Corso di aggiornamento professionale INPS VALORE P.A. 2025 “Gestione delle relazioni e dei conflitti, </t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.698 DEL 12.03.2026</t>
+  </si>
+  <si>
+    <t>D\2026\904</t>
+  </si>
+  <si>
+    <t>DI BARI Giorgio</t>
+  </si>
+  <si>
+    <t>Conferimento di incarico per le attività necessarie allo svolgimento del Corso di aggiornamento professionale INPS VALORE P.A. 2025 “Gestione delle relazioni e dei conflitti, inclusione delle diversit</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.694 DEL 12.03.2026</t>
+  </si>
+  <si>
+    <t>D\2026\905</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Collaborazione occasione con Università Luigi Bocconi di Milano - Revisione  e verifica del testo inglese Business history of Multinationals. </t>
+  </si>
+  <si>
+    <t>2026-03-28T00:00:00</t>
+  </si>
+  <si>
+    <t>Nota di comunicazione prot. n, 71201 del 03/03/2026 della dipendente Christopher Sarah Jane</t>
+  </si>
+  <si>
+    <t>D\2026\868</t>
+  </si>
+  <si>
+    <t>Attività di docenza CURSUS 2025/2026</t>
+  </si>
+  <si>
+    <t>Nota Prot. 1245  del  13/03/2025 - Dipartimento Interdisciplinare di Medicina</t>
+  </si>
+  <si>
+    <t>D\2026\869</t>
+  </si>
+  <si>
+    <t>LUPO MARIANGELA</t>
+  </si>
+  <si>
+    <t>Insegnamento occasionale presso LEADER SOC. COOP. CONSORTILE per il Modulo formativo ACCESSO A FONTI DI FINANZIAMENTO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOTA AUTORIZZAZIONE Prot n. 85030 del 13/03/2026  </t>
+  </si>
+  <si>
+    <t>D\2026\870</t>
+  </si>
+  <si>
+    <t>Attività di docenza Tecnologie alimentari  - I anno   della Scuola di Specializzazione TePACS A..A. 2025/2026</t>
+  </si>
+  <si>
+    <t>Lettera Conferimento incarico  Prot n. 1173 – VII/4  del 12/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\871</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CONSIGLIERE ONORARIO </t>
+  </si>
+  <si>
+    <t>Nota rettorale prot. N. 7838  del 13.01.2025 ( autorizzazione preventiva) e Nota rettorale prot. N. 58270 del 20.02.2026</t>
+  </si>
+  <si>
+    <t>D\2026\872</t>
+  </si>
+  <si>
+    <t>Conferimento di incarico per attività di docenza nell’ambito del Corso Inps ValorePA 2025 Gestione delle relazioni e dei conflitti, inclusione delle diversità, benessere organizzativo A.A. 2025/2026</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.677 DEL 11.03.2026</t>
+  </si>
+  <si>
+    <t>D\2026\873</t>
+  </si>
+  <si>
+    <t>Conferimento di incarico per attività di docenza nell’ambito del Corso Inps ValorePA 2025 Gestione delle relazioni e dei conflitti, inclusione delle diversità, benessere organizzativo A.A. 2025/2026.</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.692 DEL 12.03.2026</t>
+  </si>
+  <si>
+    <t>D\2026\874</t>
+  </si>
+  <si>
+    <t>2026-04-29T00:00:00</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.690 DEL 12.03.2026</t>
+  </si>
+  <si>
+    <t>D\2026\876</t>
+  </si>
+  <si>
+    <t>2026-05-14T00:00:00</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.680 DEL 11.03.2026</t>
+  </si>
+  <si>
+    <t>D\2026\877</t>
+  </si>
+  <si>
+    <t>2026-05-21T00:00:00</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.679  DEL 11.3.2026</t>
+  </si>
+  <si>
+    <t>D\2026\879</t>
+  </si>
+  <si>
+    <t>VIMERCATI Aurora Adriana</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.691 DEL 12.3.2026</t>
+  </si>
+  <si>
+    <t>D\2026\880</t>
+  </si>
+  <si>
+    <t>Docenza per PF abilitanti classe A041 -  DIDATTICA DELLA PROGRAMMAZIONE - l’a.a. 2025/2026</t>
+  </si>
+  <si>
+    <t>2026-05-04T00:00:00</t>
+  </si>
+  <si>
+    <t>CdD del 26/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\883</t>
+  </si>
+  <si>
+    <t>PLANTAMURA PAOLA</t>
+  </si>
+  <si>
+    <t>Docenza per PF abilitanti classe A041 -  Saperi Essenziali, Etica, Epistemologia ed Aspetti Sociali dell'Informatica - l’a.a. 2025/2026</t>
+  </si>
+  <si>
+    <t>D\2026\884</t>
+  </si>
+  <si>
+    <t>INGENNI Anita</t>
+  </si>
+  <si>
+    <t>Conferimento incarico di docenza nell’ambito del Corso relativo l’acquisizione delle competenze trasversali dal titolo:Dalla progettazione europea alla terza missione. Anno 2026.</t>
+  </si>
+  <si>
+    <t>Delibera Consiglio di Dipartimento del 18/02/2026. Nota prot.n.1298 del 12/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\885</t>
+  </si>
+  <si>
+    <t>Docenza per PF abilitanti classe A041 -  Didattica degli Algoritmi e Strutture Dati - l’a.a. 2025/2026</t>
+  </si>
+  <si>
+    <t>D\2026\886</t>
+  </si>
+  <si>
+    <t>TROTTA Adriana</t>
+  </si>
+  <si>
+    <t>Delibera Consiglio di Dipartimento del 18/02/2026. Nota prot.n.1300 del 12/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\887</t>
+  </si>
+  <si>
+    <t>Docenza per PF abilitanti classe A041 - Didattica dei Sistemi di Elaborazione, Reti e Sicurezza - l’a.a. 2025/2026</t>
+  </si>
+  <si>
+    <t>D\2026\889</t>
+  </si>
+  <si>
+    <t>BUONO PAOLO</t>
+  </si>
+  <si>
+    <t>Docenza per PF abilitanti classe A041 - Didattica della Gestione dei Dati e delle Informazioni - l’a.a. 2025/2026</t>
+  </si>
+  <si>
+    <t>D\2026\890</t>
+  </si>
+  <si>
+    <t>AIUDI GIULIO GUIDO</t>
+  </si>
+  <si>
+    <t>2026-05-11T00:00:00</t>
+  </si>
+  <si>
+    <t>Consiglio di Dipartimento di Medicina Veterinaria del 18/02/2026 - Nota prot.n. 1077 del 03/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\909</t>
+  </si>
+  <si>
+    <t>CRISTALLO Domenico</t>
+  </si>
+  <si>
+    <t>Incarico didattico Corso di Competenze trasversali per studentesse/ti - Benessere animale nel settore avicunicolo -A.A.2025/26</t>
+  </si>
+  <si>
+    <t>Consiglio di Dipartimento di Medicina Veterinaria del 18/02/2026 - Nota prot.n. 1153 del 05/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\910</t>
+  </si>
+  <si>
+    <t>BONERBA ELISABETTA</t>
+  </si>
+  <si>
+    <t>Incarico didattico Corso di Competenze trasversali per dottorande/i e specializzande/i- Dalla progettazione europea alla terza missione:strumenti per la ricerca medico-veterianaria -A.A.2025/26</t>
+  </si>
+  <si>
+    <t>Consiglio di Dipartimento di Medicina Veterinaria del 18/02/2026 - Nota prot.n. 1302 del 12/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\912</t>
+  </si>
+  <si>
+    <t>LUCENTE MARIA STELLA</t>
+  </si>
+  <si>
+    <t>Conferimento incarico di docenza nell’ambito del Corso relativo l’acquisizione delle competenze trasversali dal titolo Lavoriamo sicuri. Anno 2026.</t>
+  </si>
+  <si>
+    <t>2026-04-17T00:00:00</t>
+  </si>
+  <si>
+    <t>Delibera Consiglio di Dipartimento del 18/02/2026. Nota prot.n.1403 del 18/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\914</t>
+  </si>
+  <si>
+    <t>MALERBA Donato</t>
+  </si>
+  <si>
+    <t>Docenza per Competenze trasversali a.a. 2025-2026 - TECNOLOGIE DIGITALI EMERGENTI PER L'INNOVAZIONE INDUSTRIALE - BIG DATA</t>
+  </si>
+  <si>
+    <t>2026-10-31T00:00:00</t>
+  </si>
+  <si>
+    <t>D.D. N. 20 DEL 12/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\916</t>
+  </si>
+  <si>
+    <t>MEGNA VALENTINA</t>
+  </si>
+  <si>
+    <t>Delibera Consiglio di Dipartimento del 18/02/2026. Nota prot.n.1405 del 18/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\917</t>
+  </si>
+  <si>
+    <t>FALINI ANTONELLA</t>
+  </si>
+  <si>
+    <t>Docenza per Competenze trasversali a.a. 2025 - 2026 - TECNOLOGIE DIGITALI EMERGENTI PER L'INNOVAZIONE INDUSTRIALE - DATA SCIENCE</t>
+  </si>
+  <si>
+    <t>D\2026\918</t>
+  </si>
+  <si>
+    <t>ANDRESINI DOTT.SSA GIUSEPPINA</t>
+  </si>
+  <si>
+    <t>Docenza per Competenze trasversali a.a. 2025-2026 - TECNOLOGIE DIGITALI EMERGENTI PER L'INNOVAZIONE INDUSTRIALE - DATA SCIENCE</t>
+  </si>
+  <si>
+    <t>D\2026\919</t>
+  </si>
+  <si>
+    <t>Delibera Consiglio di Dipartimento del 18/02/2026. Nota prot.n.1307 del 13/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\920</t>
+  </si>
+  <si>
+    <t>MANCINO SILVIO</t>
+  </si>
+  <si>
+    <t>Conferimento di incarico per le attività necessarie allo svolgimento del Corso di aggiornamento  professionale INPS VALORE P.A. 2025 Gestione, Conservazione e Sicurezza dei Documenti Digitali nella</t>
+  </si>
+  <si>
+    <t>Prot. n. 622 - VII/4  del 06/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\921</t>
+  </si>
+  <si>
+    <t>2026-03-18T00:00:00</t>
+  </si>
+  <si>
+    <t>Delibera Consiglio di Dipartimento del 18/02/2026. Nota prot.n.1401 del 18/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\922</t>
+  </si>
+  <si>
+    <t>Conferimento di incarico gestione  piattaforma INPS Corso di aggiornamento professionale INPS VALORE P.A. 2025 Gestione, Conservazione e Sicurezza dei Documenti Digitali nella</t>
+  </si>
+  <si>
+    <t>Prot. n. 623 - VII/4  del 06/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\923</t>
+  </si>
+  <si>
+    <t>Conferimento di incarico gestione amministrativa contabile Corso di aggiornamento professionale INPS VALORE P.A. 2025 Gestione, Conservazione e Sicurezza dei Documenti Digitali nella</t>
+  </si>
+  <si>
+    <t>Prot. n. 624 - VII/4  del 06/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\925</t>
+  </si>
+  <si>
+    <t>Prot. n. 625 - VII/4  del 06/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\926</t>
+  </si>
+  <si>
+    <t>Prot. n. 626 - VII/4  del 06/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\927</t>
+  </si>
+  <si>
+    <t>RODIO Raffaele Guido</t>
+  </si>
+  <si>
+    <t>INPS VALORE PA 2025 : Conferimento di Incarico per docenza nell’ambito del corso di formazione INPS VALORE PA Gestione, conservazione e sicurezza dei docuemnti digitali nella P.A.a.a.2025/2026</t>
+  </si>
+  <si>
+    <t>Prot. n. 658 - III/7  del 10/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\928</t>
+  </si>
+  <si>
+    <t>bonomi andrea</t>
+  </si>
+  <si>
+    <t>Prot. n. 662 - III/7  del 10/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\929</t>
+  </si>
+  <si>
+    <t>GENOVESE Amarillide</t>
+  </si>
+  <si>
+    <t>Prot. n. 664 - III/7  del 10/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\930</t>
+  </si>
+  <si>
+    <t>PERCHINUNNO Francesco</t>
+  </si>
+  <si>
+    <t>Prot. n. 666 - III/7  del 10/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\931</t>
+  </si>
+  <si>
+    <t>Master : Conferimento di Incarico per docenza nell’ambito del Master in “Salute e sicurezza sui luoghi di lavoro. Profili giuridici, medico-sanitari e tecnici” - a.a. 2025-2026.</t>
+  </si>
+  <si>
+    <t>Prot. n. 593 - III/5 del 05/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\934</t>
+  </si>
+  <si>
+    <t>LECCESE Vito Sandro</t>
+  </si>
+  <si>
+    <t>2026-04-02T00:00:00</t>
+  </si>
+  <si>
+    <t>Prot. n. 614 - III/5 del 05/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\935</t>
+  </si>
+  <si>
+    <t>DI RIENZO Massimo</t>
+  </si>
+  <si>
+    <t>Consulenza Tecnica</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. n. 13803 del 20.01.2026 </t>
+  </si>
+  <si>
+    <t>D\2026\202</t>
+  </si>
+  <si>
+    <t>Conferimento di incarico per attività di coordinamento nell’ambito del Corso di Formazione INPS VALORE PA Gestione, Conservazione e Sicurezza dei Documenti Digitali nella P.A.a.a. 2025/2026</t>
+  </si>
+  <si>
+    <t>Prot. n. 330 - III/7 del 05/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\204</t>
+  </si>
+  <si>
+    <t>Conferimento di incarico per attività di selezione nell’ambito del Corso di Formazione INPS VALORE PA Gestione, Conservazione e Sicurezza dei Documenti Digitali nella P.A.a.a. 2025/2026</t>
+  </si>
+  <si>
+    <t>Prot. n. 335 - III/7 del 05/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\205</t>
+  </si>
+  <si>
+    <t>Prot. n. 338 - III/7 del 05/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\206</t>
+  </si>
+  <si>
+    <t>LUCHENA Giovanni</t>
+  </si>
+  <si>
+    <t>Prot. n. 339 - III/7 del 05/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\207</t>
+  </si>
+  <si>
+    <t>IURILLI Vincenzo</t>
+  </si>
+  <si>
+    <t>Cessione diritti di autore relativi a un file divulgativo sul tema Le Grotte di Conversano: rilievi di ieri e di oggi.</t>
+  </si>
+  <si>
+    <t>PROT. N. 32619 DEL 05/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\209</t>
+  </si>
+  <si>
+    <t>NOTA PROT N. 11577 - VII/4 DEL 19.01.2026</t>
+  </si>
+  <si>
+    <t>D\2026\210</t>
+  </si>
+  <si>
+    <t>Incarico di docenza Corso di alta formazione Riorganizzare la PA: dal capitale umano alla misurazione dei risultati (CO-RIPA</t>
+  </si>
+  <si>
+    <t>2026-04-23T00:00:00</t>
+  </si>
+  <si>
+    <t>Prot n. 33151 del 05/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\214</t>
+  </si>
+  <si>
+    <t>componente commissione banco occasionale D.D. 8/2026 - resp. Bochicchio</t>
+  </si>
+  <si>
+    <t>D.D. 14/2026</t>
+  </si>
+  <si>
+    <t>D\2026\216</t>
+  </si>
+  <si>
+    <t>LOGLISCI CORRADO</t>
+  </si>
+  <si>
+    <t>D\2026\218</t>
+  </si>
+  <si>
+    <t>BOCHICCHIO MARIO ALESSANDRO</t>
+  </si>
+  <si>
+    <t>D\2026\219</t>
   </si>
   <si>
     <t>Presidente della Commissione di valutazione per l'Avviso operai DD. 8/2026</t>
   </si>
   <si>
-    <t>2026-01-28T00:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>DD. 19 del 26/01/2026</t>
   </si>
   <si>
     <t>D\2026\104</t>
   </si>
   <si>
     <t>TEDONE Luigi</t>
   </si>
   <si>
     <t>Componente della Commissione di valutazione per l'Avviso operai DD. 8/2026</t>
   </si>
   <si>
     <t>D\2026\105</t>
   </si>
   <si>
-    <t>MANOLIO Giovanni</t>
-[...1 lines deleted...]
-  <si>
     <t>D\2026\106</t>
+  </si>
+  <si>
+    <t>Attività di docenza - I anno  della Scuola di Specializzazione TePACS A..A. 2025/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lettera iincarico  Prot. n  1169– VII/4   del 12/032026_x000D_
+</t>
+  </si>
+  <si>
+    <t>D\2026\755</t>
+  </si>
+  <si>
+    <t>Lettera Conferimento incarico  Prot n. 1186 – VII/4  del 12/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\756</t>
+  </si>
+  <si>
+    <t>Attività di docenza Nutrizione e alimentazione cunicola - I anno   della Scuola di Specializzazione TePACS A..A. 2025/2026</t>
+  </si>
+  <si>
+    <t>D\2026\757</t>
+  </si>
+  <si>
+    <t>Attività di docenza  Lingua inglese  - I anno   della Scuola di Specializzazione TePACS A..A. 2025/2026</t>
+  </si>
+  <si>
+    <t>D\2026\758</t>
+  </si>
+  <si>
+    <t>LAUDADIO Vito</t>
+  </si>
+  <si>
+    <t>Attività di docenza - I anno   della Scuola di Specializzazione TePACS A..A. 2025/2026</t>
+  </si>
+  <si>
+    <t>Lettera Conferimento incarico  Prot n. 1187 – VII/4  del 12/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\759</t>
+  </si>
+  <si>
+    <t>PARADIES PAOLA</t>
+  </si>
+  <si>
+    <t>Lettera Conferimento incarico  Prot n. 1179 – VII/4  del 12/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\760</t>
+  </si>
+  <si>
+    <t>QUAGLIA NICOLETTA CRISTIANA</t>
+  </si>
+  <si>
+    <t>Lettera Conferimento incarico  Prot n. 1181 – VII/4  del 12/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\761</t>
+  </si>
+  <si>
+    <t>PASSANTINO Letizia</t>
+  </si>
+  <si>
+    <t>Lettera Conferimento incarico  Prot n. 1180 – VII/4  del 12/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\762</t>
+  </si>
+  <si>
+    <t>SELVAGGI MARIA</t>
+  </si>
+  <si>
+    <t>Lettera Conferimento incarico  Prot n. 1182 – VII/4  del 12/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\764</t>
+  </si>
+  <si>
+    <t>CIRCELLA ELENA</t>
+  </si>
+  <si>
+    <t>Consiglio di Dipartimento di Medicina Veterinaria del 18/02/2026 - Nota prot.n. 1149 del 05/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\766</t>
+  </si>
+  <si>
+    <t>MAGGIOLINO ARISTIDE</t>
+  </si>
+  <si>
+    <t>Consiglio di Dipartimento di Medicina Veterinaria del 18/02/2026 - Nota prot.n. 1155 del 05/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\767</t>
+  </si>
+  <si>
+    <t>COMPONENTE COMMISSIONE BANDO OCCASIONALE D.D. 23/2026- prog. SIA LABS - resp. Semeraro</t>
+  </si>
+  <si>
+    <t>D.D. N. 29 de 03/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\768</t>
+  </si>
+  <si>
+    <t>D\2026\769</t>
+  </si>
+  <si>
+    <t>D\2026\770</t>
+  </si>
+  <si>
+    <t>DEPALO ANNA</t>
+  </si>
+  <si>
+    <t>D\2026\771</t>
+  </si>
+  <si>
+    <t>COMPONENTE COMMISSIONE BANDO OCCASIONALE D.D. 24/2026- prog. SIA LABS - resp. Semeraro</t>
+  </si>
+  <si>
+    <t>D.D. N. 30 de 03/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\772</t>
+  </si>
+  <si>
+    <t>CASALINO GABRIELLA</t>
+  </si>
+  <si>
+    <t>D\2026\773</t>
+  </si>
+  <si>
+    <t>MENCAR CORRADO</t>
+  </si>
+  <si>
+    <t>D\2026\774</t>
+  </si>
+  <si>
+    <t>CASTELLANO GIOVANNA</t>
+  </si>
+  <si>
+    <t>D\2026\775</t>
+  </si>
+  <si>
+    <t>D\2026\159</t>
+  </si>
+  <si>
+    <t>D\2026\160</t>
+  </si>
+  <si>
+    <t>D\2026\161</t>
+  </si>
+  <si>
+    <t>D\2026\162</t>
+  </si>
+  <si>
+    <t>D\2026\163</t>
+  </si>
+  <si>
+    <t>D\2026\164</t>
+  </si>
+  <si>
+    <t>CHIARAPPA SIMONE</t>
+  </si>
+  <si>
+    <t>D\2026\165</t>
+  </si>
+  <si>
+    <t>BALDASSARRE MICHELE</t>
+  </si>
+  <si>
+    <t>n. 2 Attività denominata TIC  nell'ambito del corso di specialiizazione per le attività di sostegno (TFA sostegno)  - X ciclo, a.a. 2024/25 scuola infanzia e primaria</t>
+  </si>
+  <si>
+    <t>D.D. n. 6 del 20/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\170</t>
+  </si>
+  <si>
+    <t>FORNASARI ALBERTO</t>
+  </si>
+  <si>
+    <t>n. 2 Attività denominata TIC  nell'ambito del corso di specialiizazione per le attività di sostegno (TFA sostegno)  - X ciclo, a.a. 2024/25 scuola I e II grado</t>
+  </si>
+  <si>
+    <t>D\2026\171</t>
+  </si>
+  <si>
+    <t>DEL PRETE Francesco</t>
+  </si>
+  <si>
+    <t>Addetto antincendio a rischio elevato a titolo gratuito per manifestazioni, spettacoli pubblici.</t>
+  </si>
+  <si>
+    <t>PROT. N. 6572 DEL 13/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\172</t>
+  </si>
+  <si>
+    <t>ROSSINI VALERIA</t>
+  </si>
+  <si>
+    <t>Affidamento insegnamento nell'abito del TFA sostegno- X ciclo, a.a. 2024/25 insegnamenti trasversale scuola secondaria di I grado</t>
+  </si>
+  <si>
+    <t>DD n. 9 del 26/01/2026</t>
+  </si>
+  <si>
+    <t>D\2026\174</t>
+  </si>
+  <si>
+    <t>MARANGELLI Monica Micaela</t>
+  </si>
+  <si>
+    <t>Presidente Comm. esaminatrice concorso pubblico, per titoli ed esami, n.1 Funzionario a tempo indeterminato, profilo Tecnico esperto di laboratorio presso DiBraiN, indetto con DDG 2125/25.</t>
+  </si>
+  <si>
+    <t>2026-08-28T00:00:00</t>
+  </si>
+  <si>
+    <t>D.D.G. n. 227 del 03/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\179</t>
+  </si>
+  <si>
+    <t>COCCO Tiziana Maria</t>
+  </si>
+  <si>
+    <t>Componente Comm. esaminatrice concorso pubblico, per titoli ed esami, n.1 Funzionario a tempo indeterminato, profilo Tecnico esperto di laboratorio presso DiBraiN, indetto con DDG 2125/25.</t>
+  </si>
+  <si>
+    <t>D\2026\180</t>
+  </si>
+  <si>
+    <t>VICANO Cinzia</t>
+  </si>
+  <si>
+    <t>D\2026\181</t>
+  </si>
+  <si>
+    <t>NOTARANGELO Eugenia</t>
+  </si>
+  <si>
+    <t>Segretario Comm. esaminatrice concorso pubblico, per titoli ed esami, n.1 Funzionario a tempo indeterminato, profilo Tecnico esperto di laboratorio presso DiBraiN, indetto con DDG 2125/25.</t>
+  </si>
+  <si>
+    <t>D\2026\182</t>
+  </si>
+  <si>
+    <t>DI MASI Nicola Giovanni</t>
+  </si>
+  <si>
+    <t>Collaborazione occasionale consistente nella manutenzione, strumentazione e analisi NMR di campioni in soluzione e allo stato solidio.</t>
+  </si>
+  <si>
+    <t>PROT. N. 29347 DEL 03/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\183</t>
+  </si>
+  <si>
+    <t>COMPONENTE COMMISSIONE DI SELEZIONE NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “LA PREVENZIONE DELLA CORRUZIONE NEI COMPORTAMENTI DEI DIPENDENTI DELLA PA</t>
+  </si>
+  <si>
+    <t>PROT. N. 490 DEL 03/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\184</t>
+  </si>
+  <si>
+    <t>RECCHIA GIUSEPPE</t>
+  </si>
+  <si>
+    <t>PROT. N. 491 DEL 03/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\185</t>
+  </si>
+  <si>
+    <t>NICO Anna Maria</t>
+  </si>
+  <si>
+    <t>PROT. N. 492 DEL 03/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\186</t>
+  </si>
+  <si>
+    <t>COMPONENTE COMMISSIONE DI SELEZIONE NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “QUALITA' E QUANTITA' DEL SERVIZIO PUBBLICO NELL'ORGANIZZAZIONE DEL LAVORO PRODUTTIVO</t>
+  </si>
+  <si>
+    <t>PROT. N. 493 DEL 03/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\187</t>
+  </si>
+  <si>
+    <t>PROT. N. 494 DEL 03/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\188</t>
+  </si>
+  <si>
+    <t>MARINO DOTT. DONATO</t>
+  </si>
+  <si>
+    <t>PROT. N. 495 DEL 03/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\189</t>
+  </si>
+  <si>
+    <t>COMPONENTE COMMISSIONE DI SELEZIONE NELL’AMBITO DEL CORSO DI AGGIORNAMENTO PROFESSIONALE INPS VALORE P.A. 2025 “SERVIZI ONLINE DELLE P.A. PER GLI UTENTI: COMUNICAZIONE WEB E POTENZIAMENTO DELLE TECNO.</t>
+  </si>
+  <si>
+    <t>PROT. N. 496 DEL 03/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\190</t>
+  </si>
+  <si>
+    <t>Conferimento incarico per attività di coordinamento all’intero del Corso Inps ValorePA 2025 “Gestione delle relazioni…” A.A. 2025 2026</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.341-III/7 DEL 5 febbraio 2026</t>
+  </si>
+  <si>
+    <t>D\2026\191</t>
+  </si>
+  <si>
+    <t>PROT. N. 497 DEL 03/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\192</t>
+  </si>
+  <si>
+    <t>PROT. N. 498 DEL 03/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\193</t>
+  </si>
+  <si>
+    <t>Conferimento incarico per attività di selezione all’intero del Corso Inps ValorePA 2025 “Gestione delle relazioni…” A.A. 2025 2026</t>
+  </si>
+  <si>
+    <t>2026-03-05T00:00:00</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.340-III/7  DEL 5 febbraio 2026</t>
+  </si>
+  <si>
+    <t>D\2026\194</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.337-III/7  DEL 5 febbraio 2026</t>
+  </si>
+  <si>
+    <t>D\2026\195</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.336-III/7  DEL 5 febbraio 2026</t>
+  </si>
+  <si>
+    <t>D\2026\196</t>
+  </si>
+  <si>
+    <t>DEMARINIS LOIOTILE ANNA MARIA</t>
+  </si>
+  <si>
+    <t>Collaboraz. occas. per supporto tecnico all'implementazione, gestione e rendicontazione del progetto: Interreg Grecia-Italia Safer:System of advanced technologies for environment Protection and risks</t>
+  </si>
+  <si>
+    <t>2027-06-30T00:00:00</t>
+  </si>
+  <si>
+    <t>PROT. N. 29354 DEL 03/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\197</t>
+  </si>
+  <si>
+    <t>BRUNETTI GIACOMINA</t>
+  </si>
+  <si>
+    <t>SEMINARIO DI 2 ORE NELL'AMBITO DEL CORSO DI PERFEZIONAMENTO IN NUTRIZIONE UMANA A.A. 2025/2026</t>
+  </si>
+  <si>
+    <t>2026-05-23T00:00:00</t>
+  </si>
+  <si>
+    <t>PROT. N. 406 - VII/4  DEL 05/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\198</t>
+  </si>
+  <si>
+    <t>DE PINTO MARIA CONCETTA</t>
+  </si>
+  <si>
+    <t>2026-03-14T00:00:00</t>
+  </si>
+  <si>
+    <t>PROT. N. 410 - VII/4   DEL 05/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\200</t>
+  </si>
+  <si>
+    <t>CORBO Filomena Faustina Rina</t>
+  </si>
+  <si>
+    <t>PROT. N. 411  DEL 05/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\201</t>
+  </si>
+  <si>
+    <t>FERRARA MIRENZI GIOVANNI FRANCESCO</t>
+  </si>
+  <si>
+    <t>Responsabile del Progetto incarico Professionale per rinnovo CPI Nuovi Dipartimenti Biologici, Lotto III Presidenza Valenzano e Ospedale Veterinario</t>
+  </si>
+  <si>
+    <t>2026-07-08T00:00:00</t>
+  </si>
+  <si>
+    <t>D.D.D. n. 174 del 10/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\748</t>
+  </si>
+  <si>
+    <t>Supporto tecnico al RUP incarico Professionale per rinnovo CPI Nuovi Dipartimenti Biologici, Lotto III Presidenza Valenzano e Ospedale Veterinario</t>
+  </si>
+  <si>
+    <t>D\2026\749</t>
+  </si>
+  <si>
+    <t>Supporto amministrativo al RUP incarico Professionale per rinnovo CPI Nuovi Dipartimenti Biologici, Lotto III Presidenza Valenzano e Ospedale Veterinario</t>
+  </si>
+  <si>
+    <t>D\2026\750</t>
+  </si>
+  <si>
+    <t>Supporto al RUP fase di gara incarico Professionale per rinnovo CPI Nuovi Dipartimenti Biologici, Lotto III Presidenza Valenzano e Ospedale Veterinario</t>
+  </si>
+  <si>
+    <t>2026-04-19T00:00:00</t>
+  </si>
+  <si>
+    <t>D\2026\751</t>
+  </si>
+  <si>
+    <t>Lettera Conferimento incarico  Prot n. 1176 – VII/4  del 12/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\794</t>
+  </si>
+  <si>
+    <t>TINELLI ANTONELLA</t>
+  </si>
+  <si>
+    <t>Lettera Conferimento incarico  Prot n. 1184 – VII/4  del 12/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\795</t>
+  </si>
+  <si>
+    <t>DAMBROSIO ANGELA</t>
+  </si>
+  <si>
+    <t>Lettera Conferimento incarico  Prot n. 1177 – VII/4  del 12/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\796</t>
+  </si>
+  <si>
+    <t>Presidente Comm. esaminatrice selez. pubblica, per titoli e colloquio, per n.1 contratto di lavoro autonomo, profilo Psicologo/Psicoterapeuta progetto Moebius 2, indetta con DDG 316/2026</t>
+  </si>
+  <si>
+    <t>D.D.G. n. 423 del 13/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\799</t>
+  </si>
+  <si>
+    <t>EPIFANI MARIA CRISTINA</t>
+  </si>
+  <si>
+    <t>Componente Comm. esaminatrice selez. pubblica, per titoli e colloquio, per n.1 contratto di lavoro autonomo, profilo Psicologo/Psicoterapeuta progetto Moebius 2, indetta con DDG 316/2026</t>
+  </si>
+  <si>
+    <t>D\2026\800</t>
+  </si>
+  <si>
+    <t>MANGIULLI IVAN</t>
+  </si>
+  <si>
+    <t>D\2026\801</t>
+  </si>
+  <si>
+    <t>PRUDENTINO Marika</t>
+  </si>
+  <si>
+    <t>Segretario Comm. esaminatrice selez. pubblica, per titoli e colloquio, per n.1 contratto di lavoro autonomo, profilo Psicologo/Psicoterapeuta progetto Moebius 2, indetta con DDG 316/2026</t>
+  </si>
+  <si>
+    <t>D\2026\802</t>
+  </si>
+  <si>
+    <t>Presidente Comm. esaminatrice selez. pubblica, per titoli per n.2 contratti di lavoro autonomo, profilo Supervisore Counselor Terapeuta esperto per il Counseling Psicologico, indetta con DDG 347/2026</t>
+  </si>
+  <si>
+    <t>D.D.G. n. 424 del 13/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\803</t>
+  </si>
+  <si>
+    <t>Componente Comm. esaminatrice selez. pubblica, per titoli per n.2 contratti di lavoro autonomo, profilo Supervisore Counselor Terapeuta esperto per il Counseling Psicologico, indetta con DDG 347/2026</t>
+  </si>
+  <si>
+    <t>D\2026\804</t>
+  </si>
+  <si>
+    <t>LANCIANO TIZIANA</t>
+  </si>
+  <si>
+    <t>D\2026\805</t>
+  </si>
+  <si>
+    <t>MASTROVITI Domenica</t>
+  </si>
+  <si>
+    <t>Segretario Comm. esaminatrice selez. pubblica, per titoli per n.2 contratti di lavoro autonomo, profilo Supervisore Counselor Terapeuta esperto per il Counseling Psicologico, indetta con DDG 347/2026</t>
+  </si>
+  <si>
+    <t>D\2026\806</t>
+  </si>
+  <si>
+    <t>BARILE ROBERTO</t>
+  </si>
+  <si>
+    <t>Lettera Conferimento incarico  Prot n. 1188 – VII/4  del 12/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\807</t>
+  </si>
+  <si>
+    <t>LAI OLIMPIA</t>
+  </si>
+  <si>
+    <t>Lettera Conferimento incarico  Prot n. 1178 – VII/4  del 12/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\808</t>
+  </si>
+  <si>
+    <t>VALENTINI Luisa</t>
+  </si>
+  <si>
+    <t>Attività di docenza Tecnologie alimentari - I anno   della Scuola di Specializzazione TePACS A..A. 2025/2026</t>
+  </si>
+  <si>
+    <t>Lettera Conferimento incarico  Prot n. 1183 – VII/4  del 12/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\809</t>
+  </si>
+  <si>
+    <t>BALZANO VITO</t>
+  </si>
+  <si>
+    <t>1  Affidamento insegnamento nell'abito del del PF 30/60 - insegnamento trasversale - a.a. 2025/26</t>
+  </si>
+  <si>
+    <t>2026-05-07T00:00:00</t>
+  </si>
+  <si>
+    <t>Decreto n.40 del 25/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\811</t>
+  </si>
+  <si>
+    <t>RUBINI ANTONIA</t>
+  </si>
+  <si>
+    <t>1  Affidamento insegnamento nell'ambito del del PF 30/60 - insegnamento trasversale - a.a. 2025/26</t>
+  </si>
+  <si>
+    <t>D\2026\812</t>
+  </si>
+  <si>
+    <t>D\2026\813</t>
+  </si>
+  <si>
+    <t>BOSNA Vittoria</t>
+  </si>
+  <si>
+    <t>3  Affidamenti insegnamenti nell'ambito del del PF 30/60 - insegnamento trasversale - a.a. 2025/26</t>
+  </si>
+  <si>
+    <t>D\2026\816</t>
+  </si>
+  <si>
+    <t>2 Affidamenti insegnamenti nell'ambito del del PF 30/60 - insegnamento trasversale - a.a. 2025/26</t>
+  </si>
+  <si>
+    <t>D\2026\817</t>
+  </si>
+  <si>
+    <t>1 Affidamento insegnament0 nell'ambito del del PF 30/60 - insegnamento trasversale - a.a. 2025/26</t>
+  </si>
+  <si>
+    <t>D\2026\818</t>
+  </si>
+  <si>
+    <t>D\2026\819</t>
+  </si>
+  <si>
+    <t>AMATI ILENIA ANNUNZIATA</t>
+  </si>
+  <si>
+    <t>1 Affidamento insegnamento nell'ambito del del PF 30/60 - insegnamento trasversale - a.a. 2025/26</t>
+  </si>
+  <si>
+    <t>D\2026\820</t>
+  </si>
+  <si>
+    <t>GALLELLI Rosa</t>
+  </si>
+  <si>
+    <t>D\2026\821</t>
+  </si>
+  <si>
+    <t>Ascione Dott. Antonio</t>
+  </si>
+  <si>
+    <t>D\2026\822</t>
+  </si>
+  <si>
+    <t>Satta Prof. Gino</t>
+  </si>
+  <si>
+    <t>3 Affidamenti insegnamenti nell'ambito del del PF 30/60 - insegnamento trasversale - a.a. 2025/26</t>
+  </si>
+  <si>
+    <t>D\2026\823</t>
+  </si>
+  <si>
+    <t>D\2026\824</t>
+  </si>
+  <si>
+    <t>COPPOLA GABRIELLE</t>
+  </si>
+  <si>
+    <t>D\2026\825</t>
+  </si>
+  <si>
+    <t>DI CHIO DOTT. SABINO</t>
+  </si>
+  <si>
+    <t>D\2026\826</t>
+  </si>
+  <si>
+    <t>1 Affidamento insegnamenti nell'ambito del del PF 30/60 - insegnamento trasversale - a.a. 2025/26</t>
+  </si>
+  <si>
+    <t>D\2026\827</t>
+  </si>
+  <si>
+    <t>D\2026\828</t>
+  </si>
+  <si>
+    <t>BIANCHI Biagio</t>
+  </si>
+  <si>
+    <t>Componente commissioni tecniche provinciali per le materie ambientali</t>
+  </si>
+  <si>
+    <t>2028-02-11T00:00:00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N.71732 del 03.03.2026  </t>
+  </si>
+  <si>
+    <t>D\2026\829</t>
+  </si>
+  <si>
+    <t>LANZILOTTI ROSA</t>
+  </si>
+  <si>
+    <t>D\2026\830</t>
+  </si>
+  <si>
+    <t>D\2026\831</t>
+  </si>
+  <si>
+    <t>D\2026\832</t>
+  </si>
+  <si>
+    <t>D\2026\833</t>
+  </si>
+  <si>
+    <t>D\2026\834</t>
+  </si>
+  <si>
+    <t>MASSARO STEFANIA</t>
+  </si>
+  <si>
+    <t>D\2026\835</t>
+  </si>
+  <si>
+    <t>D\2026\836</t>
+  </si>
+  <si>
+    <t>Catella Dott.ssa Cristiana</t>
+  </si>
+  <si>
+    <t>Delibera Consiglio di Dipartimento del 18/02/2026. Nota prot.n.1309 del 13/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\839</t>
+  </si>
+  <si>
+    <t>SASSO RAFFAELLA</t>
+  </si>
+  <si>
+    <t>Delibera Consiglio di Dipartimento del 18/02/2026. Nota prot.n.1312 del 12/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\840</t>
+  </si>
+  <si>
+    <t>PROGETTAZIONE E COORDINAMENTO NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “QUALITA' E QUANTITA' DEL SERVIZIO PUBBLICO NELL'ORGANIZZAZIONE DEL LAVORO PRODUTTIVO”.</t>
+  </si>
+  <si>
+    <t>2026-10-30T00:00:00</t>
+  </si>
+  <si>
+    <t>NOTA PROT. N. 1186 DEL 09/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\842</t>
+  </si>
+  <si>
+    <t>DOCENZA NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “QUALITA' E QUANTITA' DEL SERVIZIO PUBBLICO NELL'ORGANIZZAZIONE DEL LAVORO PRODUTTIVO”.</t>
+  </si>
+  <si>
+    <t>NOTA PROT. N. 1187 DEL 09/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\843</t>
+  </si>
+  <si>
+    <t>: MONITORAGGIO E VALUTAZIONE NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “QUALITA' E QUANTITA' DEL SERVIZIO PUBBLICO NELL'ORGANIZZAZIONE DEL LAVORO PRODUTTIVO”.</t>
+  </si>
+  <si>
+    <t>NOTA PROT. N. 1188 DEL 09/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\844</t>
+  </si>
+  <si>
+    <t>MONITORAGGIO E VALUTAZIONE NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “QUALITA' E QUANTITA' DEL SERVIZIO PUBBLICO NELL'ORGANIZZAZIONE DEL LAVORO PRODUTTIVO”.</t>
+  </si>
+  <si>
+    <t>NOTA PROT. N. 1189 DEL 09/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\845</t>
+  </si>
+  <si>
+    <t>NOTA PROT. N. 1190 DEL 09/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\846</t>
+  </si>
+  <si>
+    <t>AFFIANCAMENTO CONSULENZIALE NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “QUALITA' E QUANTITA' DEL SERVIZIO PUBBLICO NELL'ORGANIZZAZIONE DEL LAVORO PRODUTTIVO”.</t>
+  </si>
+  <si>
+    <t>NOTA PROT. N. 1191 DEL 09/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\847</t>
+  </si>
+  <si>
+    <t>NOTA PROT. N. 1192 DEL 09/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\848</t>
+  </si>
+  <si>
+    <t>NOTA PROT. N. 1193 DEL 09/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\849</t>
+  </si>
+  <si>
+    <t>NOTA PROT. N. 1194 DEL 09/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\850</t>
+  </si>
+  <si>
+    <t>NOTA PROT. N. 1195 DEL 09/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\851</t>
+  </si>
+  <si>
+    <t>GUACCI TIZIANA</t>
+  </si>
+  <si>
+    <t>SUPPORTO ALL’ATTIVITA’ DI MONITORAGGIO NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “QUALITA' E QUANTITA' DEL SERVIZIO PUBBLICO NELL'ORGANIZZAZIONE DEL LAVORO PRODUTT</t>
+  </si>
+  <si>
+    <t>2027-04-30T00:00:00</t>
+  </si>
+  <si>
+    <t>NOTA PROT. N. 1204 DEL 09/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\852</t>
+  </si>
+  <si>
+    <t>SUPPORTO ALL’ATTIVITA’ DI MONITORAGGIO NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “LA PREVENZIONE DELLA CORRUZIONE NEI COMPORTAMENTI DEI DIPENDENTI DELLA PA</t>
+  </si>
+  <si>
+    <t>NOTA PROT. N. 1203 DEL 09/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\853</t>
+  </si>
+  <si>
+    <t>PROGETTAZIONE E COORDINAMENTO DIDATTICO NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “LA PREVENZIONE DELLA CORRUZIONE NEI COMPORTAMENTI DEI DIPENDENTI DELLA PA</t>
+  </si>
+  <si>
+    <t>NOTA PROT. N. 1281 DEL 13/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\854</t>
+  </si>
+  <si>
+    <t>DOCENZA DIDATTICO NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “LA PREVENZIONE DELLA CORRUZIONE NEI COMPORTAMENTI DEI DIPENDENTI DELLA PUBBLICA AMMINISTRAZIONE”.</t>
+  </si>
+  <si>
+    <t>NOTA PROT. N. 1282 DEL 13/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\855</t>
+  </si>
+  <si>
+    <t>AFFIANCAMENTO CONSULENZIALE NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “LA PREVENZIONE DELLA CORRUZIONE NEI COMPORTAMENTI DEI DIPENDENTI DELLA PA</t>
+  </si>
+  <si>
+    <t>NOTA PROT. N. 1283 DEL 13/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\856</t>
+  </si>
+  <si>
+    <t>NOTA PROT. N. 1284 DEL 13/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\857</t>
+  </si>
+  <si>
+    <t>NOTA PROT. N. 1285 DEL 13/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\858</t>
+  </si>
+  <si>
+    <t>MONITORAGGIO E VALUTAZIONE NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “LA PREVENZIONE DELLA CORRUZIONE NEI COMPORTAMENTI DEI DIPENDENTI DELLA PA</t>
+  </si>
+  <si>
+    <t>NOTA PROT. N. 1286 DEL 13/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\859</t>
+  </si>
+  <si>
+    <t>NOTA PROT. N. 1287 DEL 13/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\860</t>
+  </si>
+  <si>
+    <t>DOCENZA NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “LA PREVENZIONE DELLA CORRUZIONE NEI COMPORTAMENTI DEI DIPENDENTI DELLA PUBBLICA AMMINISTRAZIONE”.</t>
+  </si>
+  <si>
+    <t>NOTA PROT. N. 1288 DEL 13/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\861</t>
+  </si>
+  <si>
+    <t>GUSMAI Antonio</t>
+  </si>
+  <si>
+    <t>NOTA PROT. N. 1290 DEL 13/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\862</t>
+  </si>
+  <si>
+    <t>NOTA PROT. N. 1297 DEL 13/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\863</t>
+  </si>
+  <si>
+    <t>Vigilanza prova scritta concorso pubblico per esami, per n.1 Collaboratore a T.I., settore tecnico, profilo Tecnico di laboratorio per il Centro Did Sper del DISSPA , indetto con D.D.G. 1940/2025.</t>
+  </si>
+  <si>
+    <t>D.D.G..n. 317 del 18/102/2026</t>
+  </si>
+  <si>
+    <t>D\2026\346</t>
+  </si>
+  <si>
+    <t>D\2026\347</t>
+  </si>
+  <si>
+    <t>Pati Dott.ssa Roberta</t>
+  </si>
+  <si>
+    <t>Attività di docenza a titolo oneroso presso il CdL INF - BA/CAST - 1 anno - 1 semestre - AA 2025/2026</t>
+  </si>
+  <si>
+    <t>delibera della Scuola di Medicina, seduta del 17/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\351</t>
+  </si>
+  <si>
+    <t>STRISCIULLO Giuseppe</t>
+  </si>
+  <si>
+    <t>Collaborazione occasionale di Consulente Tecnico di Parte a favore del Dott. G. Colaianni, nel procedimento nr. 8954/25.</t>
+  </si>
+  <si>
+    <t>Prot. n. 16372/VII/4 del 13/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\354</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INCARICO DI PERITO TECNICO DI PARTE NELL'AMBITO DI PROCEDURA LEGALE </t>
+  </si>
+  <si>
+    <t>Prot. n.68945 del 27/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\524</t>
+  </si>
+  <si>
+    <t>CAMARDA Antonio</t>
+  </si>
+  <si>
+    <t>insegnamento Corso di Anatomia e Patologia aviarie</t>
+  </si>
+  <si>
+    <t>Nota rettorale prot. N. 68221  del 27.02.2026</t>
+  </si>
+  <si>
+    <t>D\2026\525</t>
+  </si>
+  <si>
+    <t>“esperto di radioprotezione, fisico sanitario e esperto responsabile</t>
+  </si>
+  <si>
+    <t>Nota rettorale prot. N. 68265  del 27.02.2026</t>
+  </si>
+  <si>
+    <t>D\2026\526</t>
+  </si>
+  <si>
+    <t>VILLANI GIOVANNI</t>
+  </si>
+  <si>
+    <t>incarico di docenza per il corso Economic problems in English</t>
+  </si>
+  <si>
+    <t>2026-06-21T00:00:00</t>
+  </si>
+  <si>
+    <t>Nota rettorale prot. N. 68283  del 27.02.2026</t>
+  </si>
+  <si>
+    <t>D\2026\527</t>
+  </si>
+  <si>
+    <t>incarico di docenza per il corso International capital and financial market</t>
+  </si>
+  <si>
+    <t>Nota rettorale prot. N. 68280  del 27.02.2026</t>
+  </si>
+  <si>
+    <t>D\2026\528</t>
+  </si>
+  <si>
+    <t>CATANESI Roberto</t>
+  </si>
+  <si>
+    <t>consulenza tecnica</t>
+  </si>
+  <si>
+    <t>2026-02-15T00:00:00</t>
+  </si>
+  <si>
+    <t>Nota rettorale prot. N. 68247  del 27.02.2026</t>
+  </si>
+  <si>
+    <t>D\2026\529</t>
+  </si>
+  <si>
+    <t>Esperto nell'ambito del progetto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 68733 del 27.02.2026          </t>
+  </si>
+  <si>
+    <t>D\2026\530</t>
+  </si>
+  <si>
+    <t>CAROCCI ALESSIA</t>
+  </si>
+  <si>
+    <t>Componente Comm. esaminatrice  concorso pubblico, per esami, n.2 posti Collaboratori  tempo indeterminato profilo Tecnico di laboratorio del CL in Farmacia (LM-13), indetto con D.D.G.1323/2025.</t>
+  </si>
+  <si>
+    <t>D.D.G. n. 354  del 03/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\531</t>
+  </si>
+  <si>
+    <t>Docenza di geografia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 71274 del 03.03.2026       </t>
+  </si>
+  <si>
+    <t>D\2026\533</t>
+  </si>
+  <si>
+    <t>PARISE MARIO</t>
+  </si>
+  <si>
+    <t>Consulenza tecnica</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nota rettorale prot. N. 71307 del 03.03.2026      </t>
+  </si>
+  <si>
+    <t>D\2026\534</t>
+  </si>
+  <si>
+    <t>DE FAZIO Maria Teresa</t>
+  </si>
+  <si>
+    <t>Supporto al RUP per la fase di gara rifacimento impianti rilevazione fumi e spegnimento Archivio di Ateneo - Valenzano</t>
+  </si>
+  <si>
+    <t>D.D.G. n. 335 del 23/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\577</t>
+  </si>
+  <si>
+    <t>LEPORE Ernesto Dario Marco</t>
+  </si>
+  <si>
+    <t>D\2026\578</t>
+  </si>
+  <si>
+    <t>FALCICCHIO Maria Loredana</t>
+  </si>
+  <si>
+    <t>D\2026\579</t>
+  </si>
+  <si>
+    <t>ANACLERIO GIUSEPPE</t>
+  </si>
+  <si>
+    <t>D\2026\580</t>
+  </si>
+  <si>
+    <t>ATTIVITA’ DI PROGETTAZIONE E COORDINAMENTO NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “LA PREVENZIONE DELLA CORRUZIONE NEI COMPORTAMENTI DEI DIPENDENTI DELLA PA</t>
+  </si>
+  <si>
+    <t>PROT. N. 938 DEL 24/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\581</t>
+  </si>
+  <si>
+    <t>ATTIVITA’ DI DOCENZA NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “LA PREVENZIONE DELLA CORRUZIONE NEI COMPORTAMENTI DEI DIPENDENTI DELLA PUBBLICA AMMINISTRAZIONE”</t>
+  </si>
+  <si>
+    <t>PROT. N. 939 DEL 24/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\582</t>
+  </si>
+  <si>
+    <t>ATTIVITA’ DI PREDISPOSIZIONE DI MATERIALE DIDATTICO E DOCENZA NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “LA PREVENZIONE DELLA CORRUZIONE NEI COMPORTAMENTI DEI...</t>
+  </si>
+  <si>
+    <t>PROT. N. 942 DEL 24/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\583</t>
+  </si>
+  <si>
+    <t>PROT. N. 943 DEL 24/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\584</t>
+  </si>
+  <si>
+    <t>PROT. N. 944 DEL 24/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\585</t>
+  </si>
+  <si>
+    <t>PLANTAMURA VITO</t>
+  </si>
+  <si>
+    <t>PROT. N. 945 DEL 24/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\586</t>
+  </si>
+  <si>
+    <t>COMPONENTE DEL GRUPPO DI LAVORO PER ATTIVITA’DI AFFIANCAMENTO NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “LA PREVENZIONE DELLA CORRUZIONE NEI COMPORTAMENTI DEI..</t>
+  </si>
+  <si>
+    <t>PROT. N. 946 DEL 24/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\587</t>
+  </si>
+  <si>
+    <t>PROT. N. 947 DEL 24/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\588</t>
+  </si>
+  <si>
+    <t>PROT. N. 948 DEL 24/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\589</t>
+  </si>
+  <si>
+    <t>ATTIVITA’ DI MONITORAGGIO E VALUTAZIONE NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “LA PREVENZIONE DELLA CORRUZIONE NEI COMPORTAMENTI DEI DIPENDENTI DELLA PA</t>
+  </si>
+  <si>
+    <t>PROT. N. 949 DEL 24/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\590</t>
+  </si>
+  <si>
+    <t>PROT. N. 950 DEL 24/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\591</t>
+  </si>
+  <si>
+    <t>Martino Dott. Christian</t>
+  </si>
+  <si>
+    <t>D\2026\593</t>
+  </si>
+  <si>
+    <t>Segretario della Commissione di valutazione per il Bando DD. 37/2026</t>
+  </si>
+  <si>
+    <t>DD. 52 del 26/02/2026</t>
+  </si>
+  <si>
+    <t>D\2026\600</t>
+  </si>
+  <si>
+    <t>Componente della Commissione di valutazione per il Bando DD. 37/2026</t>
+  </si>
+  <si>
+    <t>D\2026\601</t>
+  </si>
+  <si>
+    <t>D\2026\602</t>
+  </si>
+  <si>
+    <t>Presidente della Commissione di valutazione per il Bando DD. 37/2026</t>
+  </si>
+  <si>
+    <t>D\2026\603</t>
+  </si>
+  <si>
+    <t>COCOZZA CLAUDIO</t>
+  </si>
+  <si>
+    <t>Presidente della Commissione di valutazione per il Bando DD. 32/2026</t>
+  </si>
+  <si>
+    <t>DD. 53 del 03/03/2026</t>
+  </si>
+  <si>
+    <t>D\2026\604</t>
+  </si>
+  <si>
+    <t>SPAGNUOLO Matteo</t>
+  </si>
+  <si>
+    <t>Componente della Commissione di valutazione per il Bando DD. 32/2026</t>
+  </si>
+  <si>
+    <t>D\2026\605</t>
+  </si>
+  <si>
+    <t>GATTULLO CONCETTA ELIANA</t>
+  </si>
+  <si>
+    <t>D\2026\606</t>
+  </si>
+  <si>
+    <t>SALIERNO Francesco</t>
+  </si>
+  <si>
+    <t>Segretario della Commissione di valutazione per il Bando DD. 32/2026</t>
+  </si>
+  <si>
+    <t>D\2026\607</t>
+  </si>
+  <si>
+    <t>DE MITA Gabriella</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Docenza nell’ambito del Master di I livello in “Risk Management Clinico. Formarsi a percepire il rischio e a comunicare il pericolo nelle strutture sanitarie” A.A. 2025/2026 </t>
+  </si>
+  <si>
+    <t>Conferimento incarico del 28/01/2026 Prot. n. 15p/2026</t>
+  </si>
+  <si>
+    <t>D\2026\615</t>
+  </si>
+  <si>
+    <t>2026-06-26T00:00:00</t>
+  </si>
+  <si>
+    <t>Conferimento incarico del 28/01/2026 Prot. n. 11p/2026</t>
+  </si>
+  <si>
+    <t>D\2026\616</t>
+  </si>
+  <si>
+    <t>Docenza nell’ambito del Master di I livello in “Risk Management Clinico. Formarsi a percepire il rischio e a comunicare il pericolo nelle strutture sanitarie” A.A. 2025/2026</t>
+  </si>
+  <si>
+    <t>2026-10-09T00:00:00</t>
+  </si>
+  <si>
+    <t>Conferimento incarico del 28/01/2026 Prot. n. 16p/2026</t>
+  </si>
+  <si>
+    <t>D\2026\617</t>
+  </si>
+  <si>
+    <t>2026-09-25T00:00:00</t>
+  </si>
+  <si>
+    <t>Conferimento incarico del 28/01/2026 Prot. n. 13p/2026</t>
+  </si>
+  <si>
+    <t>D\2026\618</t>
+  </si>
+  <si>
+    <t>2026-11-19T00:00:00</t>
+  </si>
+  <si>
+    <t>2026-12-10T00:00:00</t>
+  </si>
+  <si>
+    <t>Conferimento incarico del 28/01/2026 Prot. n. 14p/2026</t>
+  </si>
+  <si>
+    <t>D\2026\619</t>
+  </si>
+  <si>
+    <t>2026-10-29T00:00:00</t>
+  </si>
+  <si>
+    <t>2026-11-27T00:00:00</t>
+  </si>
+  <si>
+    <t>Conferimento incarico del 28/01/2026 Prot. n. 12p/2026</t>
+  </si>
+  <si>
+    <t>D\2026\620</t>
+  </si>
+  <si>
+    <t>Conferimento incarico del 28/01/2026 Prot. n. 23p/2026</t>
+  </si>
+  <si>
+    <t>D\2026\621</t>
+  </si>
+  <si>
+    <t>NACCI Maria Grazia</t>
+  </si>
+  <si>
+    <t>2026-10-01T00:00:00</t>
+  </si>
+  <si>
+    <t>Conferimento incarico del 28/01/2026 Prot. n. 20p/2026</t>
+  </si>
+  <si>
+    <t>D\2026\622</t>
+  </si>
+  <si>
+    <t>SANTORO Roberta</t>
+  </si>
+  <si>
+    <t>Conferimento incarico del 28/01/2026 Prot. n. 24p/2026</t>
+  </si>
+  <si>
+    <t>D\2026\623</t>
+  </si>
+  <si>
+    <t>CAGGIANO GIUSEPPINA</t>
+  </si>
+  <si>
+    <t>2026-05-22T00:00:00</t>
+  </si>
+  <si>
+    <t>Conferimento incarico del 28/01/2026 Prot. n. 18p/2026</t>
+  </si>
+  <si>
+    <t>D\2026\624</t>
+  </si>
+  <si>
+    <t>Conferimento incarico del 28/01/2026 Prot. n. 19p/2026</t>
+  </si>
+  <si>
+    <t>D\2026\625</t>
+  </si>
+  <si>
+    <t>2026-10-15T00:00:00</t>
+  </si>
+  <si>
+    <t>2026-11-12T00:00:00</t>
+  </si>
+  <si>
+    <t>Conferimento incarico del 28/01/2026 Prot. n. 17p/2026</t>
+  </si>
+  <si>
+    <t>D\2026\626</t>
+  </si>
+  <si>
+    <t>Conferimento incarico del 28/01/2026 Prot. n. 9p/2026</t>
+  </si>
+  <si>
+    <t>D\2026\629</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1324,52 +7062,52 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <numFmt numFmtId="164" formatCode="#,##0.00"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:H122" totalsRowShown="0">
-  <autoFilter ref="A1:H122"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:H782" totalsRowShown="0">
+  <autoFilter ref="A1:H782"/>
   <tableColumns count="8">
     <tableColumn id="1" name="Intestatario" dataDxfId="0"/>
     <tableColumn id="2" name="Descrizione Attività" dataDxfId="0"/>
     <tableColumn id="3" name="Data inizio" dataDxfId="0"/>
     <tableColumn id="4" name="Data fine" dataDxfId="0"/>
     <tableColumn id="5" name="Compenso" dataDxfId="0"/>
     <tableColumn id="6" name="Atto conferimento" dataDxfId="0"/>
     <tableColumn id="7" name="Id Easy" dataDxfId="0"/>
     <tableColumn id="8" name="Annullato" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1629,3222 +7367,20380 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H122"/>
+  <dimension ref="A1:H782"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D2" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E2" s="1">
-        <v>207.2</v>
+        <v>2000</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E3" s="1">
-        <v>0</v>
+        <v>75</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="B4" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D4" s="1" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E4" s="1">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E5" s="1">
-        <v>0</v>
+        <v>75</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="E6" s="1">
-        <v>700</v>
+        <v>90.5</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" s="1" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E7" s="1">
-        <v>700</v>
+        <v>90.5</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>31</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C8" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="C8" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" s="1" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="E8" s="1">
-        <v>0</v>
+        <v>181</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>36</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="C9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E9" s="1">
+        <v>181</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="E9" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="H9" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="B10" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="D10" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E10" s="1">
+        <v>90.5</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="D10" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H10" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="E11" s="1">
-        <v>2000</v>
+        <v>226.1</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="E12" s="1">
-        <v>0</v>
+        <v>136</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>56</v>
+        <v>37</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E13" s="1">
-        <v>0</v>
+        <v>90.5</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>59</v>
+        <v>48</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
-        <v>60</v>
+        <v>37</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E14" s="1">
-        <v>0</v>
+        <v>113.1</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="C15" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E15" s="1">
+        <v>113.1</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="G15" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="D15" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H15" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>66</v>
+        <v>29</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>67</v>
+        <v>30</v>
       </c>
       <c r="E16" s="1">
-        <v>0</v>
+        <v>113.1</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
-        <v>70</v>
+        <v>35</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>66</v>
+        <v>29</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>67</v>
+        <v>30</v>
       </c>
       <c r="E17" s="1">
-        <v>0</v>
+        <v>181</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>71</v>
+        <v>57</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>66</v>
+        <v>10</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>67</v>
+        <v>11</v>
       </c>
       <c r="E18" s="1">
-        <v>0</v>
+        <v>2000</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" s="1">
+        <v>2000</v>
+      </c>
+      <c r="F19" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="B19" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G19" s="1" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1" t="s">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>77</v>
+        <v>65</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E20" s="1">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>79</v>
+        <v>67</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1" t="s">
-        <v>80</v>
+        <v>68</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>81</v>
+        <v>69</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>82</v>
+        <v>70</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>83</v>
+        <v>70</v>
       </c>
       <c r="E21" s="1">
-        <v>225</v>
+        <v>207.2</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>84</v>
+        <v>71</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>85</v>
+        <v>72</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>87</v>
+        <v>74</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>88</v>
+        <v>70</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>89</v>
+        <v>70</v>
       </c>
       <c r="E22" s="1">
-        <v>2000</v>
-[...1 lines deleted...]
-      <c r="F22" s="1"/>
+        <v>0</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>71</v>
+      </c>
       <c r="G22" s="1" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1" t="s">
-        <v>91</v>
+        <v>76</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>87</v>
+        <v>74</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>92</v>
+        <v>70</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>89</v>
+        <v>70</v>
       </c>
       <c r="E23" s="1">
-        <v>2000</v>
-[...1 lines deleted...]
-      <c r="F23" s="1"/>
+        <v>0</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>71</v>
+      </c>
       <c r="G23" s="1" t="s">
-        <v>93</v>
+        <v>77</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1" t="s">
-        <v>94</v>
+        <v>78</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>95</v>
+        <v>79</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>48</v>
+        <v>70</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="E24" s="1">
-        <v>1600</v>
+        <v>0</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>97</v>
+        <v>71</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>98</v>
+        <v>80</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1" t="s">
-        <v>99</v>
+        <v>81</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>100</v>
+        <v>82</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>101</v>
+        <v>84</v>
       </c>
       <c r="E25" s="1">
-        <v>0</v>
+        <v>1170</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>102</v>
+        <v>85</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>103</v>
+        <v>86</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>104</v>
+        <v>88</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>105</v>
+        <v>90</v>
       </c>
       <c r="E26" s="1">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>106</v>
+        <v>91</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>107</v>
+        <v>92</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1" t="s">
-        <v>108</v>
+        <v>87</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>109</v>
+        <v>93</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>105</v>
+        <v>90</v>
       </c>
       <c r="E27" s="1">
-        <v>0</v>
+        <v>1540</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>106</v>
+        <v>94</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1" t="s">
-        <v>111</v>
+        <v>96</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>112</v>
+        <v>97</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="E28" s="1">
-        <v>0</v>
+        <v>210</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>113</v>
+        <v>100</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D29" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="E29" s="1">
+        <v>210</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="G29" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="E29" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="H29" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1" t="s">
-        <v>117</v>
+        <v>106</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="E30" s="1">
-        <v>0</v>
+        <v>210</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1" t="s">
-        <v>120</v>
+        <v>56</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>118</v>
+        <v>110</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>88</v>
+        <v>111</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="E31" s="1">
-        <v>0</v>
+        <v>420</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>121</v>
+        <v>114</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>88</v>
+        <v>10</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>105</v>
+        <v>11</v>
       </c>
       <c r="E32" s="1">
-        <v>0</v>
+        <v>2000</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>88</v>
+        <v>29</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>105</v>
+        <v>29</v>
       </c>
       <c r="E33" s="1">
-        <v>0</v>
+        <v>140</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>106</v>
+        <v>121</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="D34" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="E34" s="1">
+        <v>800</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="C34" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H34" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>134</v>
+        <v>124</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>129</v>
+        <v>111</v>
       </c>
       <c r="D35" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E35" s="1">
+        <v>800</v>
+      </c>
+      <c r="F35" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="E35" s="1">
-[...2 lines deleted...]
-      <c r="F35" s="1" t="s">
+      <c r="G35" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="G35" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H35" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="E36" s="1">
+        <v>1100</v>
+      </c>
+      <c r="F36" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="G36" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="C36" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H36" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B37" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="C37" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D37" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="C37" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E37" s="1">
-        <v>0</v>
+        <v>1500</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="E38" s="1">
-        <v>0</v>
+        <v>1500</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>131</v>
+        <v>145</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1" t="s">
-        <v>122</v>
+        <v>147</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>146</v>
+        <v>84</v>
       </c>
       <c r="E39" s="1">
-        <v>0</v>
+        <v>1200</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>146</v>
+        <v>84</v>
       </c>
       <c r="E40" s="1">
-        <v>0</v>
+        <v>1200</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>146</v>
+        <v>84</v>
       </c>
       <c r="E41" s="1">
-        <v>0</v>
+        <v>1200</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>147</v>
+        <v>157</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1" t="s">
-        <v>155</v>
+        <v>43</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>146</v>
+        <v>160</v>
       </c>
       <c r="E42" s="1">
-        <v>0</v>
+        <v>600</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>147</v>
+        <v>161</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1" t="s">
-        <v>157</v>
+        <v>37</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E43" s="1">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E44" s="1">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>53</v>
+        <v>170</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>159</v>
+        <v>11</v>
       </c>
       <c r="E45" s="1">
-        <v>0</v>
+        <v>700</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>160</v>
+        <v>171</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>53</v>
+        <v>11</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>159</v>
+        <v>175</v>
       </c>
       <c r="E46" s="1">
-        <v>0</v>
+        <v>700</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>160</v>
+        <v>176</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>159</v>
+        <v>179</v>
       </c>
       <c r="E47" s="1">
-        <v>3000</v>
+        <v>0</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="E48" s="1">
-        <v>1000</v>
+        <v>450</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1" t="s">
         <v>182</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>183</v>
+        <v>174</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>179</v>
+        <v>188</v>
       </c>
       <c r="E49" s="1">
-        <v>2535</v>
+        <v>0</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>178</v>
+        <v>10</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>179</v>
+        <v>11</v>
       </c>
       <c r="E50" s="1">
-        <v>2480</v>
+        <v>2000</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>187</v>
+        <v>196</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>179</v>
+        <v>198</v>
       </c>
       <c r="E51" s="1">
-        <v>2535</v>
+        <v>1500</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1" t="s">
-        <v>176</v>
+        <v>201</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>178</v>
+        <v>203</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>194</v>
+        <v>204</v>
       </c>
       <c r="E52" s="1">
-        <v>7480</v>
+        <v>11750</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>195</v>
+        <v>205</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>196</v>
+        <v>206</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>178</v>
+        <v>125</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>194</v>
+        <v>125</v>
       </c>
       <c r="E53" s="1">
-        <v>20000</v>
+        <v>140</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>199</v>
+        <v>209</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1" t="s">
-        <v>201</v>
+        <v>211</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>198</v>
+        <v>212</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>178</v>
+        <v>70</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>194</v>
+        <v>213</v>
       </c>
       <c r="E54" s="1">
-        <v>19955</v>
+        <v>0</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>202</v>
+        <v>214</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>203</v>
+        <v>215</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>205</v>
+        <v>216</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>178</v>
+        <v>217</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>194</v>
+        <v>84</v>
       </c>
       <c r="E55" s="1">
-        <v>29965</v>
+        <v>0</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>206</v>
+        <v>218</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>207</v>
+        <v>219</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1" t="s">
-        <v>208</v>
+        <v>220</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>205</v>
+        <v>221</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>178</v>
+        <v>222</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>194</v>
+        <v>223</v>
       </c>
       <c r="E56" s="1">
-        <v>30000</v>
+        <v>5000</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>209</v>
+        <v>224</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1" t="s">
-        <v>186</v>
+        <v>226</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>198</v>
+        <v>227</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>178</v>
+        <v>228</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>194</v>
+        <v>135</v>
       </c>
       <c r="E57" s="1">
-        <v>20000</v>
+        <v>1600</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>211</v>
+        <v>229</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>212</v>
+        <v>230</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1" t="s">
-        <v>190</v>
+        <v>231</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>205</v>
+        <v>232</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>178</v>
+        <v>233</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>194</v>
+        <v>234</v>
       </c>
       <c r="E58" s="1">
-        <v>29965</v>
+        <v>1800</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>213</v>
+        <v>235</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>214</v>
+        <v>236</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1" t="s">
-        <v>190</v>
+        <v>237</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>215</v>
+        <v>238</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>178</v>
+        <v>233</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>194</v>
+        <v>234</v>
       </c>
       <c r="E59" s="1">
-        <v>9945</v>
+        <v>1800</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>216</v>
+        <v>235</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>217</v>
+        <v>239</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1" t="s">
-        <v>218</v>
+        <v>240</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>219</v>
+        <v>241</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>220</v>
+        <v>233</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>221</v>
+        <v>234</v>
       </c>
       <c r="E60" s="1">
-        <v>6000</v>
+        <v>2400</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>222</v>
+        <v>235</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>223</v>
+        <v>242</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1" t="s">
-        <v>224</v>
+        <v>240</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
       <c r="E61" s="1">
-        <v>1600</v>
+        <v>1800</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1" t="s">
-        <v>230</v>
+        <v>245</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>225</v>
+        <v>246</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>173</v>
+        <v>233</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>179</v>
+        <v>234</v>
       </c>
       <c r="E62" s="1">
-        <v>6110</v>
+        <v>1800</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>232</v>
+        <v>247</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="B63" s="1" t="s">
+      <c r="D63" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="C63" s="1" t="s">
+      <c r="E63" s="1">
+        <v>2400</v>
+      </c>
+      <c r="F63" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="D63" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G63" s="1" t="s">
-        <v>237</v>
+        <v>250</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1" t="s">
-        <v>238</v>
+        <v>251</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>239</v>
+        <v>252</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>88</v>
+        <v>233</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>88</v>
+        <v>234</v>
       </c>
       <c r="E64" s="1">
-        <v>207.2</v>
+        <v>1800</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>241</v>
+        <v>253</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1" t="s">
-        <v>242</v>
+        <v>254</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>243</v>
+        <v>255</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>88</v>
+        <v>233</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>88</v>
+        <v>234</v>
       </c>
       <c r="E65" s="1">
-        <v>258.85</v>
+        <v>1800</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1" t="s">
-        <v>245</v>
+        <v>257</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>243</v>
+        <v>258</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>88</v>
+        <v>233</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>88</v>
+        <v>234</v>
       </c>
       <c r="E66" s="1">
-        <v>258.85</v>
+        <v>1800</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>248</v>
+        <v>260</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>88</v>
+        <v>233</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>88</v>
+        <v>234</v>
       </c>
       <c r="E67" s="1">
-        <v>277.4</v>
+        <v>1800</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>249</v>
+        <v>261</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1" t="s">
-        <v>250</v>
+        <v>262</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>251</v>
+        <v>263</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>88</v>
+        <v>233</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>88</v>
+        <v>234</v>
       </c>
       <c r="E68" s="1">
-        <v>207.2</v>
+        <v>1800</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>253</v>
+        <v>264</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1" t="s">
-        <v>254</v>
+        <v>265</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>255</v>
+        <v>266</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>88</v>
+        <v>233</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>88</v>
+        <v>234</v>
       </c>
       <c r="E69" s="1">
-        <v>0</v>
+        <v>600</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>256</v>
+        <v>267</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1" t="s">
-        <v>257</v>
+        <v>268</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>255</v>
+        <v>269</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>88</v>
+        <v>233</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>88</v>
+        <v>234</v>
       </c>
       <c r="E70" s="1">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>258</v>
+        <v>270</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1" t="s">
-        <v>259</v>
+        <v>271</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>260</v>
+        <v>272</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>88</v>
+        <v>233</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>88</v>
+        <v>234</v>
       </c>
       <c r="E71" s="1">
-        <v>0</v>
+        <v>2400</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>261</v>
+        <v>273</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1" t="s">
-        <v>262</v>
+        <v>274</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>263</v>
+        <v>275</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>88</v>
+        <v>233</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>88</v>
+        <v>234</v>
       </c>
       <c r="E72" s="1">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>264</v>
+        <v>235</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>265</v>
+        <v>276</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1" t="s">
-        <v>266</v>
+        <v>277</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>267</v>
+        <v>278</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>88</v>
+        <v>233</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>88</v>
+        <v>234</v>
       </c>
       <c r="E73" s="1">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>264</v>
+        <v>235</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>268</v>
+        <v>279</v>
       </c>
       <c r="H73" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>267</v>
+        <v>280</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>88</v>
+        <v>233</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>88</v>
+        <v>234</v>
       </c>
       <c r="E74" s="1">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>264</v>
+        <v>235</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>270</v>
+        <v>281</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1" t="s">
-        <v>271</v>
+        <v>282</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>272</v>
+        <v>283</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>88</v>
+        <v>233</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>88</v>
+        <v>234</v>
       </c>
       <c r="E75" s="1">
-        <v>207.2</v>
+        <v>1800</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>264</v>
+        <v>235</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>273</v>
+        <v>284</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1" t="s">
-        <v>274</v>
+        <v>285</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>275</v>
+        <v>286</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>88</v>
+        <v>233</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>88</v>
+        <v>234</v>
       </c>
       <c r="E76" s="1">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>276</v>
+        <v>235</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>88</v>
+        <v>233</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>88</v>
+        <v>234</v>
       </c>
       <c r="E77" s="1">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>276</v>
+        <v>235</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>279</v>
+        <v>292</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>88</v>
+        <v>233</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>88</v>
+        <v>234</v>
       </c>
       <c r="E78" s="1">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>276</v>
+        <v>235</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>282</v>
+        <v>293</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="1" t="s">
-        <v>283</v>
+        <v>294</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>284</v>
+        <v>295</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>285</v>
+        <v>233</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>285</v>
+        <v>234</v>
       </c>
       <c r="E79" s="1">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>286</v>
+        <v>235</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>287</v>
+        <v>296</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1" t="s">
-        <v>288</v>
+        <v>297</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>284</v>
+        <v>298</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>285</v>
+        <v>233</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>285</v>
+        <v>234</v>
       </c>
       <c r="E80" s="1">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>286</v>
+        <v>235</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>289</v>
+        <v>299</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1" t="s">
-        <v>290</v>
+        <v>300</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>284</v>
+        <v>301</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>285</v>
+        <v>233</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>285</v>
+        <v>234</v>
       </c>
       <c r="E81" s="1">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>286</v>
+        <v>235</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>291</v>
+        <v>302</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>284</v>
+        <v>303</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>285</v>
+        <v>233</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>285</v>
+        <v>234</v>
       </c>
       <c r="E82" s="1">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>286</v>
+        <v>235</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>293</v>
+        <v>304</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1" t="s">
-        <v>294</v>
+        <v>305</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>295</v>
+        <v>306</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>88</v>
+        <v>233</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>296</v>
+        <v>234</v>
       </c>
       <c r="E83" s="1">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>297</v>
+        <v>235</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>298</v>
+        <v>307</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1" t="s">
-        <v>299</v>
+        <v>308</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>300</v>
+        <v>309</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>301</v>
+        <v>233</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>302</v>
+        <v>234</v>
       </c>
       <c r="E84" s="1">
-        <v>17766</v>
+        <v>1800</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>303</v>
+        <v>235</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>77</v>
+        <v>311</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>48</v>
+        <v>233</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>25</v>
+        <v>234</v>
       </c>
       <c r="E85" s="1">
-        <v>500</v>
+        <v>1800</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>78</v>
+        <v>235</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="1" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>77</v>
+        <v>314</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>48</v>
+        <v>233</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>25</v>
+        <v>234</v>
       </c>
       <c r="E86" s="1">
-        <v>500</v>
+        <v>1800</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>78</v>
+        <v>235</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="1" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>77</v>
+        <v>317</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>48</v>
+        <v>233</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>25</v>
+        <v>234</v>
       </c>
       <c r="E87" s="1">
-        <v>500</v>
+        <v>1800</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>78</v>
+        <v>235</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>310</v>
+        <v>318</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="1" t="s">
-        <v>311</v>
+        <v>319</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>312</v>
+        <v>320</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>48</v>
+        <v>233</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>25</v>
+        <v>234</v>
       </c>
       <c r="E88" s="1">
-        <v>500</v>
+        <v>1800</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>78</v>
+        <v>235</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1" t="s">
-        <v>314</v>
+        <v>322</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>312</v>
+        <v>323</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>48</v>
+        <v>233</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>25</v>
+        <v>234</v>
       </c>
       <c r="E89" s="1">
-        <v>500</v>
+        <v>1800</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>78</v>
+        <v>235</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1" t="s">
-        <v>316</v>
+        <v>325</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>312</v>
+        <v>326</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>48</v>
+        <v>233</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>25</v>
+        <v>234</v>
       </c>
       <c r="E90" s="1">
-        <v>500</v>
+        <v>2400</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>78</v>
+        <v>235</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>317</v>
+        <v>327</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>312</v>
+        <v>328</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>48</v>
+        <v>233</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>25</v>
+        <v>234</v>
       </c>
       <c r="E91" s="1">
-        <v>500</v>
+        <v>1800</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>78</v>
+        <v>235</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1" t="s">
-        <v>320</v>
+        <v>330</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>322</v>
+        <v>332</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>322</v>
+        <v>332</v>
       </c>
       <c r="E92" s="1">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>324</v>
+        <v>334</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1" t="s">
-        <v>80</v>
+        <v>335</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>325</v>
+        <v>336</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>322</v>
+        <v>332</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>322</v>
+        <v>332</v>
       </c>
       <c r="E93" s="1">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>327</v>
+        <v>337</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1" t="s">
-        <v>328</v>
+        <v>338</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>66</v>
+        <v>332</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="E94" s="1">
-        <v>929.52</v>
+        <v>0</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>332</v>
+        <v>339</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1" t="s">
-        <v>333</v>
+        <v>340</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>329</v>
+        <v>341</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>66</v>
+        <v>233</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>330</v>
+        <v>234</v>
       </c>
       <c r="E95" s="1">
-        <v>929.52</v>
+        <v>2400</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>334</v>
+        <v>235</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="H95" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1" t="s">
-        <v>336</v>
+        <v>343</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>329</v>
+        <v>344</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>66</v>
+        <v>332</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="E96" s="1">
-        <v>929.52</v>
+        <v>0</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="H96" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>329</v>
+        <v>347</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>66</v>
+        <v>233</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>330</v>
+        <v>234</v>
       </c>
       <c r="E97" s="1">
-        <v>619.6799999999999</v>
+        <v>600</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>340</v>
+        <v>235</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="H97" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1" t="s">
-        <v>342</v>
+        <v>349</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>329</v>
+        <v>350</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>66</v>
+        <v>233</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>330</v>
+        <v>234</v>
       </c>
       <c r="E98" s="1">
-        <v>929.52</v>
+        <v>1800</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>343</v>
+        <v>235</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="H98" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>329</v>
+        <v>352</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>66</v>
+        <v>233</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>330</v>
+        <v>234</v>
       </c>
       <c r="E99" s="1">
-        <v>929.52</v>
+        <v>1800</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>346</v>
+        <v>235</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>329</v>
+        <v>355</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>66</v>
+        <v>233</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>330</v>
+        <v>234</v>
       </c>
       <c r="E100" s="1">
-        <v>929.52</v>
+        <v>2400</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>349</v>
+        <v>235</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1" t="s">
-        <v>351</v>
+        <v>357</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>352</v>
+        <v>358</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>66</v>
+        <v>233</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>179</v>
+        <v>234</v>
       </c>
       <c r="E101" s="1">
-        <v>2520</v>
+        <v>1800</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>353</v>
+        <v>235</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>66</v>
+        <v>233</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>66</v>
+        <v>234</v>
       </c>
       <c r="E102" s="1">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>357</v>
+        <v>235</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="H102" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>66</v>
+        <v>233</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>66</v>
+        <v>234</v>
       </c>
       <c r="E103" s="1">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>357</v>
+        <v>235</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>66</v>
+        <v>233</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>66</v>
+        <v>234</v>
       </c>
       <c r="E104" s="1">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>357</v>
+        <v>235</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>66</v>
+        <v>233</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>66</v>
+        <v>234</v>
       </c>
       <c r="E105" s="1">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>357</v>
+        <v>235</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="H105" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>66</v>
+        <v>233</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>66</v>
+        <v>234</v>
       </c>
       <c r="E106" s="1">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>357</v>
+        <v>235</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="H106" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>66</v>
+        <v>377</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>66</v>
+        <v>378</v>
       </c>
       <c r="E107" s="1">
         <v>0</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>357</v>
+        <v>379</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>372</v>
+        <v>380</v>
       </c>
       <c r="H107" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1" t="s">
-        <v>373</v>
+        <v>381</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>66</v>
+        <v>377</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="E108" s="1">
-        <v>662.3099999999999</v>
+        <v>0</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="D109" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="B109" s="1" t="s">
+      <c r="E109" s="1">
+        <v>0</v>
+      </c>
+      <c r="F109" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="C109" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G109" s="1" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="1" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="B110" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="E110" s="1">
+        <v>0</v>
+      </c>
+      <c r="F110" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="C110" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G110" s="1" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="H110" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="1" t="s">
-        <v>94</v>
+        <v>390</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>383</v>
+        <v>391</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>66</v>
+        <v>392</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>375</v>
+        <v>393</v>
       </c>
       <c r="E111" s="1">
-        <v>541.89</v>
+        <v>0</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>376</v>
+        <v>394</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>384</v>
+        <v>395</v>
       </c>
       <c r="H111" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>386</v>
+        <v>396</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>82</v>
+        <v>392</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>179</v>
+        <v>393</v>
       </c>
       <c r="E112" s="1">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>388</v>
+        <v>397</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1" t="s">
-        <v>389</v>
+        <v>375</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>48</v>
+        <v>392</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>48</v>
+        <v>393</v>
       </c>
       <c r="E113" s="1">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>392</v>
+        <v>399</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D114" s="1" t="s">
         <v>393</v>
       </c>
-      <c r="B114" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E114" s="1">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>394</v>
+        <v>401</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="1" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>396</v>
+        <v>202</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>48</v>
+        <v>203</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>48</v>
+        <v>204</v>
       </c>
       <c r="E115" s="1">
-        <v>50</v>
+        <v>11750</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>391</v>
+        <v>403</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="H115" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>396</v>
+        <v>406</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>48</v>
+        <v>103</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>48</v>
+        <v>407</v>
       </c>
       <c r="E116" s="1">
-        <v>50</v>
+        <v>3000</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>391</v>
+        <v>408</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>399</v>
+        <v>409</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="1" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>396</v>
+        <v>410</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>48</v>
+        <v>70</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>48</v>
+        <v>411</v>
       </c>
       <c r="E117" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>391</v>
+        <v>412</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>401</v>
+        <v>413</v>
       </c>
       <c r="H117" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1" t="s">
-        <v>402</v>
+        <v>414</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>396</v>
+        <v>415</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>48</v>
+        <v>416</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>48</v>
+        <v>417</v>
       </c>
       <c r="E118" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>391</v>
+        <v>418</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>403</v>
+        <v>419</v>
       </c>
       <c r="H118" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="1" t="s">
-        <v>404</v>
+        <v>420</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>396</v>
+        <v>421</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>48</v>
+        <v>416</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>48</v>
+        <v>422</v>
       </c>
       <c r="E119" s="1">
-        <v>50</v>
+        <v>210</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>391</v>
+        <v>423</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>405</v>
+        <v>424</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1" t="s">
-        <v>406</v>
+        <v>425</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>407</v>
+        <v>426</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>408</v>
+        <v>422</v>
       </c>
       <c r="E120" s="1">
-        <v>0</v>
+        <v>450</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>409</v>
+        <v>427</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>410</v>
+        <v>428</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1" t="s">
-        <v>411</v>
+        <v>429</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>412</v>
+        <v>430</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>408</v>
+        <v>422</v>
       </c>
       <c r="E121" s="1">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>409</v>
+        <v>431</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>413</v>
+        <v>432</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1" t="s">
-        <v>414</v>
+        <v>433</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>412</v>
+        <v>434</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>408</v>
+        <v>422</v>
       </c>
       <c r="E122" s="1">
+        <v>240</v>
+      </c>
+      <c r="F122" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="H122" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="E123" s="1">
+        <v>300</v>
+      </c>
+      <c r="F123" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="H123" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="E124" s="1">
+        <v>240</v>
+      </c>
+      <c r="F124" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="H124" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="E125" s="1">
+        <v>450</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="H125" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="E126" s="1">
+        <v>300</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="H126" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="E127" s="1">
+        <v>210</v>
+      </c>
+      <c r="F127" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="H127" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="E128" s="1">
+        <v>140</v>
+      </c>
+      <c r="F128" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="H128" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E129" s="1">
         <v>0</v>
       </c>
-      <c r="F122" s="1" t="s">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="F129" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="H129" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E130" s="1">
+        <v>0</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="H130" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E131" s="1">
+        <v>0</v>
+      </c>
+      <c r="F131" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="H131" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E132" s="1">
+        <v>0</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="H132" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E133" s="1">
+        <v>0</v>
+      </c>
+      <c r="F133" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="H133" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E134" s="1">
+        <v>0</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="H134" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E135" s="1">
+        <v>0</v>
+      </c>
+      <c r="F135" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="H135" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E136" s="1">
+        <v>0</v>
+      </c>
+      <c r="F136" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="H136" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E137" s="1">
+        <v>0</v>
+      </c>
+      <c r="F137" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="H137" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E138" s="1">
+        <v>0</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="H138" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E139" s="1">
+        <v>0</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="H139" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E140" s="1">
+        <v>0</v>
+      </c>
+      <c r="F140" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="H140" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E141" s="1">
+        <v>0</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="H141" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E142" s="1">
+        <v>0</v>
+      </c>
+      <c r="F142" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="H142" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E143" s="1">
+        <v>0</v>
+      </c>
+      <c r="F143" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="H143" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E144" s="1">
+        <v>0</v>
+      </c>
+      <c r="F144" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="H144" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="D145" s="1"/>
+      <c r="E145" s="1">
+        <v>0</v>
+      </c>
+      <c r="F145" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="H145" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E146" s="1">
+        <v>0</v>
+      </c>
+      <c r="F146" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="H146" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E147" s="1">
+        <v>0</v>
+      </c>
+      <c r="F147" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="H147" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E148" s="1">
+        <v>0</v>
+      </c>
+      <c r="F148" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="H148" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E149" s="1">
+        <v>0</v>
+      </c>
+      <c r="F149" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="H149" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E150" s="1">
+        <v>5000</v>
+      </c>
+      <c r="F150" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="H150" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="E151" s="1">
+        <v>2200</v>
+      </c>
+      <c r="F151" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="H151" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="E152" s="1">
+        <v>4400</v>
+      </c>
+      <c r="F152" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="H152" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="E153" s="1">
+        <v>659.5</v>
+      </c>
+      <c r="F153" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="H153" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="E154" s="1">
+        <v>2000</v>
+      </c>
+      <c r="F154" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="H154" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="E155" s="1">
+        <v>2000</v>
+      </c>
+      <c r="F155" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="H155" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="E156" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F156" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="H156" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="E157" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F157" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="H157" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="E158" s="1">
+        <v>0</v>
+      </c>
+      <c r="F158" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="H158" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="E159" s="1">
+        <v>0</v>
+      </c>
+      <c r="F159" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="H159" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="E160" s="1">
+        <v>0</v>
+      </c>
+      <c r="F160" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="H160" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="B161" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E161" s="1">
+        <v>0</v>
+      </c>
+      <c r="F161" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="H161" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="B162" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E162" s="1">
+        <v>0</v>
+      </c>
+      <c r="F162" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="H162" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E163" s="1">
+        <v>0</v>
+      </c>
+      <c r="F163" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="H163" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="B164" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="E164" s="1">
+        <v>0</v>
+      </c>
+      <c r="F164" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="H164" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="B165" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="E165" s="1">
+        <v>0</v>
+      </c>
+      <c r="F165" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="H165" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="E166" s="1">
+        <v>0</v>
+      </c>
+      <c r="F166" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="H166" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="E167" s="1">
+        <v>0</v>
+      </c>
+      <c r="F167" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="H167" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E168" s="1">
+        <v>75</v>
+      </c>
+      <c r="F168" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="H168" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="E169" s="1">
+        <v>100</v>
+      </c>
+      <c r="F169" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="H169" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="E170" s="1">
+        <v>3000</v>
+      </c>
+      <c r="F170" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="H170" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="E171" s="1">
+        <v>1440</v>
+      </c>
+      <c r="F171" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="H171" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E172" s="1">
+        <v>18000</v>
+      </c>
+      <c r="F172" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="H172" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="E173" s="1">
+        <v>1200</v>
+      </c>
+      <c r="F173" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="H173" s="1" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="B174" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="E174" s="1">
+        <v>2100</v>
+      </c>
+      <c r="F174" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="H174" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="B175" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="E175" s="1">
+        <v>4160</v>
+      </c>
+      <c r="F175" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="H175" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="B176" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E176" s="1">
+        <v>14000</v>
+      </c>
+      <c r="F176" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="H176" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="B177" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="C177" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E177" s="1">
+        <v>1280</v>
+      </c>
+      <c r="F177" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="H177" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E178" s="1">
+        <v>0</v>
+      </c>
+      <c r="F178" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="H178" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E179" s="1">
+        <v>0</v>
+      </c>
+      <c r="F179" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="H179" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E180" s="1">
+        <v>0</v>
+      </c>
+      <c r="F180" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="H180" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E181" s="1">
+        <v>0</v>
+      </c>
+      <c r="F181" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="H181" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="E182" s="1">
+        <v>660</v>
+      </c>
+      <c r="F182" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="H182" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="E183" s="1">
+        <v>400</v>
+      </c>
+      <c r="F183" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="H183" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="E184" s="1">
+        <v>1419.25</v>
+      </c>
+      <c r="F184" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="H184" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="E185" s="1">
+        <v>1419.25</v>
+      </c>
+      <c r="F185" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="H185" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="E186" s="1">
+        <v>475</v>
+      </c>
+      <c r="F186" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="H186" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="E187" s="1">
+        <v>513</v>
+      </c>
+      <c r="F187" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="H187" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="E188" s="1">
+        <v>475</v>
+      </c>
+      <c r="F188" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="H188" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="E189" s="1">
+        <v>0</v>
+      </c>
+      <c r="F189" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="H189" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E190" s="1">
+        <v>90.5</v>
+      </c>
+      <c r="F190" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="H190" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="E191" s="1">
+        <v>1884</v>
+      </c>
+      <c r="F191" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="H191" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="B192" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="E192" s="1">
+        <v>11200</v>
+      </c>
+      <c r="F192" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="H192" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="E193" s="1">
+        <v>2500</v>
+      </c>
+      <c r="F193" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="H193" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="E194" s="1">
+        <v>0</v>
+      </c>
+      <c r="F194" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="H194" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="E195" s="1">
+        <v>6641.07</v>
+      </c>
+      <c r="F195" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="H195" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="E196" s="1">
+        <v>240</v>
+      </c>
+      <c r="F196" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="H196" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="E197" s="1">
+        <v>640</v>
+      </c>
+      <c r="F197" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="H197" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="E198" s="1">
+        <v>400</v>
+      </c>
+      <c r="F198" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="H198" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="E199" s="1">
+        <v>0</v>
+      </c>
+      <c r="F199" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="H199" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="E200" s="1">
+        <v>0</v>
+      </c>
+      <c r="F200" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="H200" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="E201" s="1">
+        <v>113040</v>
+      </c>
+      <c r="F201" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="H201" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="E202" s="1">
+        <v>0</v>
+      </c>
+      <c r="F202" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="H202" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="E203" s="1">
+        <v>0</v>
+      </c>
+      <c r="F203" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="H203" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="E204" s="1">
+        <v>0</v>
+      </c>
+      <c r="F204" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="H204" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="E205" s="1">
+        <v>0</v>
+      </c>
+      <c r="F205" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="H205" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="E206" s="1">
+        <v>0</v>
+      </c>
+      <c r="F206" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="H206" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="E207" s="1">
+        <v>0</v>
+      </c>
+      <c r="F207" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="H207" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="E208" s="1">
+        <v>0</v>
+      </c>
+      <c r="F208" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="H208" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="E209" s="1">
+        <v>0</v>
+      </c>
+      <c r="F209" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="H209" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="E210" s="1">
+        <v>103.28</v>
+      </c>
+      <c r="F210" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="H210" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="E211" s="1">
+        <v>51.64</v>
+      </c>
+      <c r="F211" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="H211" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E212" s="1">
+        <v>271.3</v>
+      </c>
+      <c r="F212" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="H212" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E213" s="1">
+        <v>339.2</v>
+      </c>
+      <c r="F213" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="H213" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="C214" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="E214" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F214" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="H214" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="E215" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F215" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="H215" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="E216" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F216" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="H216" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="E217" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F217" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="H217" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="E218" s="1">
+        <v>800</v>
+      </c>
+      <c r="F218" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="H218" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="E219" s="1">
+        <v>500</v>
+      </c>
+      <c r="F219" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="H219" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="E220" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F220" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="H220" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="E221" s="1">
+        <v>200</v>
+      </c>
+      <c r="F221" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="H221" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="E222" s="1">
+        <v>100</v>
+      </c>
+      <c r="F222" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="H222" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="E223" s="1">
+        <v>100</v>
+      </c>
+      <c r="F223" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="H223" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="E224" s="1">
+        <v>800</v>
+      </c>
+      <c r="F224" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="H224" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E225" s="1">
+        <v>5000</v>
+      </c>
+      <c r="F225" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="H225" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="E226" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F226" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="H226" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="E227" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F227" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="H227" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="E228" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F228" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="H228" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E229" s="1">
+        <v>500</v>
+      </c>
+      <c r="F229" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="H229" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E230" s="1">
+        <v>225</v>
+      </c>
+      <c r="F230" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="H230" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="E231" s="1">
+        <v>400</v>
+      </c>
+      <c r="F231" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="H231" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E232" s="1">
+        <v>60000</v>
+      </c>
+      <c r="F232" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="H232" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="E233" s="1">
+        <v>659.5</v>
+      </c>
+      <c r="F233" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="H233" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="E234" s="1">
+        <v>6000</v>
+      </c>
+      <c r="F234" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="H234" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E235" s="1">
+        <v>207.2</v>
+      </c>
+      <c r="F235" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="H235" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E236" s="1">
+        <v>0</v>
+      </c>
+      <c r="F236" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="H236" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E237" s="1">
+        <v>0</v>
+      </c>
+      <c r="F237" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="H237" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
+      <c r="A238" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E238" s="1">
+        <v>0</v>
+      </c>
+      <c r="F238" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="H238" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8">
+      <c r="A239" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="E239" s="1">
+        <v>350</v>
+      </c>
+      <c r="F239" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="H239" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8">
+      <c r="A240" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="E240" s="1">
+        <v>659.5</v>
+      </c>
+      <c r="F240" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="H240" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8">
+      <c r="A241" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="E241" s="1">
+        <v>700</v>
+      </c>
+      <c r="F241" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="H241" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8">
+      <c r="A242" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="E242" s="1">
+        <v>659.5</v>
+      </c>
+      <c r="F242" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="H242" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8">
+      <c r="A243" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="E243" s="1">
+        <v>2260.8</v>
+      </c>
+      <c r="F243" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="G243" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="H243" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8">
+      <c r="A244" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="E244" s="1">
+        <v>495.76</v>
+      </c>
+      <c r="F244" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="G244" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="H244" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8">
+      <c r="A245" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="E245" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F245" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="G245" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="H245" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8">
+      <c r="A246" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E246" s="1">
+        <v>5000</v>
+      </c>
+      <c r="F246" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="H246" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8">
+      <c r="A247" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="E247" s="1">
+        <v>40000</v>
+      </c>
+      <c r="F247" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="H247" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8">
+      <c r="A248" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E248" s="1">
+        <v>3000</v>
+      </c>
+      <c r="F248" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="H248" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8">
+      <c r="A249" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E249" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F249" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="H249" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8">
+      <c r="A250" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E250" s="1">
+        <v>1500</v>
+      </c>
+      <c r="F250" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="H250" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8">
+      <c r="A251" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E251" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F251" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="H251" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8">
+      <c r="A252" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E252" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F252" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="H252" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8">
+      <c r="A253" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E253" s="1">
+        <v>1500</v>
+      </c>
+      <c r="F253" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="H253" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8">
+      <c r="A254" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E254" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F254" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="H254" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8">
+      <c r="A255" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E255" s="1">
+        <v>1800</v>
+      </c>
+      <c r="F255" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="H255" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8">
+      <c r="A256" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E256" s="1">
+        <v>1800</v>
+      </c>
+      <c r="F256" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="H256" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E257" s="1">
+        <v>800</v>
+      </c>
+      <c r="F257" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="H257" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8">
+      <c r="A258" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E258" s="1">
+        <v>800</v>
+      </c>
+      <c r="F258" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="H258" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8">
+      <c r="A259" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E259" s="1">
+        <v>500</v>
+      </c>
+      <c r="F259" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="H259" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8">
+      <c r="A260" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E260" s="1">
+        <v>500</v>
+      </c>
+      <c r="F260" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="H260" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E261" s="1">
+        <v>523.0700000000001</v>
+      </c>
+      <c r="F261" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="H261" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E262" s="1">
+        <v>14915</v>
+      </c>
+      <c r="F262" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="H262" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8">
+      <c r="A263" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E263" s="1">
+        <v>5450</v>
+      </c>
+      <c r="F263" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="H263" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8">
+      <c r="A264" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="B264" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C264" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E264" s="1">
+        <v>5450</v>
+      </c>
+      <c r="F264" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="H264" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8">
+      <c r="A265" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C265" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E265" s="1">
+        <v>500</v>
+      </c>
+      <c r="F265" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="H265" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8">
+      <c r="A266" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="B266" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C266" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E266" s="1">
+        <v>500</v>
+      </c>
+      <c r="F266" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="H266" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8">
+      <c r="A267" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E267" s="1">
+        <v>7000</v>
+      </c>
+      <c r="F267" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="H267" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8">
+      <c r="A268" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E268" s="1">
+        <v>16000</v>
+      </c>
+      <c r="F268" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="H268" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8">
+      <c r="A269" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E269" s="1">
+        <v>6000</v>
+      </c>
+      <c r="F269" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="H269" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="270" spans="1:8">
+      <c r="A270" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="B270" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E270" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F270" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="H270" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="271" spans="1:8">
+      <c r="A271" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="B271" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C271" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E271" s="1">
+        <v>500</v>
+      </c>
+      <c r="F271" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="G271" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="H271" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="272" spans="1:8">
+      <c r="A272" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="B272" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E272" s="1">
+        <v>500</v>
+      </c>
+      <c r="F272" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="H272" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8">
+      <c r="A273" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="B273" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="C273" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="E273" s="1">
+        <v>1200</v>
+      </c>
+      <c r="F273" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="G273" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="H273" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8">
+      <c r="A274" s="1" t="s">
+        <v>891</v>
+      </c>
+      <c r="B274" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="C274" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="E274" s="1">
+        <v>800</v>
+      </c>
+      <c r="F274" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="H274" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8">
+      <c r="A275" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="B275" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="C275" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="E275" s="1">
+        <v>300</v>
+      </c>
+      <c r="F275" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="H275" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8">
+      <c r="A276" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="B276" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="C276" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="E276" s="1">
+        <v>300</v>
+      </c>
+      <c r="F276" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="H276" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8">
+      <c r="A277" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="B277" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="C277" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="E277" s="1">
+        <v>540</v>
+      </c>
+      <c r="F277" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="H277" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8">
+      <c r="A278" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="B278" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="E278" s="1">
+        <v>300</v>
+      </c>
+      <c r="F278" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="H278" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8">
+      <c r="A279" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="B279" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E279" s="1">
+        <v>800</v>
+      </c>
+      <c r="F279" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="H279" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8">
+      <c r="A280" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="B280" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="C280" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="E280" s="1">
+        <v>2500</v>
+      </c>
+      <c r="F280" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="H280" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8">
+      <c r="A281" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="B281" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="C281" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="E281" s="1">
+        <v>0</v>
+      </c>
+      <c r="F281" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="H281" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="B282" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="C282" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E282" s="1">
+        <v>452.2</v>
+      </c>
+      <c r="F282" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="H282" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8">
+      <c r="A283" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="B283" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="C283" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E283" s="1">
+        <v>31500</v>
+      </c>
+      <c r="F283" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="H283" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8">
+      <c r="A284" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="B284" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="C284" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="D284" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="E284" s="1">
+        <v>207.2</v>
+      </c>
+      <c r="F284" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="H284" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8">
+      <c r="A285" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="B285" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="C285" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="D285" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="E285" s="1">
+        <v>0</v>
+      </c>
+      <c r="F285" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="H285" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8">
+      <c r="A286" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="B286" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="C286" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="D286" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="E286" s="1">
+        <v>0</v>
+      </c>
+      <c r="F286" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="H286" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8">
+      <c r="A287" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="B287" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="C287" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="D287" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="E287" s="1">
+        <v>0</v>
+      </c>
+      <c r="F287" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="H287" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8">
+      <c r="A288" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="B288" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="C288" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D288" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E288" s="1">
+        <v>0</v>
+      </c>
+      <c r="F288" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="H288" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8">
+      <c r="A289" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="B289" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="C289" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D289" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E289" s="1">
+        <v>0</v>
+      </c>
+      <c r="F289" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="H289" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8">
+      <c r="A290" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="B290" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="C290" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D290" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E290" s="1">
+        <v>0</v>
+      </c>
+      <c r="F290" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="H290" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="291" spans="1:8">
+      <c r="A291" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="B291" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="C291" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D291" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E291" s="1">
+        <v>0</v>
+      </c>
+      <c r="F291" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="H291" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8">
+      <c r="A292" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="B292" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="C292" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D292" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E292" s="1">
+        <v>0</v>
+      </c>
+      <c r="F292" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="H292" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="293" spans="1:8">
+      <c r="A293" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="B293" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="C293" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E293" s="1">
+        <v>0</v>
+      </c>
+      <c r="F293" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="H293" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="294" spans="1:8">
+      <c r="A294" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="B294" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="C294" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D294" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="E294" s="1">
+        <v>21000</v>
+      </c>
+      <c r="F294" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="H294" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8">
+      <c r="A295" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="B295" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="C295" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E295" s="1">
+        <v>15000</v>
+      </c>
+      <c r="F295" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="H295" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8">
+      <c r="A296" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="B296" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="C296" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="E296" s="1">
+        <v>6400</v>
+      </c>
+      <c r="F296" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="H296" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8">
+      <c r="A297" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="B297" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="E297" s="1">
+        <v>11200</v>
+      </c>
+      <c r="F297" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="H297" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="298" spans="1:8">
+      <c r="A298" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B298" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="C298" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E298" s="1">
+        <v>1600</v>
+      </c>
+      <c r="F298" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="G298" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="H298" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="299" spans="1:8">
+      <c r="A299" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="B299" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="C299" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E299" s="1">
+        <v>300</v>
+      </c>
+      <c r="F299" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="H299" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="300" spans="1:8">
+      <c r="A300" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="B300" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="C300" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D300" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E300" s="1">
+        <v>300</v>
+      </c>
+      <c r="F300" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="H300" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="301" spans="1:8">
+      <c r="A301" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="B301" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="C301" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E301" s="1">
+        <v>700</v>
+      </c>
+      <c r="F301" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="G301" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="H301" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="302" spans="1:8">
+      <c r="A302" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="B302" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="C302" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D302" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E302" s="1">
+        <v>400</v>
+      </c>
+      <c r="F302" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="H302" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="303" spans="1:8">
+      <c r="A303" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="B303" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="C303" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D303" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E303" s="1">
+        <v>300</v>
+      </c>
+      <c r="F303" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="G303" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="H303" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="304" spans="1:8">
+      <c r="A304" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="B304" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="C304" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="E304" s="1">
+        <v>2000</v>
+      </c>
+      <c r="F304" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="H304" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="305" spans="1:8">
+      <c r="A305" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="B305" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="C305" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D305" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="E305" s="1">
+        <v>8800</v>
+      </c>
+      <c r="F305" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="G305" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="H305" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="306" spans="1:8">
+      <c r="A306" s="1" t="s">
+        <v>994</v>
+      </c>
+      <c r="B306" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="C306" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D306" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="E306" s="1">
+        <v>0</v>
+      </c>
+      <c r="F306" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="G306" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="H306" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="307" spans="1:8">
+      <c r="A307" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="B307" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C307" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="E307" s="1">
+        <v>0</v>
+      </c>
+      <c r="F307" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="G307" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="H307" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="308" spans="1:8">
+      <c r="A308" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="B308" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C308" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D308" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="E308" s="1">
+        <v>0</v>
+      </c>
+      <c r="F308" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="G308" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="H308" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="309" spans="1:8">
+      <c r="A309" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B309" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C309" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E309" s="1">
+        <v>2300</v>
+      </c>
+      <c r="F309" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="G309" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="H309" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="310" spans="1:8">
+      <c r="A310" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B310" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C310" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="E310" s="1">
+        <v>2100</v>
+      </c>
+      <c r="F310" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="G310" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="H310" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="311" spans="1:8">
+      <c r="A311" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B311" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C311" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D311" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E311" s="1">
+        <v>750</v>
+      </c>
+      <c r="F311" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="G311" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="H311" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="312" spans="1:8">
+      <c r="A312" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B312" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C312" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="E312" s="1">
+        <v>2400</v>
+      </c>
+      <c r="F312" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="G312" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H312" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="313" spans="1:8">
+      <c r="A313" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B313" s="1" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C313" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E313" s="1">
+        <v>0</v>
+      </c>
+      <c r="F313" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="G313" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="H313" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="314" spans="1:8">
+      <c r="A314" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B314" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C314" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D314" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E314" s="1">
+        <v>0</v>
+      </c>
+      <c r="F314" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="G314" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="H314" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="315" spans="1:8">
+      <c r="A315" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B315" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C315" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="E315" s="1">
+        <v>0</v>
+      </c>
+      <c r="F315" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="G315" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="H315" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="316" spans="1:8">
+      <c r="A316" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B316" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C316" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="E316" s="1">
+        <v>0</v>
+      </c>
+      <c r="F316" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="G316" s="1" t="s">
+        <v>1036</v>
+      </c>
+      <c r="H316" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8">
+      <c r="A317" s="1" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B317" s="1" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C317" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="E317" s="1">
+        <v>0</v>
+      </c>
+      <c r="F317" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="G317" s="1" t="s">
+        <v>1039</v>
+      </c>
+      <c r="H317" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8">
+      <c r="A318" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="B318" s="1" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C318" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="E318" s="1">
+        <v>600</v>
+      </c>
+      <c r="F318" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="G318" s="1" t="s">
+        <v>1042</v>
+      </c>
+      <c r="H318" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="319" spans="1:8">
+      <c r="A319" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B319" s="1" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C319" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D319" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E319" s="1">
+        <v>75</v>
+      </c>
+      <c r="F319" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G319" s="1" t="s">
+        <v>1046</v>
+      </c>
+      <c r="H319" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8">
+      <c r="A320" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B320" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C320" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E320" s="1">
+        <v>50</v>
+      </c>
+      <c r="F320" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G320" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="H320" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C321" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E321" s="1">
+        <v>75</v>
+      </c>
+      <c r="F321" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G321" s="1" t="s">
+        <v>1051</v>
+      </c>
+      <c r="H321" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8">
+      <c r="A322" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B322" s="1" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C322" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E322" s="1">
+        <v>75</v>
+      </c>
+      <c r="F322" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G322" s="1" t="s">
+        <v>1052</v>
+      </c>
+      <c r="H322" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8">
+      <c r="A323" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="E323" s="1">
+        <v>75</v>
+      </c>
+      <c r="F323" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="G323" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="H323" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8">
+      <c r="A324" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C324" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="E324" s="1">
+        <v>75</v>
+      </c>
+      <c r="F324" s="1" t="s">
+        <v>1056</v>
+      </c>
+      <c r="G324" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="H324" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8">
+      <c r="A325" s="1" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B325" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C325" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E325" s="1">
+        <v>50</v>
+      </c>
+      <c r="F325" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G325" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="H325" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8">
+      <c r="A326" s="1" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B326" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C326" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E326" s="1">
+        <v>50</v>
+      </c>
+      <c r="F326" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G326" s="1" t="s">
+        <v>1061</v>
+      </c>
+      <c r="H326" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="327" spans="1:8">
+      <c r="A327" s="1" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B327" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C327" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E327" s="1">
+        <v>50</v>
+      </c>
+      <c r="F327" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G327" s="1" t="s">
+        <v>1063</v>
+      </c>
+      <c r="H327" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8">
+      <c r="A328" s="1" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B328" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C328" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E328" s="1">
+        <v>50</v>
+      </c>
+      <c r="F328" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G328" s="1" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H328" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="329" spans="1:8">
+      <c r="A329" s="1" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B329" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C329" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E329" s="1">
+        <v>50</v>
+      </c>
+      <c r="F329" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>1067</v>
+      </c>
+      <c r="H329" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8">
+      <c r="A330" s="1" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C330" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D330" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E330" s="1">
+        <v>50</v>
+      </c>
+      <c r="F330" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G330" s="1" t="s">
+        <v>1069</v>
+      </c>
+      <c r="H330" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="331" spans="1:8">
+      <c r="A331" s="1" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C331" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D331" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E331" s="1">
+        <v>50</v>
+      </c>
+      <c r="F331" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="H331" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="332" spans="1:8">
+      <c r="A332" s="1" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B332" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C332" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E332" s="1">
+        <v>50</v>
+      </c>
+      <c r="F332" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G332" s="1" t="s">
+        <v>1073</v>
+      </c>
+      <c r="H332" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8">
+      <c r="A333" s="1" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B333" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C333" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D333" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E333" s="1">
+        <v>50</v>
+      </c>
+      <c r="F333" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G333" s="1" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H333" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8">
+      <c r="A334" s="1" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B334" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C334" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D334" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E334" s="1">
+        <v>50</v>
+      </c>
+      <c r="F334" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G334" s="1" t="s">
+        <v>1077</v>
+      </c>
+      <c r="H334" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8">
+      <c r="A335" s="1" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B335" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C335" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D335" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E335" s="1">
+        <v>50</v>
+      </c>
+      <c r="F335" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G335" s="1" t="s">
+        <v>1079</v>
+      </c>
+      <c r="H335" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8">
+      <c r="A336" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B336" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C336" s="1" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="E336" s="1">
+        <v>150</v>
+      </c>
+      <c r="F336" s="1" t="s">
+        <v>1081</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>1082</v>
+      </c>
+      <c r="H336" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8">
+      <c r="A337" s="1" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B337" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C337" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D337" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E337" s="1">
+        <v>50</v>
+      </c>
+      <c r="F337" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>1084</v>
+      </c>
+      <c r="H337" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="338" spans="1:8">
+      <c r="A338" s="1" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B338" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C338" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D338" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E338" s="1">
+        <v>50</v>
+      </c>
+      <c r="F338" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G338" s="1" t="s">
+        <v>1086</v>
+      </c>
+      <c r="H338" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="339" spans="1:8">
+      <c r="A339" s="1" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B339" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C339" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D339" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E339" s="1">
+        <v>50</v>
+      </c>
+      <c r="F339" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="H339" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="340" spans="1:8">
+      <c r="A340" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B340" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C340" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D340" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E340" s="1">
+        <v>50</v>
+      </c>
+      <c r="F340" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>1090</v>
+      </c>
+      <c r="H340" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8">
+      <c r="A341" s="1" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B341" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C341" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E341" s="1">
+        <v>50</v>
+      </c>
+      <c r="F341" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="H341" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8">
+      <c r="A342" s="1" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B342" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C342" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D342" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E342" s="1">
+        <v>50</v>
+      </c>
+      <c r="F342" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G342" s="1" t="s">
+        <v>1094</v>
+      </c>
+      <c r="H342" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8">
+      <c r="A343" s="1" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B343" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C343" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D343" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E343" s="1">
+        <v>50</v>
+      </c>
+      <c r="F343" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G343" s="1" t="s">
+        <v>1096</v>
+      </c>
+      <c r="H343" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8">
+      <c r="A344" s="1" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B344" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C344" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D344" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E344" s="1">
+        <v>50</v>
+      </c>
+      <c r="F344" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G344" s="1" t="s">
+        <v>1098</v>
+      </c>
+      <c r="H344" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8">
+      <c r="A345" s="1" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B345" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C345" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D345" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E345" s="1">
+        <v>50</v>
+      </c>
+      <c r="F345" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>1100</v>
+      </c>
+      <c r="H345" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8">
+      <c r="A346" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B346" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C346" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="D346" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="E346" s="1">
+        <v>50</v>
+      </c>
+      <c r="F346" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>1102</v>
+      </c>
+      <c r="H346" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8">
+      <c r="A347" s="1" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B347" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="E347" s="1">
+        <v>50</v>
+      </c>
+      <c r="F347" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="G347" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="H347" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8">
+      <c r="A348" s="1" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B348" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C348" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="D348" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="E348" s="1">
+        <v>50</v>
+      </c>
+      <c r="F348" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>1106</v>
+      </c>
+      <c r="H348" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349" s="1" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B349" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C349" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="D349" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="E349" s="1">
+        <v>50</v>
+      </c>
+      <c r="F349" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>1108</v>
+      </c>
+      <c r="H349" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B350" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="D350" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="E350" s="1">
+        <v>50</v>
+      </c>
+      <c r="F350" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>1110</v>
+      </c>
+      <c r="H350" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8">
+      <c r="A351" s="1" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B351" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C351" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="E351" s="1">
+        <v>50</v>
+      </c>
+      <c r="F351" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="G351" s="1" t="s">
+        <v>1112</v>
+      </c>
+      <c r="H351" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8">
+      <c r="A352" s="1" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B352" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C352" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="D352" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="E352" s="1">
+        <v>50</v>
+      </c>
+      <c r="F352" s="1" t="s">
+        <v>1056</v>
+      </c>
+      <c r="G352" s="1" t="s">
+        <v>1114</v>
+      </c>
+      <c r="H352" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8">
+      <c r="A353" s="1" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B353" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C353" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="E353" s="1">
+        <v>50</v>
+      </c>
+      <c r="F353" s="1" t="s">
+        <v>1056</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>1116</v>
+      </c>
+      <c r="H353" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8">
+      <c r="A354" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B354" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C354" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="D354" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="E354" s="1">
+        <v>50</v>
+      </c>
+      <c r="F354" s="1" t="s">
+        <v>1056</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>1118</v>
+      </c>
+      <c r="H354" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8">
+      <c r="A355" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="B355" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C355" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D355" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E355" s="1">
+        <v>75</v>
+      </c>
+      <c r="F355" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G355" s="1" t="s">
+        <v>1121</v>
+      </c>
+      <c r="H355" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8">
+      <c r="A356" s="1" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B356" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C356" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D356" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E356" s="1">
+        <v>75</v>
+      </c>
+      <c r="F356" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G356" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="H356" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8">
+      <c r="A357" s="1" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B357" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C357" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D357" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E357" s="1">
+        <v>75</v>
+      </c>
+      <c r="F357" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>1125</v>
+      </c>
+      <c r="H357" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358" s="1" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B358" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C358" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D358" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E358" s="1">
+        <v>75</v>
+      </c>
+      <c r="F358" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>1128</v>
+      </c>
+      <c r="H358" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8">
+      <c r="A359" s="1" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B359" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C359" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D359" s="1" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E359" s="1">
+        <v>350</v>
+      </c>
+      <c r="F359" s="1" t="s">
+        <v>1131</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>1132</v>
+      </c>
+      <c r="H359" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="360" spans="1:8">
+      <c r="A360" s="1" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B360" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C360" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D360" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E360" s="1">
+        <v>75</v>
+      </c>
+      <c r="F360" s="1" t="s">
+        <v>1134</v>
+      </c>
+      <c r="G360" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="H360" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="361" spans="1:8">
+      <c r="A361" s="1" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B361" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C361" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D361" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E361" s="1">
+        <v>50</v>
+      </c>
+      <c r="F361" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G361" s="1" t="s">
+        <v>1138</v>
+      </c>
+      <c r="H361" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="362" spans="1:8">
+      <c r="A362" s="1" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B362" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C362" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D362" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E362" s="1">
+        <v>50</v>
+      </c>
+      <c r="F362" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G362" s="1" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H362" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="363" spans="1:8">
+      <c r="A363" s="1" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B363" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C363" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D363" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E363" s="1">
+        <v>50</v>
+      </c>
+      <c r="F363" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G363" s="1" t="s">
+        <v>1142</v>
+      </c>
+      <c r="H363" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="364" spans="1:8">
+      <c r="A364" s="1" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B364" s="1" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C364" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D364" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E364" s="1">
+        <v>207.2</v>
+      </c>
+      <c r="F364" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="G364" s="1" t="s">
+        <v>1147</v>
+      </c>
+      <c r="H364" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="365" spans="1:8">
+      <c r="A365" s="1" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B365" s="1" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C365" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D365" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E365" s="1">
+        <v>0</v>
+      </c>
+      <c r="F365" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="G365" s="1" t="s">
+        <v>1150</v>
+      </c>
+      <c r="H365" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="366" spans="1:8">
+      <c r="A366" s="1" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B366" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C366" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D366" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E366" s="1">
+        <v>50</v>
+      </c>
+      <c r="F366" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G366" s="1" t="s">
+        <v>1152</v>
+      </c>
+      <c r="H366" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="367" spans="1:8">
+      <c r="A367" s="1" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B367" s="1" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C367" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D367" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E367" s="1">
+        <v>0</v>
+      </c>
+      <c r="F367" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="G367" s="1" t="s">
+        <v>1154</v>
+      </c>
+      <c r="H367" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="368" spans="1:8">
+      <c r="A368" s="1" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B368" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C368" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D368" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E368" s="1">
+        <v>50</v>
+      </c>
+      <c r="F368" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G368" s="1" t="s">
+        <v>1156</v>
+      </c>
+      <c r="H368" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="369" spans="1:8">
+      <c r="A369" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B369" s="1" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C369" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D369" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E369" s="1">
+        <v>0</v>
+      </c>
+      <c r="F369" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="G369" s="1" t="s">
+        <v>1158</v>
+      </c>
+      <c r="H369" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="370" spans="1:8">
+      <c r="A370" s="1" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B370" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C370" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D370" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E370" s="1">
+        <v>50</v>
+      </c>
+      <c r="F370" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G370" s="1" t="s">
+        <v>1160</v>
+      </c>
+      <c r="H370" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="371" spans="1:8">
+      <c r="A371" s="1" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B371" s="1" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C371" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D371" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="E371" s="1">
+        <v>0</v>
+      </c>
+      <c r="F371" s="1" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G371" s="1" t="s">
+        <v>1164</v>
+      </c>
+      <c r="H371" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="372" spans="1:8">
+      <c r="A372" s="1" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B372" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C372" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D372" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E372" s="1">
+        <v>50</v>
+      </c>
+      <c r="F372" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G372" s="1" t="s">
+        <v>1166</v>
+      </c>
+      <c r="H372" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="373" spans="1:8">
+      <c r="A373" s="1" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B373" s="1" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C373" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D373" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="E373" s="1">
+        <v>0</v>
+      </c>
+      <c r="F373" s="1" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G373" s="1" t="s">
+        <v>1169</v>
+      </c>
+      <c r="H373" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="374" spans="1:8">
+      <c r="A374" s="1" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B374" s="1" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C374" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D374" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="E374" s="1">
+        <v>0</v>
+      </c>
+      <c r="F374" s="1" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G374" s="1" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H374" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="375" spans="1:8">
+      <c r="A375" s="1" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B375" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C375" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D375" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E375" s="1">
+        <v>50</v>
+      </c>
+      <c r="F375" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G375" s="1" t="s">
+        <v>1173</v>
+      </c>
+      <c r="H375" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="376" spans="1:8">
+      <c r="A376" s="1" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B376" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C376" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E376" s="1">
+        <v>50</v>
+      </c>
+      <c r="F376" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G376" s="1" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H376" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="377" spans="1:8">
+      <c r="A377" s="1" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B377" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C377" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D377" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E377" s="1">
+        <v>50</v>
+      </c>
+      <c r="F377" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G377" s="1" t="s">
+        <v>1177</v>
+      </c>
+      <c r="H377" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="378" spans="1:8">
+      <c r="A378" s="1" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B378" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C378" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D378" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E378" s="1">
+        <v>50</v>
+      </c>
+      <c r="F378" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G378" s="1" t="s">
+        <v>1179</v>
+      </c>
+      <c r="H378" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="379" spans="1:8">
+      <c r="A379" s="1" t="s">
+        <v>1180</v>
+      </c>
+      <c r="B379" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C379" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D379" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E379" s="1">
+        <v>50</v>
+      </c>
+      <c r="F379" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G379" s="1" t="s">
+        <v>1181</v>
+      </c>
+      <c r="H379" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="380" spans="1:8">
+      <c r="A380" s="1" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B380" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C380" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D380" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E380" s="1">
+        <v>50</v>
+      </c>
+      <c r="F380" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G380" s="1" t="s">
+        <v>1183</v>
+      </c>
+      <c r="H380" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="381" spans="1:8">
+      <c r="A381" s="1" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B381" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C381" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D381" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E381" s="1">
+        <v>50</v>
+      </c>
+      <c r="F381" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G381" s="1" t="s">
+        <v>1185</v>
+      </c>
+      <c r="H381" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="382" spans="1:8">
+      <c r="A382" s="1" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B382" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C382" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D382" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E382" s="1">
+        <v>50</v>
+      </c>
+      <c r="F382" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G382" s="1" t="s">
+        <v>1187</v>
+      </c>
+      <c r="H382" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="383" spans="1:8">
+      <c r="A383" s="1" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B383" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C383" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D383" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E383" s="1">
+        <v>50</v>
+      </c>
+      <c r="F383" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G383" s="1" t="s">
+        <v>1189</v>
+      </c>
+      <c r="H383" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="384" spans="1:8">
+      <c r="A384" s="1" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B384" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C384" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E384" s="1">
+        <v>50</v>
+      </c>
+      <c r="F384" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G384" s="1" t="s">
+        <v>1191</v>
+      </c>
+      <c r="H384" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="385" spans="1:8">
+      <c r="A385" s="1" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B385" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C385" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D385" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E385" s="1">
+        <v>50</v>
+      </c>
+      <c r="F385" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G385" s="1" t="s">
+        <v>1193</v>
+      </c>
+      <c r="H385" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="386" spans="1:8">
+      <c r="A386" s="1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B386" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C386" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D386" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E386" s="1">
+        <v>50</v>
+      </c>
+      <c r="F386" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G386" s="1" t="s">
+        <v>1195</v>
+      </c>
+      <c r="H386" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="387" spans="1:8">
+      <c r="A387" s="1" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B387" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C387" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E387" s="1">
+        <v>50</v>
+      </c>
+      <c r="F387" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G387" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="H387" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="388" spans="1:8">
+      <c r="A388" s="1" t="s">
+        <v>1198</v>
+      </c>
+      <c r="B388" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C388" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E388" s="1">
+        <v>50</v>
+      </c>
+      <c r="F388" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G388" s="1" t="s">
+        <v>1199</v>
+      </c>
+      <c r="H388" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="389" spans="1:8">
+      <c r="A389" s="1" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B389" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C389" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E389" s="1">
+        <v>50</v>
+      </c>
+      <c r="F389" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G389" s="1" t="s">
+        <v>1201</v>
+      </c>
+      <c r="H389" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="390" spans="1:8">
+      <c r="A390" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B390" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C390" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E390" s="1">
+        <v>50</v>
+      </c>
+      <c r="F390" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G390" s="1" t="s">
+        <v>1203</v>
+      </c>
+      <c r="H390" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="391" spans="1:8">
+      <c r="A391" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B391" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D391" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="E391" s="1">
+        <v>75</v>
+      </c>
+      <c r="F391" s="1" t="s">
+        <v>1205</v>
+      </c>
+      <c r="G391" s="1" t="s">
+        <v>1206</v>
+      </c>
+      <c r="H391" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="392" spans="1:8">
+      <c r="A392" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="B392" s="1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C392" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D392" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E392" s="1">
+        <v>75</v>
+      </c>
+      <c r="F392" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="G392" s="1" t="s">
+        <v>1210</v>
+      </c>
+      <c r="H392" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="393" spans="1:8">
+      <c r="A393" s="1" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B393" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C393" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D393" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E393" s="1">
+        <v>50</v>
+      </c>
+      <c r="F393" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G393" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="H393" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="394" spans="1:8">
+      <c r="A394" s="1" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B394" s="1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C394" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D394" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E394" s="1">
+        <v>75</v>
+      </c>
+      <c r="F394" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="G394" s="1" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H394" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="395" spans="1:8">
+      <c r="A395" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B395" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C395" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D395" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E395" s="1">
+        <v>50</v>
+      </c>
+      <c r="F395" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G395" s="1" t="s">
+        <v>1216</v>
+      </c>
+      <c r="H395" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="396" spans="1:8">
+      <c r="A396" s="1" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B396" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C396" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D396" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E396" s="1">
+        <v>50</v>
+      </c>
+      <c r="F396" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="G396" s="1" t="s">
+        <v>1218</v>
+      </c>
+      <c r="H396" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="397" spans="1:8">
+      <c r="A397" s="1" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B397" s="1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C397" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D397" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E397" s="1">
+        <v>75</v>
+      </c>
+      <c r="F397" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="G397" s="1" t="s">
+        <v>1221</v>
+      </c>
+      <c r="H397" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="398" spans="1:8">
+      <c r="A398" s="1" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B398" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C398" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D398" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E398" s="1">
+        <v>50</v>
+      </c>
+      <c r="F398" s="1" t="s">
+        <v>1134</v>
+      </c>
+      <c r="G398" s="1" t="s">
+        <v>1223</v>
+      </c>
+      <c r="H398" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="399" spans="1:8">
+      <c r="A399" s="1" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B399" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C399" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D399" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E399" s="1">
+        <v>50</v>
+      </c>
+      <c r="F399" s="1" t="s">
+        <v>1134</v>
+      </c>
+      <c r="G399" s="1" t="s">
+        <v>1225</v>
+      </c>
+      <c r="H399" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="400" spans="1:8">
+      <c r="A400" s="1" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B400" s="1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C400" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D400" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E400" s="1">
+        <v>75</v>
+      </c>
+      <c r="F400" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="G400" s="1" t="s">
+        <v>1228</v>
+      </c>
+      <c r="H400" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="401" spans="1:8">
+      <c r="A401" s="1" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B401" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C401" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E401" s="1">
+        <v>50</v>
+      </c>
+      <c r="F401" s="1" t="s">
+        <v>1134</v>
+      </c>
+      <c r="G401" s="1" t="s">
+        <v>1230</v>
+      </c>
+      <c r="H401" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="402" spans="1:8">
+      <c r="A402" s="1" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B402" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C402" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D402" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E402" s="1">
+        <v>50</v>
+      </c>
+      <c r="F402" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="G402" s="1" t="s">
+        <v>1233</v>
+      </c>
+      <c r="H402" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="403" spans="1:8">
+      <c r="A403" s="1" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B403" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C403" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D403" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E403" s="1">
+        <v>50</v>
+      </c>
+      <c r="F403" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="G403" s="1" t="s">
+        <v>1235</v>
+      </c>
+      <c r="H403" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="404" spans="1:8">
+      <c r="A404" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B404" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C404" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D404" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E404" s="1">
+        <v>50</v>
+      </c>
+      <c r="F404" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="G404" s="1" t="s">
+        <v>1237</v>
+      </c>
+      <c r="H404" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="405" spans="1:8">
+      <c r="A405" s="1" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B405" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C405" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D405" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E405" s="1">
+        <v>50</v>
+      </c>
+      <c r="F405" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="G405" s="1" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H405" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="406" spans="1:8">
+      <c r="A406" s="1" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B406" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C406" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E406" s="1">
+        <v>50</v>
+      </c>
+      <c r="F406" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="G406" s="1" t="s">
+        <v>1241</v>
+      </c>
+      <c r="H406" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="407" spans="1:8">
+      <c r="A407" s="1" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B407" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C407" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D407" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E407" s="1">
+        <v>50</v>
+      </c>
+      <c r="F407" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="G407" s="1" t="s">
+        <v>1243</v>
+      </c>
+      <c r="H407" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="408" spans="1:8">
+      <c r="A408" s="1" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B408" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C408" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E408" s="1">
+        <v>50</v>
+      </c>
+      <c r="F408" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="G408" s="1" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H408" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="409" spans="1:8">
+      <c r="A409" s="1" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B409" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C409" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D409" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E409" s="1">
+        <v>50</v>
+      </c>
+      <c r="F409" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="G409" s="1" t="s">
+        <v>1247</v>
+      </c>
+      <c r="H409" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="410" spans="1:8">
+      <c r="A410" s="1" t="s">
+        <v>1248</v>
+      </c>
+      <c r="B410" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C410" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D410" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E410" s="1">
+        <v>50</v>
+      </c>
+      <c r="F410" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="G410" s="1" t="s">
+        <v>1249</v>
+      </c>
+      <c r="H410" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="411" spans="1:8">
+      <c r="A411" s="1" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B411" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C411" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D411" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E411" s="1">
+        <v>50</v>
+      </c>
+      <c r="F411" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="G411" s="1" t="s">
+        <v>1251</v>
+      </c>
+      <c r="H411" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="412" spans="1:8">
+      <c r="A412" s="1" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B412" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C412" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D412" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E412" s="1">
+        <v>50</v>
+      </c>
+      <c r="F412" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="G412" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="H412" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="413" spans="1:8">
+      <c r="A413" s="1" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B413" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C413" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E413" s="1">
+        <v>50</v>
+      </c>
+      <c r="F413" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="G413" s="1" t="s">
+        <v>1255</v>
+      </c>
+      <c r="H413" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="414" spans="1:8">
+      <c r="A414" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B414" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C414" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D414" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E414" s="1">
+        <v>50</v>
+      </c>
+      <c r="F414" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="G414" s="1" t="s">
+        <v>1257</v>
+      </c>
+      <c r="H414" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="415" spans="1:8">
+      <c r="A415" s="1" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B415" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C415" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E415" s="1">
+        <v>50</v>
+      </c>
+      <c r="F415" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="G415" s="1" t="s">
+        <v>1259</v>
+      </c>
+      <c r="H415" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="416" spans="1:8">
+      <c r="A416" s="1" t="s">
+        <v>1260</v>
+      </c>
+      <c r="B416" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C416" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E416" s="1">
+        <v>50</v>
+      </c>
+      <c r="F416" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="G416" s="1" t="s">
+        <v>1261</v>
+      </c>
+      <c r="H416" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="417" spans="1:8">
+      <c r="A417" s="1" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B417" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C417" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D417" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E417" s="1">
+        <v>50</v>
+      </c>
+      <c r="F417" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="G417" s="1" t="s">
+        <v>1263</v>
+      </c>
+      <c r="H417" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="418" spans="1:8">
+      <c r="A418" s="1" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B418" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C418" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E418" s="1">
+        <v>50</v>
+      </c>
+      <c r="F418" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="G418" s="1" t="s">
+        <v>1265</v>
+      </c>
+      <c r="H418" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="419" spans="1:8">
+      <c r="A419" s="1" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B419" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C419" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D419" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E419" s="1">
+        <v>50</v>
+      </c>
+      <c r="F419" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="G419" s="1" t="s">
+        <v>1266</v>
+      </c>
+      <c r="H419" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="420" spans="1:8">
+      <c r="A420" s="1" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B420" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C420" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D420" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E420" s="1">
+        <v>50</v>
+      </c>
+      <c r="F420" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="G420" s="1" t="s">
+        <v>1268</v>
+      </c>
+      <c r="H420" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="421" spans="1:8">
+      <c r="A421" s="1" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B421" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C421" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D421" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E421" s="1">
+        <v>50</v>
+      </c>
+      <c r="F421" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="G421" s="1" t="s">
+        <v>1270</v>
+      </c>
+      <c r="H421" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="422" spans="1:8">
+      <c r="A422" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B422" s="1" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C422" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D422" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E422" s="1">
+        <v>77.45999999999999</v>
+      </c>
+      <c r="F422" s="1" t="s">
+        <v>1273</v>
+      </c>
+      <c r="G422" s="1" t="s">
+        <v>1274</v>
+      </c>
+      <c r="H422" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="423" spans="1:8">
+      <c r="A423" s="1" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B423" s="1" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C423" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D423" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E423" s="1">
+        <v>77.45999999999999</v>
+      </c>
+      <c r="F423" s="1" t="s">
+        <v>1276</v>
+      </c>
+      <c r="G423" s="1" t="s">
+        <v>1277</v>
+      </c>
+      <c r="H423" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="424" spans="1:8">
+      <c r="A424" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="B424" s="1" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D424" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E424" s="1">
+        <v>100</v>
+      </c>
+      <c r="F424" s="1" t="s">
+        <v>1278</v>
+      </c>
+      <c r="G424" s="1" t="s">
+        <v>1279</v>
+      </c>
+      <c r="H424" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="425" spans="1:8">
+      <c r="A425" s="1" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B425" s="1" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D425" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E425" s="1">
+        <v>51.64</v>
+      </c>
+      <c r="F425" s="1" t="s">
+        <v>1281</v>
+      </c>
+      <c r="G425" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="H425" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="426" spans="1:8">
+      <c r="A426" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="B426" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C426" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D426" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="E426" s="1">
+        <v>128.2</v>
+      </c>
+      <c r="F426" s="1" t="s">
+        <v>1285</v>
+      </c>
+      <c r="G426" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="H426" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="427" spans="1:8">
+      <c r="A427" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="B427" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C427" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D427" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="E427" s="1">
+        <v>128.2</v>
+      </c>
+      <c r="F427" s="1" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G427" s="1" t="s">
+        <v>1288</v>
+      </c>
+      <c r="H427" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="428" spans="1:8">
+      <c r="A428" s="1" t="s">
+        <v>1289</v>
+      </c>
+      <c r="B428" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C428" s="1" t="s">
+        <v>1290</v>
+      </c>
+      <c r="D428" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="E428" s="1">
+        <v>192.2</v>
+      </c>
+      <c r="F428" s="1" t="s">
+        <v>1291</v>
+      </c>
+      <c r="G428" s="1" t="s">
+        <v>1292</v>
+      </c>
+      <c r="H428" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="429" spans="1:8">
+      <c r="A429" s="1" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B429" s="1" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C429" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D429" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="E429" s="1">
+        <v>1281.2</v>
+      </c>
+      <c r="F429" s="1" t="s">
+        <v>1295</v>
+      </c>
+      <c r="G429" s="1" t="s">
+        <v>1296</v>
+      </c>
+      <c r="H429" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="430" spans="1:8">
+      <c r="A430" s="1" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B430" s="1" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C430" s="1" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D430" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="E430" s="1">
+        <v>512.5</v>
+      </c>
+      <c r="F430" s="1" t="s">
+        <v>1300</v>
+      </c>
+      <c r="G430" s="1" t="s">
+        <v>1301</v>
+      </c>
+      <c r="H430" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="431" spans="1:8">
+      <c r="A431" s="1" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B431" s="1" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C431" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D431" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E431" s="1">
+        <v>2000</v>
+      </c>
+      <c r="F431" s="1"/>
+      <c r="G431" s="1" t="s">
+        <v>1304</v>
+      </c>
+      <c r="H431" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="432" spans="1:8">
+      <c r="A432" s="1" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B432" s="1" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C432" s="1" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D432" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E432" s="1">
+        <v>2000</v>
+      </c>
+      <c r="F432" s="1"/>
+      <c r="G432" s="1" t="s">
+        <v>1307</v>
+      </c>
+      <c r="H432" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="433" spans="1:8">
+      <c r="A433" s="1" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B433" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="C433" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D433" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="E433" s="1">
+        <v>1600</v>
+      </c>
+      <c r="F433" s="1" t="s">
+        <v>1311</v>
+      </c>
+      <c r="G433" s="1" t="s">
+        <v>1312</v>
+      </c>
+      <c r="H433" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="434" spans="1:8">
+      <c r="A434" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B434" s="1" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C434" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D434" s="1" t="s">
+        <v>1315</v>
+      </c>
+      <c r="E434" s="1">
+        <v>0</v>
+      </c>
+      <c r="F434" s="1" t="s">
+        <v>1316</v>
+      </c>
+      <c r="G434" s="1" t="s">
+        <v>1317</v>
+      </c>
+      <c r="H434" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="435" spans="1:8">
+      <c r="A435" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B435" s="1" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C435" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D435" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E435" s="1">
+        <v>0</v>
+      </c>
+      <c r="F435" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G435" s="1" t="s">
+        <v>1320</v>
+      </c>
+      <c r="H435" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="436" spans="1:8">
+      <c r="A436" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B436" s="1" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C436" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D436" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E436" s="1">
+        <v>0</v>
+      </c>
+      <c r="F436" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G436" s="1" t="s">
+        <v>1323</v>
+      </c>
+      <c r="H436" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="437" spans="1:8">
+      <c r="A437" s="1" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B437" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C437" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D437" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E437" s="1">
+        <v>0</v>
+      </c>
+      <c r="F437" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G437" s="1" t="s">
+        <v>1326</v>
+      </c>
+      <c r="H437" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="438" spans="1:8">
+      <c r="A438" s="1" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B438" s="1" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C438" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D438" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E438" s="1">
+        <v>0</v>
+      </c>
+      <c r="F438" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G438" s="1" t="s">
+        <v>1329</v>
+      </c>
+      <c r="H438" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="439" spans="1:8">
+      <c r="A439" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B439" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C439" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D439" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E439" s="1">
+        <v>0</v>
+      </c>
+      <c r="F439" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>1332</v>
+      </c>
+      <c r="H439" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B440" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C440" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D440" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E440" s="1">
+        <v>0</v>
+      </c>
+      <c r="F440" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>1334</v>
+      </c>
+      <c r="H440" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441" s="1" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B441" s="1" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C441" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D441" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E441" s="1">
+        <v>0</v>
+      </c>
+      <c r="F441" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>1337</v>
+      </c>
+      <c r="H441" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B442" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C442" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D442" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E442" s="1">
+        <v>0</v>
+      </c>
+      <c r="F442" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>1339</v>
+      </c>
+      <c r="H442" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B443" s="1" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C443" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D443" s="1" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E443" s="1">
+        <v>0</v>
+      </c>
+      <c r="F443" s="1" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>1344</v>
+      </c>
+      <c r="H443" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444" s="1" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B444" s="1" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C444" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D444" s="1" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E444" s="1">
+        <v>0</v>
+      </c>
+      <c r="F444" s="1" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>1347</v>
+      </c>
+      <c r="H444" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" s="1" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B445" s="1" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C445" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D445" s="1" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E445" s="1">
+        <v>0</v>
+      </c>
+      <c r="F445" s="1" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G445" s="1" t="s">
+        <v>1350</v>
+      </c>
+      <c r="H445" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446" s="1" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B446" s="1" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C446" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D446" s="1" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E446" s="1">
+        <v>0</v>
+      </c>
+      <c r="F446" s="1" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>1353</v>
+      </c>
+      <c r="H446" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447" s="1" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B447" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C447" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D447" s="1" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E447" s="1">
+        <v>0</v>
+      </c>
+      <c r="F447" s="1" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>1356</v>
+      </c>
+      <c r="H447" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8">
+      <c r="A448" s="1" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B448" s="1" t="s">
+        <v>1357</v>
+      </c>
+      <c r="C448" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D448" s="1" t="s">
+        <v>1358</v>
+      </c>
+      <c r="E448" s="1">
+        <v>0</v>
+      </c>
+      <c r="F448" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="G448" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="H448" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="449" spans="1:8">
+      <c r="A449" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B449" s="1" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C449" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D449" s="1" t="s">
+        <v>1358</v>
+      </c>
+      <c r="E449" s="1">
+        <v>0</v>
+      </c>
+      <c r="F449" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="G449" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="H449" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="450" spans="1:8">
+      <c r="A450" s="1" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B450" s="1" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C450" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D450" s="1" t="s">
+        <v>1358</v>
+      </c>
+      <c r="E450" s="1">
+        <v>0</v>
+      </c>
+      <c r="F450" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="G450" s="1" t="s">
+        <v>1365</v>
+      </c>
+      <c r="H450" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="451" spans="1:8">
+      <c r="A451" s="1" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B451" s="1" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C451" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D451" s="1" t="s">
+        <v>1358</v>
+      </c>
+      <c r="E451" s="1">
+        <v>0</v>
+      </c>
+      <c r="F451" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="G451" s="1" t="s">
+        <v>1367</v>
+      </c>
+      <c r="H451" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="452" spans="1:8">
+      <c r="A452" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="B452" s="1" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C452" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="D452" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E452" s="1">
+        <v>0</v>
+      </c>
+      <c r="F452" s="1" t="s">
+        <v>1369</v>
+      </c>
+      <c r="G452" s="1" t="s">
+        <v>1370</v>
+      </c>
+      <c r="H452" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="453" spans="1:8">
+      <c r="A453" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="B453" s="1" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C453" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="D453" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E453" s="1">
+        <v>0</v>
+      </c>
+      <c r="F453" s="1" t="s">
+        <v>1369</v>
+      </c>
+      <c r="G453" s="1" t="s">
+        <v>1372</v>
+      </c>
+      <c r="H453" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="454" spans="1:8">
+      <c r="A454" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B454" s="1" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C454" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="D454" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E454" s="1">
+        <v>0</v>
+      </c>
+      <c r="F454" s="1" t="s">
+        <v>1369</v>
+      </c>
+      <c r="G454" s="1" t="s">
+        <v>1375</v>
+      </c>
+      <c r="H454" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="455" spans="1:8">
+      <c r="A455" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="B455" s="1" t="s">
+        <v>1376</v>
+      </c>
+      <c r="C455" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="D455" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E455" s="1">
+        <v>0</v>
+      </c>
+      <c r="F455" s="1" t="s">
+        <v>1369</v>
+      </c>
+      <c r="G455" s="1" t="s">
+        <v>1377</v>
+      </c>
+      <c r="H455" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="456" spans="1:8">
+      <c r="A456" s="1" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B456" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C456" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D456" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E456" s="1">
+        <v>3000</v>
+      </c>
+      <c r="F456" s="1" t="s">
+        <v>1380</v>
+      </c>
+      <c r="G456" s="1" t="s">
+        <v>1381</v>
+      </c>
+      <c r="H456" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="457" spans="1:8">
+      <c r="A457" s="1" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B457" s="1" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C457" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D457" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E457" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F457" s="1" t="s">
+        <v>1385</v>
+      </c>
+      <c r="G457" s="1" t="s">
+        <v>1386</v>
+      </c>
+      <c r="H457" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="458" spans="1:8">
+      <c r="A458" s="1" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B458" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C458" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D458" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E458" s="1">
+        <v>2535</v>
+      </c>
+      <c r="F458" s="1" t="s">
+        <v>1389</v>
+      </c>
+      <c r="G458" s="1" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H458" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="459" spans="1:8">
+      <c r="A459" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B459" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C459" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D459" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E459" s="1">
+        <v>2480</v>
+      </c>
+      <c r="F459" s="1" t="s">
+        <v>1392</v>
+      </c>
+      <c r="G459" s="1" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H459" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="460" spans="1:8">
+      <c r="A460" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B460" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C460" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D460" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E460" s="1">
+        <v>2535</v>
+      </c>
+      <c r="F460" s="1" t="s">
+        <v>1394</v>
+      </c>
+      <c r="G460" s="1" t="s">
+        <v>1395</v>
+      </c>
+      <c r="H460" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="461" spans="1:8">
+      <c r="A461" s="1" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B461" s="1" t="s">
+        <v>1396</v>
+      </c>
+      <c r="C461" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D461" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="E461" s="1">
+        <v>7480</v>
+      </c>
+      <c r="F461" s="1" t="s">
+        <v>1398</v>
+      </c>
+      <c r="G461" s="1" t="s">
+        <v>1399</v>
+      </c>
+      <c r="H461" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="462" spans="1:8">
+      <c r="A462" s="1" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B462" s="1" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C462" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D462" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="E462" s="1">
+        <v>20000</v>
+      </c>
+      <c r="F462" s="1" t="s">
+        <v>1402</v>
+      </c>
+      <c r="G462" s="1" t="s">
+        <v>1403</v>
+      </c>
+      <c r="H462" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="463" spans="1:8">
+      <c r="A463" s="1" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B463" s="1" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C463" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D463" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="E463" s="1">
+        <v>19955</v>
+      </c>
+      <c r="F463" s="1" t="s">
+        <v>1405</v>
+      </c>
+      <c r="G463" s="1" t="s">
+        <v>1406</v>
+      </c>
+      <c r="H463" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="464" spans="1:8">
+      <c r="A464" s="1" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B464" s="1" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C464" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D464" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="E464" s="1">
+        <v>29965</v>
+      </c>
+      <c r="F464" s="1" t="s">
+        <v>1409</v>
+      </c>
+      <c r="G464" s="1" t="s">
+        <v>1410</v>
+      </c>
+      <c r="H464" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="465" spans="1:8">
+      <c r="A465" s="1" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B465" s="1" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C465" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D465" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="E465" s="1">
+        <v>30000</v>
+      </c>
+      <c r="F465" s="1" t="s">
+        <v>1412</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>1413</v>
+      </c>
+      <c r="H465" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="466" spans="1:8">
+      <c r="A466" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B466" s="1" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C466" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D466" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="E466" s="1">
+        <v>20000</v>
+      </c>
+      <c r="F466" s="1" t="s">
+        <v>1414</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>1415</v>
+      </c>
+      <c r="H466" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="467" spans="1:8">
+      <c r="A467" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B467" s="1" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C467" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D467" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="E467" s="1">
+        <v>29965</v>
+      </c>
+      <c r="F467" s="1" t="s">
+        <v>1416</v>
+      </c>
+      <c r="G467" s="1" t="s">
+        <v>1417</v>
+      </c>
+      <c r="H467" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="468" spans="1:8">
+      <c r="A468" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B468" s="1" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C468" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D468" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="E468" s="1">
+        <v>9945</v>
+      </c>
+      <c r="F468" s="1" t="s">
+        <v>1419</v>
+      </c>
+      <c r="G468" s="1" t="s">
+        <v>1420</v>
+      </c>
+      <c r="H468" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="469" spans="1:8">
+      <c r="A469" s="1" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B469" s="1" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C469" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D469" s="1" t="s">
+        <v>1423</v>
+      </c>
+      <c r="E469" s="1">
+        <v>6000</v>
+      </c>
+      <c r="F469" s="1" t="s">
+        <v>1424</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>1425</v>
+      </c>
+      <c r="H469" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="470" spans="1:8">
+      <c r="A470" s="1" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B470" s="1" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C470" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D470" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E470" s="1">
+        <v>1600</v>
+      </c>
+      <c r="F470" s="1" t="s">
+        <v>1428</v>
+      </c>
+      <c r="G470" s="1" t="s">
+        <v>1429</v>
+      </c>
+      <c r="H470" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="471" spans="1:8">
+      <c r="A471" s="1" t="s">
+        <v>1430</v>
+      </c>
+      <c r="B471" s="1" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C471" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D471" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E471" s="1">
+        <v>6110</v>
+      </c>
+      <c r="F471" s="1" t="s">
+        <v>1431</v>
+      </c>
+      <c r="G471" s="1" t="s">
+        <v>1432</v>
+      </c>
+      <c r="H471" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="472" spans="1:8">
+      <c r="A472" s="1" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B472" s="1" t="s">
+        <v>1434</v>
+      </c>
+      <c r="C472" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="D472" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="E472" s="1">
+        <v>0</v>
+      </c>
+      <c r="F472" s="1" t="s">
+        <v>1435</v>
+      </c>
+      <c r="G472" s="1" t="s">
+        <v>1436</v>
+      </c>
+      <c r="H472" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="473" spans="1:8">
+      <c r="A473" s="1" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B473" s="1" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C473" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D473" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="E473" s="1">
+        <v>207.2</v>
+      </c>
+      <c r="F473" s="1" t="s">
+        <v>1439</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>1440</v>
+      </c>
+      <c r="H473" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="474" spans="1:8">
+      <c r="A474" s="1" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B474" s="1" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C474" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D474" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="E474" s="1">
+        <v>258.85</v>
+      </c>
+      <c r="F474" s="1" t="s">
+        <v>1439</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>1443</v>
+      </c>
+      <c r="H474" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="475" spans="1:8">
+      <c r="A475" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="B475" s="1" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C475" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D475" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="E475" s="1">
+        <v>258.85</v>
+      </c>
+      <c r="F475" s="1" t="s">
+        <v>1439</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>1444</v>
+      </c>
+      <c r="H475" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="476" spans="1:8">
+      <c r="A476" s="1" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B476" s="1" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C476" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D476" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="E476" s="1">
+        <v>277.4</v>
+      </c>
+      <c r="F476" s="1" t="s">
+        <v>1439</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>1447</v>
+      </c>
+      <c r="H476" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="477" spans="1:8">
+      <c r="A477" s="1" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B477" s="1" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C477" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D477" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="E477" s="1">
+        <v>207.2</v>
+      </c>
+      <c r="F477" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="G477" s="1" t="s">
+        <v>1451</v>
+      </c>
+      <c r="H477" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="478" spans="1:8">
+      <c r="A478" s="1" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B478" s="1" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C478" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D478" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="E478" s="1">
+        <v>0</v>
+      </c>
+      <c r="F478" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="G478" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="H478" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="479" spans="1:8">
+      <c r="A479" s="1" t="s">
+        <v>1454</v>
+      </c>
+      <c r="B479" s="1" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C479" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D479" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="E479" s="1">
+        <v>0</v>
+      </c>
+      <c r="F479" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="G479" s="1" t="s">
+        <v>1455</v>
+      </c>
+      <c r="H479" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="480" spans="1:8">
+      <c r="A480" s="1" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B480" s="1" t="s">
+        <v>1457</v>
+      </c>
+      <c r="C480" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D480" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="E480" s="1">
+        <v>0</v>
+      </c>
+      <c r="F480" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="G480" s="1" t="s">
+        <v>1458</v>
+      </c>
+      <c r="H480" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="481" spans="1:8">
+      <c r="A481" s="1" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B481" s="1" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C481" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D481" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="E481" s="1">
+        <v>0</v>
+      </c>
+      <c r="F481" s="1" t="s">
+        <v>1461</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="H481" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="482" spans="1:8">
+      <c r="A482" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="B482" s="1" t="s">
+        <v>1463</v>
+      </c>
+      <c r="C482" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D482" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="E482" s="1">
+        <v>0</v>
+      </c>
+      <c r="F482" s="1" t="s">
+        <v>1461</v>
+      </c>
+      <c r="G482" s="1" t="s">
+        <v>1464</v>
+      </c>
+      <c r="H482" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="483" spans="1:8">
+      <c r="A483" s="1" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B483" s="1" t="s">
+        <v>1463</v>
+      </c>
+      <c r="C483" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D483" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="E483" s="1">
+        <v>0</v>
+      </c>
+      <c r="F483" s="1" t="s">
+        <v>1461</v>
+      </c>
+      <c r="G483" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="H483" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="484" spans="1:8">
+      <c r="A484" s="1" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B484" s="1" t="s">
+        <v>1468</v>
+      </c>
+      <c r="C484" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D484" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="E484" s="1">
+        <v>207.2</v>
+      </c>
+      <c r="F484" s="1" t="s">
+        <v>1461</v>
+      </c>
+      <c r="G484" s="1" t="s">
+        <v>1469</v>
+      </c>
+      <c r="H484" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="485" spans="1:8">
+      <c r="A485" s="1" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B485" s="1" t="s">
+        <v>1471</v>
+      </c>
+      <c r="C485" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D485" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="E485" s="1">
+        <v>0</v>
+      </c>
+      <c r="F485" s="1" t="s">
+        <v>1472</v>
+      </c>
+      <c r="G485" s="1" t="s">
+        <v>1473</v>
+      </c>
+      <c r="H485" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="486" spans="1:8">
+      <c r="A486" s="1" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B486" s="1" t="s">
+        <v>1475</v>
+      </c>
+      <c r="C486" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D486" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="E486" s="1">
+        <v>0</v>
+      </c>
+      <c r="F486" s="1" t="s">
+        <v>1472</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>1476</v>
+      </c>
+      <c r="H486" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="487" spans="1:8">
+      <c r="A487" s="1" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B487" s="1" t="s">
+        <v>1475</v>
+      </c>
+      <c r="C487" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D487" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="E487" s="1">
+        <v>0</v>
+      </c>
+      <c r="F487" s="1" t="s">
+        <v>1472</v>
+      </c>
+      <c r="G487" s="1" t="s">
+        <v>1478</v>
+      </c>
+      <c r="H487" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488" s="1" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B488" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C488" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="D488" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="E488" s="1">
+        <v>0</v>
+      </c>
+      <c r="F488" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>1482</v>
+      </c>
+      <c r="H488" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="489" spans="1:8">
+      <c r="A489" s="1" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B489" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C489" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="D489" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="E489" s="1">
+        <v>0</v>
+      </c>
+      <c r="F489" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>1484</v>
+      </c>
+      <c r="H489" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490" s="1" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B490" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C490" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="D490" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="E490" s="1">
+        <v>0</v>
+      </c>
+      <c r="F490" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>1486</v>
+      </c>
+      <c r="H490" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B491" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C491" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="D491" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="E491" s="1">
+        <v>0</v>
+      </c>
+      <c r="F491" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>1488</v>
+      </c>
+      <c r="H491" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" s="1" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B492" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C492" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D492" s="1" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E492" s="1">
+        <v>0</v>
+      </c>
+      <c r="F492" s="1" t="s">
+        <v>1492</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H492" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="493" spans="1:8">
+      <c r="A493" s="1" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B493" s="1" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C493" s="1" t="s">
+        <v>1496</v>
+      </c>
+      <c r="D493" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="E493" s="1">
+        <v>17766</v>
+      </c>
+      <c r="F493" s="1" t="s">
+        <v>1497</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="H493" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="494" spans="1:8">
+      <c r="A494" s="1" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B494" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="C494" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D494" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E494" s="1">
+        <v>500</v>
+      </c>
+      <c r="F494" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>1500</v>
+      </c>
+      <c r="H494" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="495" spans="1:8">
+      <c r="A495" s="1" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B495" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="C495" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D495" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E495" s="1">
+        <v>500</v>
+      </c>
+      <c r="F495" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="G495" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="H495" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="496" spans="1:8">
+      <c r="A496" s="1" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B496" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="C496" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D496" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E496" s="1">
+        <v>500</v>
+      </c>
+      <c r="F496" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="G496" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="H496" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="497" spans="1:8">
+      <c r="A497" s="1" t="s">
+        <v>1505</v>
+      </c>
+      <c r="B497" s="1" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C497" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D497" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E497" s="1">
+        <v>500</v>
+      </c>
+      <c r="F497" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="G497" s="1" t="s">
+        <v>1507</v>
+      </c>
+      <c r="H497" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="498" spans="1:8">
+      <c r="A498" s="1" t="s">
+        <v>1508</v>
+      </c>
+      <c r="B498" s="1" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C498" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D498" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E498" s="1">
+        <v>500</v>
+      </c>
+      <c r="F498" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="G498" s="1" t="s">
+        <v>1509</v>
+      </c>
+      <c r="H498" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="499" spans="1:8">
+      <c r="A499" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="B499" s="1" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C499" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D499" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E499" s="1">
+        <v>500</v>
+      </c>
+      <c r="F499" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="G499" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="H499" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="500" spans="1:8">
+      <c r="A500" s="1" t="s">
+        <v>1512</v>
+      </c>
+      <c r="B500" s="1" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C500" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D500" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E500" s="1">
+        <v>500</v>
+      </c>
+      <c r="F500" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="G500" s="1" t="s">
+        <v>1513</v>
+      </c>
+      <c r="H500" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="501" spans="1:8">
+      <c r="A501" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B501" s="1" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C501" s="1" t="s">
+        <v>1516</v>
+      </c>
+      <c r="D501" s="1" t="s">
+        <v>1516</v>
+      </c>
+      <c r="E501" s="1">
+        <v>75</v>
+      </c>
+      <c r="F501" s="1" t="s">
+        <v>1517</v>
+      </c>
+      <c r="G501" s="1" t="s">
+        <v>1518</v>
+      </c>
+      <c r="H501" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="502" spans="1:8">
+      <c r="A502" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B502" s="1" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C502" s="1" t="s">
+        <v>1516</v>
+      </c>
+      <c r="D502" s="1" t="s">
+        <v>1516</v>
+      </c>
+      <c r="E502" s="1">
+        <v>75</v>
+      </c>
+      <c r="F502" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="G502" s="1" t="s">
+        <v>1521</v>
+      </c>
+      <c r="H502" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="503" spans="1:8">
+      <c r="A503" s="1" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B503" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C503" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D503" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="E503" s="1">
+        <v>929.52</v>
+      </c>
+      <c r="F503" s="1" t="s">
+        <v>1524</v>
+      </c>
+      <c r="G503" s="1" t="s">
+        <v>1525</v>
+      </c>
+      <c r="H503" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="504" spans="1:8">
+      <c r="A504" s="1" t="s">
+        <v>1526</v>
+      </c>
+      <c r="B504" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C504" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D504" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="E504" s="1">
+        <v>929.52</v>
+      </c>
+      <c r="F504" s="1" t="s">
+        <v>1527</v>
+      </c>
+      <c r="G504" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="H504" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="505" spans="1:8">
+      <c r="A505" s="1" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B505" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C505" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D505" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="E505" s="1">
+        <v>929.52</v>
+      </c>
+      <c r="F505" s="1" t="s">
+        <v>1529</v>
+      </c>
+      <c r="G505" s="1" t="s">
+        <v>1530</v>
+      </c>
+      <c r="H505" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="506" spans="1:8">
+      <c r="A506" s="1" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B506" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C506" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D506" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="E506" s="1">
+        <v>619.6799999999999</v>
+      </c>
+      <c r="F506" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="G506" s="1" t="s">
+        <v>1533</v>
+      </c>
+      <c r="H506" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="507" spans="1:8">
+      <c r="A507" s="1" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B507" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C507" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D507" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="E507" s="1">
+        <v>929.52</v>
+      </c>
+      <c r="F507" s="1" t="s">
+        <v>1535</v>
+      </c>
+      <c r="G507" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="H507" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="508" spans="1:8">
+      <c r="A508" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B508" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C508" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D508" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="E508" s="1">
+        <v>929.52</v>
+      </c>
+      <c r="F508" s="1" t="s">
+        <v>1538</v>
+      </c>
+      <c r="G508" s="1" t="s">
+        <v>1539</v>
+      </c>
+      <c r="H508" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="509" spans="1:8">
+      <c r="A509" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B509" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C509" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D509" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="E509" s="1">
+        <v>929.52</v>
+      </c>
+      <c r="F509" s="1" t="s">
+        <v>1541</v>
+      </c>
+      <c r="G509" s="1" t="s">
+        <v>1542</v>
+      </c>
+      <c r="H509" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="510" spans="1:8">
+      <c r="A510" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="B510" s="1" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C510" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D510" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E510" s="1">
+        <v>2520</v>
+      </c>
+      <c r="F510" s="1" t="s">
+        <v>1544</v>
+      </c>
+      <c r="G510" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="H510" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="511" spans="1:8">
+      <c r="A511" s="1" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B511" s="1" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C511" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D511" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="E511" s="1">
+        <v>0</v>
+      </c>
+      <c r="F511" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="G511" s="1" t="s">
+        <v>1549</v>
+      </c>
+      <c r="H511" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="512" spans="1:8">
+      <c r="A512" s="1" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B512" s="1" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C512" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D512" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="E512" s="1">
+        <v>0</v>
+      </c>
+      <c r="F512" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="G512" s="1" t="s">
+        <v>1552</v>
+      </c>
+      <c r="H512" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="513" spans="1:8">
+      <c r="A513" s="1" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B513" s="1" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C513" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D513" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="E513" s="1">
+        <v>0</v>
+      </c>
+      <c r="F513" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="G513" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="H513" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="514" spans="1:8">
+      <c r="A514" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="B514" s="1" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C514" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D514" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="E514" s="1">
+        <v>0</v>
+      </c>
+      <c r="F514" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="G514" s="1" t="s">
+        <v>1556</v>
+      </c>
+      <c r="H514" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="515" spans="1:8">
+      <c r="A515" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="B515" s="1" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C515" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D515" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="E515" s="1">
+        <v>0</v>
+      </c>
+      <c r="F515" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="G515" s="1" t="s">
+        <v>1558</v>
+      </c>
+      <c r="H515" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="516" spans="1:8">
+      <c r="A516" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="B516" s="1" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C516" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D516" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="E516" s="1">
+        <v>0</v>
+      </c>
+      <c r="F516" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="G516" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="H516" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="517" spans="1:8">
+      <c r="A517" s="1" t="s">
+        <v>1561</v>
+      </c>
+      <c r="B517" s="1" t="s">
+        <v>1562</v>
+      </c>
+      <c r="C517" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D517" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="E517" s="1">
+        <v>662.3099999999999</v>
+      </c>
+      <c r="F517" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="G517" s="1" t="s">
+        <v>1564</v>
+      </c>
+      <c r="H517" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="518" spans="1:8">
+      <c r="A518" s="1" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B518" s="1" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C518" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D518" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="E518" s="1">
+        <v>602.1</v>
+      </c>
+      <c r="F518" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="G518" s="1" t="s">
+        <v>1567</v>
+      </c>
+      <c r="H518" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="519" spans="1:8">
+      <c r="A519" s="1" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B519" s="1" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C519" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D519" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="E519" s="1">
+        <v>602.1</v>
+      </c>
+      <c r="F519" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="G519" s="1" t="s">
+        <v>1569</v>
+      </c>
+      <c r="H519" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="520" spans="1:8">
+      <c r="A520" s="1" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B520" s="1" t="s">
+        <v>1570</v>
+      </c>
+      <c r="C520" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D520" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="E520" s="1">
+        <v>541.89</v>
+      </c>
+      <c r="F520" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="G520" s="1" t="s">
+        <v>1571</v>
+      </c>
+      <c r="H520" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="521" spans="1:8">
+      <c r="A521" s="1" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B521" s="1" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C521" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D521" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E521" s="1">
+        <v>0</v>
+      </c>
+      <c r="F521" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="G521" s="1" t="s">
+        <v>1575</v>
+      </c>
+      <c r="H521" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="522" spans="1:8">
+      <c r="A522" s="1" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B522" s="1" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C522" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D522" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E522" s="1">
+        <v>0</v>
+      </c>
+      <c r="F522" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="G522" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="H522" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="523" spans="1:8">
+      <c r="A523" s="1" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B523" s="1" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C523" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D523" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E523" s="1">
+        <v>0</v>
+      </c>
+      <c r="F523" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="G523" s="1" t="s">
+        <v>1580</v>
+      </c>
+      <c r="H523" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="524" spans="1:8">
+      <c r="A524" s="1" t="s">
+        <v>1581</v>
+      </c>
+      <c r="B524" s="1" t="s">
+        <v>1582</v>
+      </c>
+      <c r="C524" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D524" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E524" s="1">
+        <v>0</v>
+      </c>
+      <c r="F524" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="G524" s="1" t="s">
+        <v>1583</v>
+      </c>
+      <c r="H524" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="525" spans="1:8">
+      <c r="A525" s="1" t="s">
+        <v>1584</v>
+      </c>
+      <c r="B525" s="1" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C525" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D525" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E525" s="1">
+        <v>500</v>
+      </c>
+      <c r="F525" s="1" t="s">
+        <v>1586</v>
+      </c>
+      <c r="G525" s="1" t="s">
+        <v>1587</v>
+      </c>
+      <c r="H525" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="526" spans="1:8">
+      <c r="A526" s="1" t="s">
+        <v>1588</v>
+      </c>
+      <c r="B526" s="1" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C526" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="D526" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E526" s="1">
+        <v>0</v>
+      </c>
+      <c r="F526" s="1" t="s">
+        <v>1590</v>
+      </c>
+      <c r="G526" s="1" t="s">
+        <v>1591</v>
+      </c>
+      <c r="H526" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="527" spans="1:8">
+      <c r="A527" s="1" t="s">
+        <v>1592</v>
+      </c>
+      <c r="B527" s="1" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C527" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D527" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E527" s="1">
+        <v>0</v>
+      </c>
+      <c r="F527" s="1" t="s">
+        <v>1593</v>
+      </c>
+      <c r="G527" s="1" t="s">
+        <v>1594</v>
+      </c>
+      <c r="H527" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="528" spans="1:8">
+      <c r="A528" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="B528" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C528" s="1" t="s">
+        <v>1596</v>
+      </c>
+      <c r="D528" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="E528" s="1">
+        <v>700</v>
+      </c>
+      <c r="F528" s="1" t="s">
+        <v>1597</v>
+      </c>
+      <c r="G528" s="1" t="s">
+        <v>1598</v>
+      </c>
+      <c r="H528" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="529" spans="1:8">
+      <c r="A529" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="B529" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C529" s="1" t="s">
+        <v>1596</v>
+      </c>
+      <c r="D529" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="E529" s="1">
+        <v>700</v>
+      </c>
+      <c r="F529" s="1" t="s">
+        <v>1599</v>
+      </c>
+      <c r="G529" s="1" t="s">
+        <v>1600</v>
+      </c>
+      <c r="H529" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="530" spans="1:8">
+      <c r="A530" s="1" t="s">
+        <v>1601</v>
+      </c>
+      <c r="B530" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C530" s="1" t="s">
+        <v>1596</v>
+      </c>
+      <c r="D530" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="E530" s="1">
+        <v>700</v>
+      </c>
+      <c r="F530" s="1" t="s">
+        <v>1602</v>
+      </c>
+      <c r="G530" s="1" t="s">
+        <v>1603</v>
+      </c>
+      <c r="H530" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="531" spans="1:8">
+      <c r="A531" s="1" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B531" s="1" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C531" s="1" t="s">
+        <v>1596</v>
+      </c>
+      <c r="D531" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="E531" s="1">
+        <v>1600</v>
+      </c>
+      <c r="F531" s="1" t="s">
+        <v>1606</v>
+      </c>
+      <c r="G531" s="1" t="s">
+        <v>1607</v>
+      </c>
+      <c r="H531" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="532" spans="1:8">
+      <c r="A532" s="1" t="s">
+        <v>1608</v>
+      </c>
+      <c r="B532" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="C532" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D532" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E532" s="1">
+        <v>1800</v>
+      </c>
+      <c r="F532" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="G532" s="1" t="s">
+        <v>1610</v>
+      </c>
+      <c r="H532" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="533" spans="1:8">
+      <c r="A533" s="1" t="s">
+        <v>1608</v>
+      </c>
+      <c r="B533" s="1" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C533" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D533" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E533" s="1">
+        <v>1800</v>
+      </c>
+      <c r="F533" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="G533" s="1" t="s">
+        <v>1612</v>
+      </c>
+      <c r="H533" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="534" spans="1:8">
+      <c r="A534" s="1" t="s">
+        <v>1613</v>
+      </c>
+      <c r="B534" s="1" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C534" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D534" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="E534" s="1">
+        <v>1200</v>
+      </c>
+      <c r="F534" s="1" t="s">
+        <v>1614</v>
+      </c>
+      <c r="G534" s="1" t="s">
+        <v>1615</v>
+      </c>
+      <c r="H534" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="535" spans="1:8">
+      <c r="A535" s="1" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B535" s="1" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C535" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D535" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="E535" s="1">
+        <v>1200</v>
+      </c>
+      <c r="F535" s="1" t="s">
+        <v>1617</v>
+      </c>
+      <c r="G535" s="1" t="s">
+        <v>1618</v>
+      </c>
+      <c r="H535" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="536" spans="1:8">
+      <c r="A536" s="1" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B536" s="1" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C536" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D536" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="E536" s="1">
+        <v>1200</v>
+      </c>
+      <c r="F536" s="1" t="s">
+        <v>1620</v>
+      </c>
+      <c r="G536" s="1" t="s">
+        <v>1621</v>
+      </c>
+      <c r="H536" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="537" spans="1:8">
+      <c r="A537" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B537" s="1" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C537" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D537" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="E537" s="1">
+        <v>600</v>
+      </c>
+      <c r="F537" s="1" t="s">
+        <v>1623</v>
+      </c>
+      <c r="G537" s="1" t="s">
+        <v>1624</v>
+      </c>
+      <c r="H537" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="538" spans="1:8">
+      <c r="A538" s="1" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B538" s="1" t="s">
+        <v>1626</v>
+      </c>
+      <c r="C538" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="D538" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="E538" s="1">
+        <v>206.56</v>
+      </c>
+      <c r="F538" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="G538" s="1" t="s">
+        <v>1629</v>
+      </c>
+      <c r="H538" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="539" spans="1:8">
+      <c r="A539" s="1" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B539" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C539" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="D539" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="E539" s="1">
+        <v>206.56</v>
+      </c>
+      <c r="F539" s="1" t="s">
+        <v>1632</v>
+      </c>
+      <c r="G539" s="1" t="s">
+        <v>1633</v>
+      </c>
+      <c r="H539" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="540" spans="1:8">
+      <c r="A540" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="B540" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C540" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="D540" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="E540" s="1">
+        <v>206.56</v>
+      </c>
+      <c r="F540" s="1" t="s">
+        <v>1634</v>
+      </c>
+      <c r="G540" s="1" t="s">
+        <v>1635</v>
+      </c>
+      <c r="H540" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="541" spans="1:8">
+      <c r="A541" s="1" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B541" s="1" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C541" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D541" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="E541" s="1">
+        <v>2000</v>
+      </c>
+      <c r="F541" s="1" t="s">
+        <v>1638</v>
+      </c>
+      <c r="G541" s="1" t="s">
+        <v>1639</v>
+      </c>
+      <c r="H541" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="542" spans="1:8">
+      <c r="A542" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="B542" s="1" t="s">
+        <v>1641</v>
+      </c>
+      <c r="C542" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D542" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="E542" s="1">
+        <v>140</v>
+      </c>
+      <c r="F542" s="1" t="s">
+        <v>1642</v>
+      </c>
+      <c r="G542" s="1" t="s">
+        <v>1643</v>
+      </c>
+      <c r="H542" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="543" spans="1:8">
+      <c r="A543" s="1" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B543" s="1" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C543" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D543" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E543" s="1">
+        <v>50</v>
+      </c>
+      <c r="F543" s="1" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G543" s="1" t="s">
+        <v>1646</v>
+      </c>
+      <c r="H543" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="544" spans="1:8">
+      <c r="A544" s="1" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B544" s="1" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C544" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D544" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E544" s="1">
+        <v>50</v>
+      </c>
+      <c r="F544" s="1" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G544" s="1" t="s">
+        <v>1647</v>
+      </c>
+      <c r="H544" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="545" spans="1:8">
+      <c r="A545" s="1" t="s">
+        <v>1648</v>
+      </c>
+      <c r="B545" s="1" t="s">
+        <v>1649</v>
+      </c>
+      <c r="C545" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="D545" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E545" s="1">
+        <v>300</v>
+      </c>
+      <c r="F545" s="1" t="s">
+        <v>1650</v>
+      </c>
+      <c r="G545" s="1" t="s">
+        <v>1651</v>
+      </c>
+      <c r="H545" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="546" spans="1:8">
+      <c r="A546" s="1" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B546" s="1" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C546" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D546" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E546" s="1">
+        <v>75</v>
+      </c>
+      <c r="F546" s="1" t="s">
+        <v>1653</v>
+      </c>
+      <c r="G546" s="1" t="s">
+        <v>1654</v>
+      </c>
+      <c r="H546" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="547" spans="1:8">
+      <c r="A547" s="1" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B547" s="1" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C547" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D547" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E547" s="1">
+        <v>75</v>
+      </c>
+      <c r="F547" s="1" t="s">
+        <v>1653</v>
+      </c>
+      <c r="G547" s="1" t="s">
+        <v>1655</v>
+      </c>
+      <c r="H547" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="548" spans="1:8">
+      <c r="A548" s="1" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B548" s="1" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C548" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D548" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E548" s="1">
+        <v>50</v>
+      </c>
+      <c r="F548" s="1" t="s">
+        <v>1653</v>
+      </c>
+      <c r="G548" s="1" t="s">
+        <v>1657</v>
+      </c>
+      <c r="H548" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="549" spans="1:8">
+      <c r="A549" s="1" t="s">
+        <v>1658</v>
+      </c>
+      <c r="B549" s="1" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C549" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D549" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E549" s="1">
+        <v>50</v>
+      </c>
+      <c r="F549" s="1" t="s">
+        <v>1653</v>
+      </c>
+      <c r="G549" s="1" t="s">
+        <v>1659</v>
+      </c>
+      <c r="H549" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="550" spans="1:8">
+      <c r="A550" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B550" s="1" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C550" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D550" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E550" s="1">
+        <v>50</v>
+      </c>
+      <c r="F550" s="1" t="s">
+        <v>1653</v>
+      </c>
+      <c r="G550" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="H550" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="551" spans="1:8">
+      <c r="A551" s="1" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B551" s="1" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C551" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D551" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E551" s="1">
+        <v>50</v>
+      </c>
+      <c r="F551" s="1" t="s">
+        <v>1653</v>
+      </c>
+      <c r="G551" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="H551" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="552" spans="1:8">
+      <c r="A552" s="1" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B552" s="1" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C552" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D552" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E552" s="1">
+        <v>75</v>
+      </c>
+      <c r="F552" s="1" t="s">
+        <v>1653</v>
+      </c>
+      <c r="G552" s="1" t="s">
+        <v>1665</v>
+      </c>
+      <c r="H552" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="553" spans="1:8">
+      <c r="A553" s="1" t="s">
+        <v>1289</v>
+      </c>
+      <c r="B553" s="1" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C553" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D553" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E553" s="1">
+        <v>241.2</v>
+      </c>
+      <c r="F553" s="1" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G553" s="1" t="s">
+        <v>1668</v>
+      </c>
+      <c r="H553" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="554" spans="1:8">
+      <c r="A554" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B554" s="1" t="s">
+        <v>1669</v>
+      </c>
+      <c r="C554" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D554" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="E554" s="1">
+        <v>131.9</v>
+      </c>
+      <c r="F554" s="1" t="s">
+        <v>1670</v>
+      </c>
+      <c r="G554" s="1" t="s">
+        <v>1671</v>
+      </c>
+      <c r="H554" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="555" spans="1:8">
+      <c r="A555" s="1" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B555" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C555" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D555" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="E555" s="1">
+        <v>200</v>
+      </c>
+      <c r="F555" s="1" t="s">
+        <v>1674</v>
+      </c>
+      <c r="G555" s="1" t="s">
+        <v>1675</v>
+      </c>
+      <c r="H555" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="556" spans="1:8">
+      <c r="A556" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B556" s="1" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C556" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D556" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E556" s="1">
+        <v>600</v>
+      </c>
+      <c r="F556" s="1" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G556" s="1" t="s">
+        <v>1678</v>
+      </c>
+      <c r="H556" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="557" spans="1:8">
+      <c r="A557" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B557" s="1" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C557" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D557" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E557" s="1">
+        <v>600</v>
+      </c>
+      <c r="F557" s="1" t="s">
+        <v>1680</v>
+      </c>
+      <c r="G557" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="H557" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="558" spans="1:8">
+      <c r="A558" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="B558" s="1" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C558" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D558" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E558" s="1">
+        <v>0</v>
+      </c>
+      <c r="F558" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="G558" s="1" t="s">
+        <v>1683</v>
+      </c>
+      <c r="H558" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="559" spans="1:8">
+      <c r="A559" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="B559" s="1" t="s">
+        <v>1684</v>
+      </c>
+      <c r="C559" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D559" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E559" s="1">
+        <v>180</v>
+      </c>
+      <c r="F559" s="1" t="s">
+        <v>1685</v>
+      </c>
+      <c r="G559" s="1" t="s">
+        <v>1686</v>
+      </c>
+      <c r="H559" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="560" spans="1:8">
+      <c r="A560" s="1" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B560" s="1" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C560" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D560" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E560" s="1">
+        <v>1200</v>
+      </c>
+      <c r="F560" s="1" t="s">
+        <v>1689</v>
+      </c>
+      <c r="G560" s="1" t="s">
+        <v>1690</v>
+      </c>
+      <c r="H560" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="561" spans="1:8">
+      <c r="A561" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="B561" s="1" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C561" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D561" s="1" t="s">
+        <v>1692</v>
+      </c>
+      <c r="E561" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F561" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="G561" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="H561" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="562" spans="1:8">
+      <c r="A562" s="1" t="s">
+        <v>1613</v>
+      </c>
+      <c r="B562" s="1" t="s">
+        <v>1695</v>
+      </c>
+      <c r="C562" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D562" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="E562" s="1">
+        <v>991.52</v>
+      </c>
+      <c r="F562" s="1" t="s">
+        <v>1696</v>
+      </c>
+      <c r="G562" s="1" t="s">
+        <v>1697</v>
+      </c>
+      <c r="H562" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="563" spans="1:8">
+      <c r="A563" s="1" t="s">
+        <v>1698</v>
+      </c>
+      <c r="B563" s="1" t="s">
+        <v>1699</v>
+      </c>
+      <c r="C563" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="D563" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="E563" s="1">
+        <v>400</v>
+      </c>
+      <c r="F563" s="1" t="s">
+        <v>1700</v>
+      </c>
+      <c r="G563" s="1" t="s">
+        <v>1701</v>
+      </c>
+      <c r="H563" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="564" spans="1:8">
+      <c r="A564" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B564" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="C564" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D564" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E564" s="1">
+        <v>400</v>
+      </c>
+      <c r="F564" s="1" t="s">
+        <v>1703</v>
+      </c>
+      <c r="G564" s="1" t="s">
+        <v>1704</v>
+      </c>
+      <c r="H564" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="565" spans="1:8">
+      <c r="A565" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="B565" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C565" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D565" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="E565" s="1">
+        <v>9000</v>
+      </c>
+      <c r="F565" s="1" t="s">
+        <v>1706</v>
+      </c>
+      <c r="G565" s="1" t="s">
+        <v>1707</v>
+      </c>
+      <c r="H565" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="566" spans="1:8">
+      <c r="A566" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="B566" s="1" t="s">
+        <v>1708</v>
+      </c>
+      <c r="C566" s="1" t="s">
+        <v>1290</v>
+      </c>
+      <c r="D566" s="1" t="s">
+        <v>1290</v>
+      </c>
+      <c r="E566" s="1">
+        <v>500</v>
+      </c>
+      <c r="F566" s="1" t="s">
+        <v>1709</v>
+      </c>
+      <c r="G566" s="1" t="s">
+        <v>1710</v>
+      </c>
+      <c r="H566" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="567" spans="1:8">
+      <c r="A567" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="B567" s="1" t="s">
+        <v>1711</v>
+      </c>
+      <c r="C567" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="D567" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="E567" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F567" s="1" t="s">
+        <v>1712</v>
+      </c>
+      <c r="G567" s="1" t="s">
+        <v>1713</v>
+      </c>
+      <c r="H567" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="568" spans="1:8">
+      <c r="A568" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B568" s="1" t="s">
+        <v>1711</v>
+      </c>
+      <c r="C568" s="1" t="s">
+        <v>1714</v>
+      </c>
+      <c r="D568" s="1" t="s">
+        <v>1714</v>
+      </c>
+      <c r="E568" s="1">
+        <v>500</v>
+      </c>
+      <c r="F568" s="1" t="s">
+        <v>1715</v>
+      </c>
+      <c r="G568" s="1" t="s">
+        <v>1716</v>
+      </c>
+      <c r="H568" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="569" spans="1:8">
+      <c r="A569" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="B569" s="1" t="s">
+        <v>1711</v>
+      </c>
+      <c r="C569" s="1" t="s">
+        <v>1717</v>
+      </c>
+      <c r="D569" s="1" t="s">
+        <v>1717</v>
+      </c>
+      <c r="E569" s="1">
+        <v>500</v>
+      </c>
+      <c r="F569" s="1" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G569" s="1" t="s">
+        <v>1719</v>
+      </c>
+      <c r="H569" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="570" spans="1:8">
+      <c r="A570" s="1" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B570" s="1" t="s">
+        <v>1711</v>
+      </c>
+      <c r="C570" s="1" t="s">
+        <v>1720</v>
+      </c>
+      <c r="D570" s="1" t="s">
+        <v>1720</v>
+      </c>
+      <c r="E570" s="1">
+        <v>500</v>
+      </c>
+      <c r="F570" s="1" t="s">
+        <v>1721</v>
+      </c>
+      <c r="G570" s="1" t="s">
+        <v>1722</v>
+      </c>
+      <c r="H570" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="571" spans="1:8">
+      <c r="A571" s="1" t="s">
+        <v>1723</v>
+      </c>
+      <c r="B571" s="1" t="s">
+        <v>1711</v>
+      </c>
+      <c r="C571" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="D571" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="E571" s="1">
+        <v>500</v>
+      </c>
+      <c r="F571" s="1" t="s">
+        <v>1724</v>
+      </c>
+      <c r="G571" s="1" t="s">
+        <v>1725</v>
+      </c>
+      <c r="H571" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="572" spans="1:8">
+      <c r="A572" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B572" s="1" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C572" s="1" t="s">
+        <v>1727</v>
+      </c>
+      <c r="D572" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E572" s="1">
+        <v>2400</v>
+      </c>
+      <c r="F572" s="1" t="s">
+        <v>1728</v>
+      </c>
+      <c r="G572" s="1" t="s">
+        <v>1729</v>
+      </c>
+      <c r="H572" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="573" spans="1:8">
+      <c r="A573" s="1" t="s">
+        <v>1730</v>
+      </c>
+      <c r="B573" s="1" t="s">
+        <v>1731</v>
+      </c>
+      <c r="C573" s="1" t="s">
+        <v>1727</v>
+      </c>
+      <c r="D573" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E573" s="1">
+        <v>1800</v>
+      </c>
+      <c r="F573" s="1" t="s">
+        <v>1728</v>
+      </c>
+      <c r="G573" s="1" t="s">
+        <v>1732</v>
+      </c>
+      <c r="H573" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="574" spans="1:8">
+      <c r="A574" s="1" t="s">
+        <v>1733</v>
+      </c>
+      <c r="B574" s="1" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C574" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="D574" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="E574" s="1">
+        <v>150.8</v>
+      </c>
+      <c r="F574" s="1" t="s">
+        <v>1735</v>
+      </c>
+      <c r="G574" s="1" t="s">
+        <v>1736</v>
+      </c>
+      <c r="H574" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="575" spans="1:8">
+      <c r="A575" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B575" s="1" t="s">
+        <v>1737</v>
+      </c>
+      <c r="C575" s="1" t="s">
+        <v>1727</v>
+      </c>
+      <c r="D575" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E575" s="1">
+        <v>1800</v>
+      </c>
+      <c r="F575" s="1" t="s">
+        <v>1728</v>
+      </c>
+      <c r="G575" s="1" t="s">
+        <v>1738</v>
+      </c>
+      <c r="H575" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="576" spans="1:8">
+      <c r="A576" s="1" t="s">
+        <v>1739</v>
+      </c>
+      <c r="B576" s="1" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C576" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="D576" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="E576" s="1">
+        <v>150.8</v>
+      </c>
+      <c r="F576" s="1" t="s">
+        <v>1740</v>
+      </c>
+      <c r="G576" s="1" t="s">
+        <v>1741</v>
+      </c>
+      <c r="H576" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="577" spans="1:8">
+      <c r="A577" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="B577" s="1" t="s">
+        <v>1742</v>
+      </c>
+      <c r="C577" s="1" t="s">
+        <v>1727</v>
+      </c>
+      <c r="D577" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E577" s="1">
+        <v>1800</v>
+      </c>
+      <c r="F577" s="1" t="s">
+        <v>1728</v>
+      </c>
+      <c r="G577" s="1" t="s">
+        <v>1743</v>
+      </c>
+      <c r="H577" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="578" spans="1:8">
+      <c r="A578" s="1" t="s">
+        <v>1744</v>
+      </c>
+      <c r="B578" s="1" t="s">
+        <v>1745</v>
+      </c>
+      <c r="C578" s="1" t="s">
+        <v>1727</v>
+      </c>
+      <c r="D578" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E578" s="1">
+        <v>1800</v>
+      </c>
+      <c r="F578" s="1" t="s">
+        <v>1728</v>
+      </c>
+      <c r="G578" s="1" t="s">
+        <v>1746</v>
+      </c>
+      <c r="H578" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="579" spans="1:8">
+      <c r="A579" s="1" t="s">
+        <v>1747</v>
+      </c>
+      <c r="B579" s="1" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C579" s="1" t="s">
+        <v>1727</v>
+      </c>
+      <c r="D579" s="1" t="s">
+        <v>1748</v>
+      </c>
+      <c r="E579" s="1">
+        <v>512.5</v>
+      </c>
+      <c r="F579" s="1" t="s">
+        <v>1749</v>
+      </c>
+      <c r="G579" s="1" t="s">
+        <v>1750</v>
+      </c>
+      <c r="H579" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="580" spans="1:8">
+      <c r="A580" s="1" t="s">
+        <v>1751</v>
+      </c>
+      <c r="B580" s="1" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C580" s="1" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D580" s="1" t="s">
+        <v>1315</v>
+      </c>
+      <c r="E580" s="1">
+        <v>256.3</v>
+      </c>
+      <c r="F580" s="1" t="s">
+        <v>1753</v>
+      </c>
+      <c r="G580" s="1" t="s">
+        <v>1754</v>
+      </c>
+      <c r="H580" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="581" spans="1:8">
+      <c r="A581" s="1" t="s">
+        <v>1755</v>
+      </c>
+      <c r="B581" s="1" t="s">
+        <v>1756</v>
+      </c>
+      <c r="C581" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="D581" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="E581" s="1">
+        <v>150.8</v>
+      </c>
+      <c r="F581" s="1" t="s">
+        <v>1757</v>
+      </c>
+      <c r="G581" s="1" t="s">
+        <v>1758</v>
+      </c>
+      <c r="H581" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="582" spans="1:8">
+      <c r="A582" s="1" t="s">
+        <v>1759</v>
+      </c>
+      <c r="B582" s="1" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C582" s="1" t="s">
+        <v>1761</v>
+      </c>
+      <c r="D582" s="1" t="s">
+        <v>1761</v>
+      </c>
+      <c r="E582" s="1">
+        <v>60</v>
+      </c>
+      <c r="F582" s="1" t="s">
+        <v>1762</v>
+      </c>
+      <c r="G582" s="1" t="s">
+        <v>1763</v>
+      </c>
+      <c r="H582" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="583" spans="1:8">
+      <c r="A583" s="1" t="s">
+        <v>1764</v>
+      </c>
+      <c r="B583" s="1" t="s">
+        <v>1765</v>
+      </c>
+      <c r="C583" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D583" s="1" t="s">
+        <v>1766</v>
+      </c>
+      <c r="E583" s="1">
+        <v>600</v>
+      </c>
+      <c r="F583" s="1" t="s">
+        <v>1767</v>
+      </c>
+      <c r="G583" s="1" t="s">
+        <v>1768</v>
+      </c>
+      <c r="H583" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="584" spans="1:8">
+      <c r="A584" s="1" t="s">
+        <v>1769</v>
+      </c>
+      <c r="B584" s="1" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C584" s="1" t="s">
+        <v>1761</v>
+      </c>
+      <c r="D584" s="1" t="s">
+        <v>1761</v>
+      </c>
+      <c r="E584" s="1">
+        <v>60</v>
+      </c>
+      <c r="F584" s="1" t="s">
+        <v>1770</v>
+      </c>
+      <c r="G584" s="1" t="s">
+        <v>1771</v>
+      </c>
+      <c r="H584" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="585" spans="1:8">
+      <c r="A585" s="1" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B585" s="1" t="s">
+        <v>1773</v>
+      </c>
+      <c r="C585" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D585" s="1" t="s">
+        <v>1766</v>
+      </c>
+      <c r="E585" s="1">
+        <v>400</v>
+      </c>
+      <c r="F585" s="1" t="s">
+        <v>1767</v>
+      </c>
+      <c r="G585" s="1" t="s">
+        <v>1774</v>
+      </c>
+      <c r="H585" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="586" spans="1:8">
+      <c r="A586" s="1" t="s">
+        <v>1775</v>
+      </c>
+      <c r="B586" s="1" t="s">
+        <v>1776</v>
+      </c>
+      <c r="C586" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D586" s="1" t="s">
+        <v>1766</v>
+      </c>
+      <c r="E586" s="1">
+        <v>400</v>
+      </c>
+      <c r="F586" s="1" t="s">
+        <v>1767</v>
+      </c>
+      <c r="G586" s="1" t="s">
+        <v>1777</v>
+      </c>
+      <c r="H586" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="587" spans="1:8">
+      <c r="A587" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B587" s="1" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C587" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D587" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="E587" s="1">
+        <v>0</v>
+      </c>
+      <c r="F587" s="1" t="s">
+        <v>1778</v>
+      </c>
+      <c r="G587" s="1" t="s">
+        <v>1779</v>
+      </c>
+      <c r="H587" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="588" spans="1:8">
+      <c r="A588" s="1" t="s">
+        <v>1780</v>
+      </c>
+      <c r="B588" s="1" t="s">
+        <v>1781</v>
+      </c>
+      <c r="C588" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D588" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E588" s="1">
+        <v>1200</v>
+      </c>
+      <c r="F588" s="1" t="s">
+        <v>1782</v>
+      </c>
+      <c r="G588" s="1" t="s">
+        <v>1783</v>
+      </c>
+      <c r="H588" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="589" spans="1:8">
+      <c r="A589" s="1" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B589" s="1" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C589" s="1" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D589" s="1" t="s">
+        <v>1784</v>
+      </c>
+      <c r="E589" s="1">
+        <v>0</v>
+      </c>
+      <c r="F589" s="1" t="s">
+        <v>1785</v>
+      </c>
+      <c r="G589" s="1" t="s">
+        <v>1786</v>
+      </c>
+      <c r="H589" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="590" spans="1:8">
+      <c r="A590" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B590" s="1" t="s">
+        <v>1787</v>
+      </c>
+      <c r="C590" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D590" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E590" s="1">
+        <v>600</v>
+      </c>
+      <c r="F590" s="1" t="s">
+        <v>1788</v>
+      </c>
+      <c r="G590" s="1" t="s">
+        <v>1789</v>
+      </c>
+      <c r="H590" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="591" spans="1:8">
+      <c r="A591" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B591" s="1" t="s">
+        <v>1790</v>
+      </c>
+      <c r="C591" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D591" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E591" s="1">
+        <v>600</v>
+      </c>
+      <c r="F591" s="1" t="s">
+        <v>1791</v>
+      </c>
+      <c r="G591" s="1" t="s">
+        <v>1792</v>
+      </c>
+      <c r="H591" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="592" spans="1:8">
+      <c r="A592" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="B592" s="1" t="s">
+        <v>1790</v>
+      </c>
+      <c r="C592" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D592" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E592" s="1">
+        <v>270</v>
+      </c>
+      <c r="F592" s="1" t="s">
+        <v>1793</v>
+      </c>
+      <c r="G592" s="1" t="s">
+        <v>1794</v>
+      </c>
+      <c r="H592" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="593" spans="1:8">
+      <c r="A593" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="B593" s="1" t="s">
+        <v>1790</v>
+      </c>
+      <c r="C593" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D593" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E593" s="1">
+        <v>180</v>
+      </c>
+      <c r="F593" s="1" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G593" s="1" t="s">
+        <v>1796</v>
+      </c>
+      <c r="H593" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="594" spans="1:8">
+      <c r="A594" s="1" t="s">
+        <v>1797</v>
+      </c>
+      <c r="B594" s="1" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C594" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D594" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="E594" s="1">
+        <v>300</v>
+      </c>
+      <c r="F594" s="1" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G594" s="1" t="s">
+        <v>1800</v>
+      </c>
+      <c r="H594" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="595" spans="1:8">
+      <c r="A595" s="1" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B595" s="1" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C595" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="D595" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="E595" s="1">
+        <v>300</v>
+      </c>
+      <c r="F595" s="1" t="s">
+        <v>1802</v>
+      </c>
+      <c r="G595" s="1" t="s">
+        <v>1803</v>
+      </c>
+      <c r="H595" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="596" spans="1:8">
+      <c r="A596" s="1" t="s">
+        <v>1804</v>
+      </c>
+      <c r="B596" s="1" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C596" s="1" t="s">
+        <v>1761</v>
+      </c>
+      <c r="D596" s="1" t="s">
+        <v>1761</v>
+      </c>
+      <c r="E596" s="1">
+        <v>600</v>
+      </c>
+      <c r="F596" s="1" t="s">
+        <v>1805</v>
+      </c>
+      <c r="G596" s="1" t="s">
+        <v>1806</v>
+      </c>
+      <c r="H596" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="597" spans="1:8">
+      <c r="A597" s="1" t="s">
+        <v>1807</v>
+      </c>
+      <c r="B597" s="1" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C597" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="D597" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="E597" s="1">
+        <v>600</v>
+      </c>
+      <c r="F597" s="1" t="s">
+        <v>1808</v>
+      </c>
+      <c r="G597" s="1" t="s">
+        <v>1809</v>
+      </c>
+      <c r="H597" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="598" spans="1:8">
+      <c r="A598" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="B598" s="1" t="s">
+        <v>1810</v>
+      </c>
+      <c r="C598" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D598" s="1" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E598" s="1">
+        <v>1620</v>
+      </c>
+      <c r="F598" s="1" t="s">
+        <v>1811</v>
+      </c>
+      <c r="G598" s="1" t="s">
+        <v>1812</v>
+      </c>
+      <c r="H598" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="599" spans="1:8">
+      <c r="A599" s="1" t="s">
+        <v>1813</v>
+      </c>
+      <c r="B599" s="1" t="s">
+        <v>1810</v>
+      </c>
+      <c r="C599" s="1" t="s">
+        <v>1814</v>
+      </c>
+      <c r="D599" s="1" t="s">
+        <v>1814</v>
+      </c>
+      <c r="E599" s="1">
+        <v>720</v>
+      </c>
+      <c r="F599" s="1" t="s">
+        <v>1815</v>
+      </c>
+      <c r="G599" s="1" t="s">
+        <v>1816</v>
+      </c>
+      <c r="H599" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="600" spans="1:8">
+      <c r="A600" s="1" t="s">
+        <v>1817</v>
+      </c>
+      <c r="B600" s="1" t="s">
+        <v>1818</v>
+      </c>
+      <c r="C600" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D600" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="E600" s="1">
+        <v>60000</v>
+      </c>
+      <c r="F600" s="1" t="s">
+        <v>1819</v>
+      </c>
+      <c r="G600" s="1" t="s">
+        <v>1820</v>
+      </c>
+      <c r="H600" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="601" spans="1:8">
+      <c r="A601" s="1" t="s">
+        <v>1797</v>
+      </c>
+      <c r="B601" s="1" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C601" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="D601" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E601" s="1">
+        <v>5000</v>
+      </c>
+      <c r="F601" s="1" t="s">
+        <v>1822</v>
+      </c>
+      <c r="G601" s="1" t="s">
+        <v>1823</v>
+      </c>
+      <c r="H601" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="602" spans="1:8">
+      <c r="A602" s="1" t="s">
+        <v>1797</v>
+      </c>
+      <c r="B602" s="1" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C602" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="D602" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="E602" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F602" s="1" t="s">
+        <v>1825</v>
+      </c>
+      <c r="G602" s="1" t="s">
+        <v>1826</v>
+      </c>
+      <c r="H602" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="603" spans="1:8">
+      <c r="A603" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B603" s="1" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C603" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="D603" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="E603" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F603" s="1" t="s">
+        <v>1827</v>
+      </c>
+      <c r="G603" s="1" t="s">
+        <v>1828</v>
+      </c>
+      <c r="H603" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="604" spans="1:8">
+      <c r="A604" s="1" t="s">
+        <v>1829</v>
+      </c>
+      <c r="B604" s="1" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C604" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="D604" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="E604" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F604" s="1" t="s">
+        <v>1830</v>
+      </c>
+      <c r="G604" s="1" t="s">
+        <v>1831</v>
+      </c>
+      <c r="H604" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="605" spans="1:8">
+      <c r="A605" s="1" t="s">
+        <v>1832</v>
+      </c>
+      <c r="B605" s="1" t="s">
+        <v>1833</v>
+      </c>
+      <c r="C605" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D605" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E605" s="1">
+        <v>150</v>
+      </c>
+      <c r="F605" s="1" t="s">
+        <v>1834</v>
+      </c>
+      <c r="G605" s="1" t="s">
+        <v>1835</v>
+      </c>
+      <c r="H605" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="606" spans="1:8">
+      <c r="A606" s="1" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B606" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="C606" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D606" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="E606" s="1">
+        <v>659.5</v>
+      </c>
+      <c r="F606" s="1" t="s">
+        <v>1836</v>
+      </c>
+      <c r="G606" s="1" t="s">
+        <v>1837</v>
+      </c>
+      <c r="H606" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="607" spans="1:8">
+      <c r="A607" s="1" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B607" s="1" t="s">
+        <v>1838</v>
+      </c>
+      <c r="C607" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D607" s="1" t="s">
+        <v>1839</v>
+      </c>
+      <c r="E607" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F607" s="1" t="s">
+        <v>1840</v>
+      </c>
+      <c r="G607" s="1" t="s">
+        <v>1841</v>
+      </c>
+      <c r="H607" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="608" spans="1:8">
+      <c r="A608" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B608" s="1" t="s">
+        <v>1842</v>
+      </c>
+      <c r="C608" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="D608" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="E608" s="1">
+        <v>0</v>
+      </c>
+      <c r="F608" s="1" t="s">
+        <v>1843</v>
+      </c>
+      <c r="G608" s="1" t="s">
+        <v>1844</v>
+      </c>
+      <c r="H608" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="609" spans="1:8">
+      <c r="A609" s="1" t="s">
+        <v>1845</v>
+      </c>
+      <c r="B609" s="1" t="s">
+        <v>1842</v>
+      </c>
+      <c r="C609" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="D609" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="E609" s="1">
+        <v>0</v>
+      </c>
+      <c r="F609" s="1" t="s">
+        <v>1843</v>
+      </c>
+      <c r="G609" s="1" t="s">
+        <v>1846</v>
+      </c>
+      <c r="H609" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="610" spans="1:8">
+      <c r="A610" s="1" t="s">
+        <v>1847</v>
+      </c>
+      <c r="B610" s="1" t="s">
+        <v>1842</v>
+      </c>
+      <c r="C610" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="D610" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="E610" s="1">
+        <v>0</v>
+      </c>
+      <c r="F610" s="1" t="s">
+        <v>1843</v>
+      </c>
+      <c r="G610" s="1" t="s">
+        <v>1848</v>
+      </c>
+      <c r="H610" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="611" spans="1:8">
+      <c r="A611" s="1" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B611" s="1" t="s">
+        <v>1849</v>
+      </c>
+      <c r="C611" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D611" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E611" s="1">
+        <v>0</v>
+      </c>
+      <c r="F611" s="1" t="s">
+        <v>1850</v>
+      </c>
+      <c r="G611" s="1" t="s">
+        <v>1851</v>
+      </c>
+      <c r="H611" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="612" spans="1:8">
+      <c r="A612" s="1" t="s">
+        <v>1852</v>
+      </c>
+      <c r="B612" s="1" t="s">
+        <v>1853</v>
+      </c>
+      <c r="C612" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D612" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E612" s="1">
+        <v>0</v>
+      </c>
+      <c r="F612" s="1" t="s">
+        <v>1850</v>
+      </c>
+      <c r="G612" s="1" t="s">
+        <v>1854</v>
+      </c>
+      <c r="H612" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="613" spans="1:8">
+      <c r="A613" s="1" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B613" s="1" t="s">
+        <v>1853</v>
+      </c>
+      <c r="C613" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D613" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E613" s="1">
+        <v>0</v>
+      </c>
+      <c r="F613" s="1" t="s">
+        <v>1850</v>
+      </c>
+      <c r="G613" s="1" t="s">
+        <v>1855</v>
+      </c>
+      <c r="H613" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="614" spans="1:8">
+      <c r="A614" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B614" s="1" t="s">
+        <v>1856</v>
+      </c>
+      <c r="C614" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D614" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E614" s="1">
+        <v>400</v>
+      </c>
+      <c r="F614" s="1" t="s">
+        <v>1857</v>
+      </c>
+      <c r="G614" s="1" t="s">
+        <v>1858</v>
+      </c>
+      <c r="H614" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="615" spans="1:8">
+      <c r="A615" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="B615" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="C615" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D615" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E615" s="1">
+        <v>400</v>
+      </c>
+      <c r="F615" s="1" t="s">
+        <v>1859</v>
+      </c>
+      <c r="G615" s="1" t="s">
+        <v>1860</v>
+      </c>
+      <c r="H615" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="616" spans="1:8">
+      <c r="A616" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="B616" s="1" t="s">
+        <v>1861</v>
+      </c>
+      <c r="C616" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D616" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E616" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F616" s="1" t="s">
+        <v>1859</v>
+      </c>
+      <c r="G616" s="1" t="s">
+        <v>1862</v>
+      </c>
+      <c r="H616" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="617" spans="1:8">
+      <c r="A617" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="B617" s="1" t="s">
+        <v>1863</v>
+      </c>
+      <c r="C617" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D617" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E617" s="1">
+        <v>600</v>
+      </c>
+      <c r="F617" s="1" t="s">
+        <v>1859</v>
+      </c>
+      <c r="G617" s="1" t="s">
+        <v>1864</v>
+      </c>
+      <c r="H617" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="618" spans="1:8">
+      <c r="A618" s="1" t="s">
+        <v>1865</v>
+      </c>
+      <c r="B618" s="1" t="s">
+        <v>1866</v>
+      </c>
+      <c r="C618" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D618" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E618" s="1">
+        <v>1200</v>
+      </c>
+      <c r="F618" s="1" t="s">
+        <v>1867</v>
+      </c>
+      <c r="G618" s="1" t="s">
+        <v>1868</v>
+      </c>
+      <c r="H618" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="619" spans="1:8">
+      <c r="A619" s="1" t="s">
+        <v>1869</v>
+      </c>
+      <c r="B619" s="1" t="s">
+        <v>1866</v>
+      </c>
+      <c r="C619" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D619" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E619" s="1">
+        <v>200</v>
+      </c>
+      <c r="F619" s="1" t="s">
+        <v>1870</v>
+      </c>
+      <c r="G619" s="1" t="s">
+        <v>1871</v>
+      </c>
+      <c r="H619" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="620" spans="1:8">
+      <c r="A620" s="1" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B620" s="1" t="s">
+        <v>1866</v>
+      </c>
+      <c r="C620" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D620" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E620" s="1">
+        <v>400</v>
+      </c>
+      <c r="F620" s="1" t="s">
+        <v>1873</v>
+      </c>
+      <c r="G620" s="1" t="s">
+        <v>1874</v>
+      </c>
+      <c r="H620" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="621" spans="1:8">
+      <c r="A621" s="1" t="s">
+        <v>1875</v>
+      </c>
+      <c r="B621" s="1" t="s">
+        <v>1866</v>
+      </c>
+      <c r="C621" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D621" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E621" s="1">
+        <v>600</v>
+      </c>
+      <c r="F621" s="1" t="s">
+        <v>1876</v>
+      </c>
+      <c r="G621" s="1" t="s">
+        <v>1877</v>
+      </c>
+      <c r="H621" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="622" spans="1:8">
+      <c r="A622" s="1" t="s">
+        <v>1878</v>
+      </c>
+      <c r="B622" s="1" t="s">
+        <v>1866</v>
+      </c>
+      <c r="C622" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D622" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E622" s="1">
+        <v>400</v>
+      </c>
+      <c r="F622" s="1" t="s">
+        <v>1879</v>
+      </c>
+      <c r="G622" s="1" t="s">
+        <v>1880</v>
+      </c>
+      <c r="H622" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="623" spans="1:8">
+      <c r="A623" s="1" t="s">
+        <v>1881</v>
+      </c>
+      <c r="B623" s="1" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C623" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D623" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="E623" s="1">
+        <v>128.2</v>
+      </c>
+      <c r="F623" s="1" t="s">
+        <v>1882</v>
+      </c>
+      <c r="G623" s="1" t="s">
+        <v>1883</v>
+      </c>
+      <c r="H623" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="624" spans="1:8">
+      <c r="A624" s="1" t="s">
+        <v>1884</v>
+      </c>
+      <c r="B624" s="1" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C624" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D624" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="E624" s="1">
+        <v>128.2</v>
+      </c>
+      <c r="F624" s="1" t="s">
+        <v>1885</v>
+      </c>
+      <c r="G624" s="1" t="s">
+        <v>1886</v>
+      </c>
+      <c r="H624" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="625" spans="1:8">
+      <c r="A625" s="1" t="s">
+        <v>1505</v>
+      </c>
+      <c r="B625" s="1" t="s">
+        <v>1887</v>
+      </c>
+      <c r="C625" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D625" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E625" s="1">
+        <v>0</v>
+      </c>
+      <c r="F625" s="1" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G625" s="1" t="s">
+        <v>1889</v>
+      </c>
+      <c r="H625" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="626" spans="1:8">
+      <c r="A626" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="B626" s="1" t="s">
+        <v>1887</v>
+      </c>
+      <c r="C626" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D626" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E626" s="1">
+        <v>0</v>
+      </c>
+      <c r="F626" s="1" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G626" s="1" t="s">
+        <v>1890</v>
+      </c>
+      <c r="H626" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="627" spans="1:8">
+      <c r="A627" s="1" t="s">
+        <v>1508</v>
+      </c>
+      <c r="B627" s="1" t="s">
+        <v>1887</v>
+      </c>
+      <c r="C627" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D627" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E627" s="1">
+        <v>0</v>
+      </c>
+      <c r="F627" s="1" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G627" s="1" t="s">
+        <v>1891</v>
+      </c>
+      <c r="H627" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="628" spans="1:8">
+      <c r="A628" s="1" t="s">
+        <v>1892</v>
+      </c>
+      <c r="B628" s="1" t="s">
+        <v>1887</v>
+      </c>
+      <c r="C628" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D628" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E628" s="1">
+        <v>0</v>
+      </c>
+      <c r="F628" s="1" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G628" s="1" t="s">
+        <v>1893</v>
+      </c>
+      <c r="H628" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="629" spans="1:8">
+      <c r="A629" s="1" t="s">
+        <v>1892</v>
+      </c>
+      <c r="B629" s="1" t="s">
+        <v>1894</v>
+      </c>
+      <c r="C629" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D629" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E629" s="1">
+        <v>0</v>
+      </c>
+      <c r="F629" s="1" t="s">
+        <v>1895</v>
+      </c>
+      <c r="G629" s="1" t="s">
+        <v>1896</v>
+      </c>
+      <c r="H629" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="630" spans="1:8">
+      <c r="A630" s="1" t="s">
+        <v>1897</v>
+      </c>
+      <c r="B630" s="1" t="s">
+        <v>1894</v>
+      </c>
+      <c r="C630" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D630" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E630" s="1">
+        <v>0</v>
+      </c>
+      <c r="F630" s="1" t="s">
+        <v>1895</v>
+      </c>
+      <c r="G630" s="1" t="s">
+        <v>1898</v>
+      </c>
+      <c r="H630" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="631" spans="1:8">
+      <c r="A631" s="1" t="s">
+        <v>1899</v>
+      </c>
+      <c r="B631" s="1" t="s">
+        <v>1894</v>
+      </c>
+      <c r="C631" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D631" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E631" s="1">
+        <v>0</v>
+      </c>
+      <c r="F631" s="1" t="s">
+        <v>1895</v>
+      </c>
+      <c r="G631" s="1" t="s">
+        <v>1900</v>
+      </c>
+      <c r="H631" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="632" spans="1:8">
+      <c r="A632" s="1" t="s">
+        <v>1901</v>
+      </c>
+      <c r="B632" s="1" t="s">
+        <v>1894</v>
+      </c>
+      <c r="C632" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D632" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E632" s="1">
+        <v>0</v>
+      </c>
+      <c r="F632" s="1" t="s">
+        <v>1895</v>
+      </c>
+      <c r="G632" s="1" t="s">
+        <v>1902</v>
+      </c>
+      <c r="H632" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="633" spans="1:8">
+      <c r="A633" s="1" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B633" s="1" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C633" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D633" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="E633" s="1">
+        <v>0</v>
+      </c>
+      <c r="F633" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="G633" s="1" t="s">
+        <v>1903</v>
+      </c>
+      <c r="H633" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="634" spans="1:8">
+      <c r="A634" s="1" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B634" s="1" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C634" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D634" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="E634" s="1">
+        <v>0</v>
+      </c>
+      <c r="F634" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="G634" s="1" t="s">
+        <v>1904</v>
+      </c>
+      <c r="H634" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="635" spans="1:8">
+      <c r="A635" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="B635" s="1" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C635" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D635" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="E635" s="1">
+        <v>0</v>
+      </c>
+      <c r="F635" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="G635" s="1" t="s">
+        <v>1905</v>
+      </c>
+      <c r="H635" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="636" spans="1:8">
+      <c r="A636" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="B636" s="1" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C636" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D636" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="E636" s="1">
+        <v>0</v>
+      </c>
+      <c r="F636" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="G636" s="1" t="s">
+        <v>1906</v>
+      </c>
+      <c r="H636" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="637" spans="1:8">
+      <c r="A637" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="B637" s="1" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C637" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D637" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="E637" s="1">
+        <v>0</v>
+      </c>
+      <c r="F637" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="G637" s="1" t="s">
+        <v>1907</v>
+      </c>
+      <c r="H637" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="638" spans="1:8">
+      <c r="A638" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="B638" s="1" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C638" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D638" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="E638" s="1">
+        <v>0</v>
+      </c>
+      <c r="F638" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="G638" s="1" t="s">
+        <v>1908</v>
+      </c>
+      <c r="H638" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="639" spans="1:8">
+      <c r="A639" s="1" t="s">
+        <v>1909</v>
+      </c>
+      <c r="B639" s="1" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C639" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D639" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E639" s="1">
+        <v>50</v>
+      </c>
+      <c r="F639" s="1" t="s">
+        <v>1653</v>
+      </c>
+      <c r="G639" s="1" t="s">
+        <v>1910</v>
+      </c>
+      <c r="H639" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="640" spans="1:8">
+      <c r="A640" s="1" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B640" s="1" t="s">
+        <v>1912</v>
+      </c>
+      <c r="C640" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D640" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="E640" s="1">
+        <v>11250</v>
+      </c>
+      <c r="F640" s="1" t="s">
+        <v>1913</v>
+      </c>
+      <c r="G640" s="1" t="s">
+        <v>1914</v>
+      </c>
+      <c r="H640" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="641" spans="1:8">
+      <c r="A641" s="1" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B641" s="1" t="s">
+        <v>1916</v>
+      </c>
+      <c r="C641" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="D641" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="E641" s="1">
+        <v>11250</v>
+      </c>
+      <c r="F641" s="1" t="s">
+        <v>1913</v>
+      </c>
+      <c r="G641" s="1" t="s">
+        <v>1917</v>
+      </c>
+      <c r="H641" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="642" spans="1:8">
+      <c r="A642" s="1" t="s">
+        <v>1918</v>
+      </c>
+      <c r="B642" s="1" t="s">
+        <v>1919</v>
+      </c>
+      <c r="C642" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="D642" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E642" s="1">
+        <v>0</v>
+      </c>
+      <c r="F642" s="1" t="s">
+        <v>1920</v>
+      </c>
+      <c r="G642" s="1" t="s">
+        <v>1921</v>
+      </c>
+      <c r="H642" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="643" spans="1:8">
+      <c r="A643" s="1" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B643" s="1" t="s">
+        <v>1923</v>
+      </c>
+      <c r="C643" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D643" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="E643" s="1">
+        <v>3000</v>
+      </c>
+      <c r="F643" s="1" t="s">
+        <v>1924</v>
+      </c>
+      <c r="G643" s="1" t="s">
+        <v>1925</v>
+      </c>
+      <c r="H643" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="644" spans="1:8">
+      <c r="A644" s="1" t="s">
+        <v>1926</v>
+      </c>
+      <c r="B644" s="1" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C644" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="D644" s="1" t="s">
+        <v>1928</v>
+      </c>
+      <c r="E644" s="1">
+        <v>1800</v>
+      </c>
+      <c r="F644" s="1" t="s">
+        <v>1929</v>
+      </c>
+      <c r="G644" s="1" t="s">
+        <v>1930</v>
+      </c>
+      <c r="H644" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="645" spans="1:8">
+      <c r="A645" s="1" t="s">
+        <v>1931</v>
+      </c>
+      <c r="B645" s="1" t="s">
+        <v>1932</v>
+      </c>
+      <c r="C645" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="D645" s="1" t="s">
+        <v>1928</v>
+      </c>
+      <c r="E645" s="1">
+        <v>1800</v>
+      </c>
+      <c r="F645" s="1" t="s">
+        <v>1929</v>
+      </c>
+      <c r="G645" s="1" t="s">
+        <v>1933</v>
+      </c>
+      <c r="H645" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="646" spans="1:8">
+      <c r="A646" s="1" t="s">
+        <v>1934</v>
+      </c>
+      <c r="B646" s="1" t="s">
+        <v>1932</v>
+      </c>
+      <c r="C646" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="D646" s="1" t="s">
+        <v>1928</v>
+      </c>
+      <c r="E646" s="1">
+        <v>1800</v>
+      </c>
+      <c r="F646" s="1" t="s">
+        <v>1929</v>
+      </c>
+      <c r="G646" s="1" t="s">
+        <v>1935</v>
+      </c>
+      <c r="H646" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="647" spans="1:8">
+      <c r="A647" s="1" t="s">
+        <v>1936</v>
+      </c>
+      <c r="B647" s="1" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C647" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="D647" s="1" t="s">
+        <v>1928</v>
+      </c>
+      <c r="E647" s="1">
+        <v>1800</v>
+      </c>
+      <c r="F647" s="1" t="s">
+        <v>1929</v>
+      </c>
+      <c r="G647" s="1" t="s">
+        <v>1938</v>
+      </c>
+      <c r="H647" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="648" spans="1:8">
+      <c r="A648" s="1" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B648" s="1" t="s">
+        <v>1940</v>
+      </c>
+      <c r="C648" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D648" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="E648" s="1">
+        <v>5000</v>
+      </c>
+      <c r="F648" s="1" t="s">
+        <v>1941</v>
+      </c>
+      <c r="G648" s="1" t="s">
+        <v>1942</v>
+      </c>
+      <c r="H648" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="649" spans="1:8">
+      <c r="A649" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B649" s="1" t="s">
+        <v>1943</v>
+      </c>
+      <c r="C649" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D649" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="E649" s="1">
+        <v>2000</v>
+      </c>
+      <c r="F649" s="1" t="s">
+        <v>1944</v>
+      </c>
+      <c r="G649" s="1" t="s">
+        <v>1945</v>
+      </c>
+      <c r="H649" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="650" spans="1:8">
+      <c r="A650" s="1" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B650" s="1" t="s">
+        <v>1943</v>
+      </c>
+      <c r="C650" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D650" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="E650" s="1">
+        <v>2000</v>
+      </c>
+      <c r="F650" s="1" t="s">
+        <v>1947</v>
+      </c>
+      <c r="G650" s="1" t="s">
+        <v>1948</v>
+      </c>
+      <c r="H650" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="651" spans="1:8">
+      <c r="A651" s="1" t="s">
+        <v>1949</v>
+      </c>
+      <c r="B651" s="1" t="s">
+        <v>1943</v>
+      </c>
+      <c r="C651" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D651" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="E651" s="1">
+        <v>2000</v>
+      </c>
+      <c r="F651" s="1" t="s">
+        <v>1950</v>
+      </c>
+      <c r="G651" s="1" t="s">
+        <v>1951</v>
+      </c>
+      <c r="H651" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="652" spans="1:8">
+      <c r="A652" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B652" s="1" t="s">
+        <v>1952</v>
+      </c>
+      <c r="C652" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D652" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="E652" s="1">
+        <v>2000</v>
+      </c>
+      <c r="F652" s="1" t="s">
+        <v>1953</v>
+      </c>
+      <c r="G652" s="1" t="s">
+        <v>1954</v>
+      </c>
+      <c r="H652" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="653" spans="1:8">
+      <c r="A653" s="1" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B653" s="1" t="s">
+        <v>1952</v>
+      </c>
+      <c r="C653" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D653" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="E653" s="1">
+        <v>2000</v>
+      </c>
+      <c r="F653" s="1" t="s">
+        <v>1955</v>
+      </c>
+      <c r="G653" s="1" t="s">
+        <v>1956</v>
+      </c>
+      <c r="H653" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="654" spans="1:8">
+      <c r="A654" s="1" t="s">
+        <v>1957</v>
+      </c>
+      <c r="B654" s="1" t="s">
+        <v>1952</v>
+      </c>
+      <c r="C654" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D654" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="E654" s="1">
+        <v>2000</v>
+      </c>
+      <c r="F654" s="1" t="s">
+        <v>1958</v>
+      </c>
+      <c r="G654" s="1" t="s">
+        <v>1959</v>
+      </c>
+      <c r="H654" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="655" spans="1:8">
+      <c r="A655" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B655" s="1" t="s">
+        <v>1960</v>
+      </c>
+      <c r="C655" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D655" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="E655" s="1">
+        <v>2000</v>
+      </c>
+      <c r="F655" s="1" t="s">
+        <v>1961</v>
+      </c>
+      <c r="G655" s="1" t="s">
+        <v>1962</v>
+      </c>
+      <c r="H655" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="656" spans="1:8">
+      <c r="A656" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="B656" s="1" t="s">
+        <v>1963</v>
+      </c>
+      <c r="C656" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="D656" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="E656" s="1">
+        <v>5000</v>
+      </c>
+      <c r="F656" s="1" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G656" s="1" t="s">
+        <v>1965</v>
+      </c>
+      <c r="H656" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="657" spans="1:8">
+      <c r="A657" s="1" t="s">
+        <v>1949</v>
+      </c>
+      <c r="B657" s="1" t="s">
+        <v>1960</v>
+      </c>
+      <c r="C657" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D657" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="E657" s="1">
+        <v>2000</v>
+      </c>
+      <c r="F657" s="1" t="s">
+        <v>1966</v>
+      </c>
+      <c r="G657" s="1" t="s">
+        <v>1967</v>
+      </c>
+      <c r="H657" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="658" spans="1:8">
+      <c r="A658" s="1" t="s">
+        <v>1829</v>
+      </c>
+      <c r="B658" s="1" t="s">
+        <v>1960</v>
+      </c>
+      <c r="C658" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D658" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="E658" s="1">
+        <v>2000</v>
+      </c>
+      <c r="F658" s="1" t="s">
+        <v>1968</v>
+      </c>
+      <c r="G658" s="1" t="s">
+        <v>1969</v>
+      </c>
+      <c r="H658" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="659" spans="1:8">
+      <c r="A659" s="1" t="s">
+        <v>1813</v>
+      </c>
+      <c r="B659" s="1" t="s">
+        <v>1970</v>
+      </c>
+      <c r="C659" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="D659" s="1" t="s">
+        <v>1971</v>
+      </c>
+      <c r="E659" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F659" s="1" t="s">
+        <v>1972</v>
+      </c>
+      <c r="G659" s="1" t="s">
+        <v>1973</v>
+      </c>
+      <c r="H659" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="660" spans="1:8">
+      <c r="A660" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="B660" s="1" t="s">
+        <v>1970</v>
+      </c>
+      <c r="C660" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="D660" s="1" t="s">
+        <v>1971</v>
+      </c>
+      <c r="E660" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F660" s="1" t="s">
+        <v>1974</v>
+      </c>
+      <c r="G660" s="1" t="s">
+        <v>1975</v>
+      </c>
+      <c r="H660" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="661" spans="1:8">
+      <c r="A661" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B661" s="1" t="s">
+        <v>1970</v>
+      </c>
+      <c r="C661" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="D661" s="1" t="s">
+        <v>1971</v>
+      </c>
+      <c r="E661" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F661" s="1" t="s">
+        <v>1976</v>
+      </c>
+      <c r="G661" s="1" t="s">
+        <v>1977</v>
+      </c>
+      <c r="H661" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="662" spans="1:8">
+      <c r="A662" s="1" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B662" s="1" t="s">
+        <v>1979</v>
+      </c>
+      <c r="C662" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D662" s="1" t="s">
+        <v>1980</v>
+      </c>
+      <c r="E662" s="1">
+        <v>16867.47</v>
+      </c>
+      <c r="F662" s="1" t="s">
+        <v>1981</v>
+      </c>
+      <c r="G662" s="1" t="s">
+        <v>1982</v>
+      </c>
+      <c r="H662" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="663" spans="1:8">
+      <c r="A663" s="1" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B663" s="1" t="s">
+        <v>1984</v>
+      </c>
+      <c r="C663" s="1" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D663" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="E663" s="1">
+        <v>140</v>
+      </c>
+      <c r="F663" s="1" t="s">
+        <v>1986</v>
+      </c>
+      <c r="G663" s="1" t="s">
+        <v>1987</v>
+      </c>
+      <c r="H663" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="664" spans="1:8">
+      <c r="A664" s="1" t="s">
+        <v>1988</v>
+      </c>
+      <c r="B664" s="1" t="s">
+        <v>1984</v>
+      </c>
+      <c r="C664" s="1" t="s">
+        <v>1989</v>
+      </c>
+      <c r="D664" s="1" t="s">
+        <v>1989</v>
+      </c>
+      <c r="E664" s="1">
+        <v>140</v>
+      </c>
+      <c r="F664" s="1" t="s">
+        <v>1990</v>
+      </c>
+      <c r="G664" s="1" t="s">
+        <v>1991</v>
+      </c>
+      <c r="H664" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="665" spans="1:8">
+      <c r="A665" s="1" t="s">
+        <v>1992</v>
+      </c>
+      <c r="B665" s="1" t="s">
+        <v>1641</v>
+      </c>
+      <c r="C665" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D665" s="1" t="s">
+        <v>1989</v>
+      </c>
+      <c r="E665" s="1">
+        <v>140</v>
+      </c>
+      <c r="F665" s="1" t="s">
+        <v>1993</v>
+      </c>
+      <c r="G665" s="1" t="s">
+        <v>1994</v>
+      </c>
+      <c r="H665" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="666" spans="1:8">
+      <c r="A666" s="1" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B666" s="1" t="s">
+        <v>1996</v>
+      </c>
+      <c r="C666" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D666" s="1" t="s">
+        <v>1997</v>
+      </c>
+      <c r="E666" s="1">
+        <v>0</v>
+      </c>
+      <c r="F666" s="1" t="s">
+        <v>1998</v>
+      </c>
+      <c r="G666" s="1" t="s">
+        <v>1999</v>
+      </c>
+      <c r="H666" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="667" spans="1:8">
+      <c r="A667" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B667" s="1" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C667" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D667" s="1" t="s">
+        <v>1997</v>
+      </c>
+      <c r="E667" s="1">
+        <v>0</v>
+      </c>
+      <c r="F667" s="1" t="s">
+        <v>1998</v>
+      </c>
+      <c r="G667" s="1" t="s">
+        <v>2001</v>
+      </c>
+      <c r="H667" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="668" spans="1:8">
+      <c r="A668" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B668" s="1" t="s">
+        <v>2002</v>
+      </c>
+      <c r="C668" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D668" s="1" t="s">
+        <v>1997</v>
+      </c>
+      <c r="E668" s="1">
+        <v>0</v>
+      </c>
+      <c r="F668" s="1" t="s">
+        <v>1998</v>
+      </c>
+      <c r="G668" s="1" t="s">
+        <v>2003</v>
+      </c>
+      <c r="H668" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="669" spans="1:8">
+      <c r="A669" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B669" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C669" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D669" s="1" t="s">
+        <v>2005</v>
+      </c>
+      <c r="E669" s="1">
+        <v>0</v>
+      </c>
+      <c r="F669" s="1" t="s">
+        <v>1998</v>
+      </c>
+      <c r="G669" s="1" t="s">
+        <v>2006</v>
+      </c>
+      <c r="H669" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="670" spans="1:8">
+      <c r="A670" s="1" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B670" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="C670" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D670" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E670" s="1">
+        <v>400</v>
+      </c>
+      <c r="F670" s="1" t="s">
+        <v>2007</v>
+      </c>
+      <c r="G670" s="1" t="s">
+        <v>2008</v>
+      </c>
+      <c r="H670" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="671" spans="1:8">
+      <c r="A671" s="1" t="s">
+        <v>2009</v>
+      </c>
+      <c r="B671" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="C671" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D671" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E671" s="1">
+        <v>400</v>
+      </c>
+      <c r="F671" s="1" t="s">
+        <v>2010</v>
+      </c>
+      <c r="G671" s="1" t="s">
+        <v>2011</v>
+      </c>
+      <c r="H671" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="672" spans="1:8">
+      <c r="A672" s="1" t="s">
+        <v>2012</v>
+      </c>
+      <c r="B672" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="C672" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D672" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E672" s="1">
+        <v>400</v>
+      </c>
+      <c r="F672" s="1" t="s">
+        <v>2013</v>
+      </c>
+      <c r="G672" s="1" t="s">
+        <v>2014</v>
+      </c>
+      <c r="H672" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="673" spans="1:8">
+      <c r="A673" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="B673" s="1" t="s">
+        <v>2015</v>
+      </c>
+      <c r="C673" s="1" t="s">
+        <v>1989</v>
+      </c>
+      <c r="D673" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="E673" s="1">
+        <v>600</v>
+      </c>
+      <c r="F673" s="1" t="s">
+        <v>2016</v>
+      </c>
+      <c r="G673" s="1" t="s">
+        <v>2017</v>
+      </c>
+      <c r="H673" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="674" spans="1:8">
+      <c r="A674" s="1" t="s">
+        <v>2018</v>
+      </c>
+      <c r="B674" s="1" t="s">
+        <v>2019</v>
+      </c>
+      <c r="C674" s="1" t="s">
+        <v>1989</v>
+      </c>
+      <c r="D674" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="E674" s="1">
+        <v>600</v>
+      </c>
+      <c r="F674" s="1" t="s">
+        <v>2016</v>
+      </c>
+      <c r="G674" s="1" t="s">
+        <v>2020</v>
+      </c>
+      <c r="H674" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="675" spans="1:8">
+      <c r="A675" s="1" t="s">
+        <v>2021</v>
+      </c>
+      <c r="B675" s="1" t="s">
+        <v>2019</v>
+      </c>
+      <c r="C675" s="1" t="s">
+        <v>1989</v>
+      </c>
+      <c r="D675" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="E675" s="1">
+        <v>600</v>
+      </c>
+      <c r="F675" s="1" t="s">
+        <v>2016</v>
+      </c>
+      <c r="G675" s="1" t="s">
+        <v>2022</v>
+      </c>
+      <c r="H675" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="676" spans="1:8">
+      <c r="A676" s="1" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B676" s="1" t="s">
+        <v>2024</v>
+      </c>
+      <c r="C676" s="1" t="s">
+        <v>1989</v>
+      </c>
+      <c r="D676" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="E676" s="1">
+        <v>600</v>
+      </c>
+      <c r="F676" s="1" t="s">
+        <v>2016</v>
+      </c>
+      <c r="G676" s="1" t="s">
+        <v>2025</v>
+      </c>
+      <c r="H676" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="677" spans="1:8">
+      <c r="A677" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="B677" s="1" t="s">
+        <v>2026</v>
+      </c>
+      <c r="C677" s="1" t="s">
+        <v>1989</v>
+      </c>
+      <c r="D677" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="E677" s="1">
+        <v>600</v>
+      </c>
+      <c r="F677" s="1" t="s">
+        <v>2027</v>
+      </c>
+      <c r="G677" s="1" t="s">
+        <v>2028</v>
+      </c>
+      <c r="H677" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="678" spans="1:8">
+      <c r="A678" s="1" t="s">
+        <v>2018</v>
+      </c>
+      <c r="B678" s="1" t="s">
+        <v>2029</v>
+      </c>
+      <c r="C678" s="1" t="s">
+        <v>1989</v>
+      </c>
+      <c r="D678" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="E678" s="1">
+        <v>600</v>
+      </c>
+      <c r="F678" s="1" t="s">
+        <v>2027</v>
+      </c>
+      <c r="G678" s="1" t="s">
+        <v>2030</v>
+      </c>
+      <c r="H678" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="679" spans="1:8">
+      <c r="A679" s="1" t="s">
+        <v>2031</v>
+      </c>
+      <c r="B679" s="1" t="s">
+        <v>2029</v>
+      </c>
+      <c r="C679" s="1" t="s">
+        <v>1989</v>
+      </c>
+      <c r="D679" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="E679" s="1">
+        <v>600</v>
+      </c>
+      <c r="F679" s="1" t="s">
+        <v>2027</v>
+      </c>
+      <c r="G679" s="1" t="s">
+        <v>2032</v>
+      </c>
+      <c r="H679" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="680" spans="1:8">
+      <c r="A680" s="1" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B680" s="1" t="s">
+        <v>2034</v>
+      </c>
+      <c r="C680" s="1" t="s">
+        <v>1989</v>
+      </c>
+      <c r="D680" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="E680" s="1">
+        <v>600</v>
+      </c>
+      <c r="F680" s="1" t="s">
+        <v>2027</v>
+      </c>
+      <c r="G680" s="1" t="s">
+        <v>2035</v>
+      </c>
+      <c r="H680" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="681" spans="1:8">
+      <c r="A681" s="1" t="s">
+        <v>2036</v>
+      </c>
+      <c r="B681" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="C681" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D681" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E681" s="1">
+        <v>200</v>
+      </c>
+      <c r="F681" s="1" t="s">
+        <v>2037</v>
+      </c>
+      <c r="G681" s="1" t="s">
+        <v>2038</v>
+      </c>
+      <c r="H681" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="682" spans="1:8">
+      <c r="A682" s="1" t="s">
+        <v>2039</v>
+      </c>
+      <c r="B682" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="C682" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D682" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E682" s="1">
+        <v>400</v>
+      </c>
+      <c r="F682" s="1" t="s">
+        <v>2040</v>
+      </c>
+      <c r="G682" s="1" t="s">
+        <v>2041</v>
+      </c>
+      <c r="H682" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="683" spans="1:8">
+      <c r="A683" s="1" t="s">
+        <v>2042</v>
+      </c>
+      <c r="B683" s="1" t="s">
+        <v>2043</v>
+      </c>
+      <c r="C683" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D683" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E683" s="1">
+        <v>400</v>
+      </c>
+      <c r="F683" s="1" t="s">
+        <v>2044</v>
+      </c>
+      <c r="G683" s="1" t="s">
+        <v>2045</v>
+      </c>
+      <c r="H683" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="684" spans="1:8">
+      <c r="A684" s="1" t="s">
+        <v>2046</v>
+      </c>
+      <c r="B684" s="1" t="s">
+        <v>2047</v>
+      </c>
+      <c r="C684" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D684" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E684" s="1">
+        <v>1800</v>
+      </c>
+      <c r="F684" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="G684" s="1" t="s">
+        <v>2050</v>
+      </c>
+      <c r="H684" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="685" spans="1:8">
+      <c r="A685" s="1" t="s">
+        <v>2051</v>
+      </c>
+      <c r="B685" s="1" t="s">
+        <v>2052</v>
+      </c>
+      <c r="C685" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D685" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E685" s="1">
+        <v>1800</v>
+      </c>
+      <c r="F685" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="G685" s="1" t="s">
+        <v>2053</v>
+      </c>
+      <c r="H685" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="686" spans="1:8">
+      <c r="A686" s="1" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B686" s="1" t="s">
+        <v>2052</v>
+      </c>
+      <c r="C686" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D686" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E686" s="1">
+        <v>1800</v>
+      </c>
+      <c r="F686" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="G686" s="1" t="s">
+        <v>2054</v>
+      </c>
+      <c r="H686" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="687" spans="1:8">
+      <c r="A687" s="1" t="s">
+        <v>2055</v>
+      </c>
+      <c r="B687" s="1" t="s">
+        <v>2056</v>
+      </c>
+      <c r="C687" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D687" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E687" s="1">
+        <v>5400</v>
+      </c>
+      <c r="F687" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="G687" s="1" t="s">
+        <v>2057</v>
+      </c>
+      <c r="H687" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="688" spans="1:8">
+      <c r="A688" s="1" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B688" s="1" t="s">
+        <v>2058</v>
+      </c>
+      <c r="C688" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D688" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E688" s="1">
+        <v>4800</v>
+      </c>
+      <c r="F688" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="G688" s="1" t="s">
+        <v>2059</v>
+      </c>
+      <c r="H688" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="689" spans="1:8">
+      <c r="A689" s="1" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B689" s="1" t="s">
+        <v>2060</v>
+      </c>
+      <c r="C689" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D689" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E689" s="1">
+        <v>2400</v>
+      </c>
+      <c r="F689" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="G689" s="1" t="s">
+        <v>2061</v>
+      </c>
+      <c r="H689" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="690" spans="1:8">
+      <c r="A690" s="1" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B690" s="1" t="s">
+        <v>2058</v>
+      </c>
+      <c r="C690" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D690" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E690" s="1">
+        <v>2400</v>
+      </c>
+      <c r="F690" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="G690" s="1" t="s">
+        <v>2062</v>
+      </c>
+      <c r="H690" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="691" spans="1:8">
+      <c r="A691" s="1" t="s">
+        <v>2063</v>
+      </c>
+      <c r="B691" s="1" t="s">
+        <v>2064</v>
+      </c>
+      <c r="C691" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D691" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E691" s="1">
+        <v>1800</v>
+      </c>
+      <c r="F691" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="G691" s="1" t="s">
+        <v>2065</v>
+      </c>
+      <c r="H691" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="692" spans="1:8">
+      <c r="A692" s="1" t="s">
+        <v>2066</v>
+      </c>
+      <c r="B692" s="1" t="s">
+        <v>2064</v>
+      </c>
+      <c r="C692" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D692" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E692" s="1">
+        <v>1800</v>
+      </c>
+      <c r="F692" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="G692" s="1" t="s">
+        <v>2067</v>
+      </c>
+      <c r="H692" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="693" spans="1:8">
+      <c r="A693" s="1" t="s">
+        <v>2068</v>
+      </c>
+      <c r="B693" s="1" t="s">
+        <v>2064</v>
+      </c>
+      <c r="C693" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D693" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E693" s="1">
+        <v>1800</v>
+      </c>
+      <c r="F693" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="G693" s="1" t="s">
+        <v>2069</v>
+      </c>
+      <c r="H693" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="694" spans="1:8">
+      <c r="A694" s="1" t="s">
+        <v>2070</v>
+      </c>
+      <c r="B694" s="1" t="s">
+        <v>2071</v>
+      </c>
+      <c r="C694" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D694" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E694" s="1">
+        <v>1800</v>
+      </c>
+      <c r="F694" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="G694" s="1" t="s">
+        <v>2072</v>
+      </c>
+      <c r="H694" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="695" spans="1:8">
+      <c r="A695" s="1" t="s">
+        <v>2021</v>
+      </c>
+      <c r="B695" s="1" t="s">
+        <v>2058</v>
+      </c>
+      <c r="C695" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D695" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E695" s="1">
+        <v>1200</v>
+      </c>
+      <c r="F695" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="G695" s="1" t="s">
+        <v>2073</v>
+      </c>
+      <c r="H695" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="696" spans="1:8">
+      <c r="A696" s="1" t="s">
+        <v>2074</v>
+      </c>
+      <c r="B696" s="1" t="s">
+        <v>2058</v>
+      </c>
+      <c r="C696" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D696" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E696" s="1">
+        <v>1200</v>
+      </c>
+      <c r="F696" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="G696" s="1" t="s">
+        <v>2075</v>
+      </c>
+      <c r="H696" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="697" spans="1:8">
+      <c r="A697" s="1" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B697" s="1" t="s">
+        <v>2071</v>
+      </c>
+      <c r="C697" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D697" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E697" s="1">
+        <v>1800</v>
+      </c>
+      <c r="F697" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="G697" s="1" t="s">
+        <v>2077</v>
+      </c>
+      <c r="H697" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="698" spans="1:8">
+      <c r="A698" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B698" s="1" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C698" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D698" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E698" s="1">
+        <v>600</v>
+      </c>
+      <c r="F698" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="G698" s="1" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H698" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="699" spans="1:8">
+      <c r="A699" s="1" t="s">
+        <v>1899</v>
+      </c>
+      <c r="B699" s="1" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C699" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D699" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E699" s="1">
+        <v>600</v>
+      </c>
+      <c r="F699" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="G699" s="1" t="s">
+        <v>2080</v>
+      </c>
+      <c r="H699" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="700" spans="1:8">
+      <c r="A700" s="1" t="s">
+        <v>2081</v>
+      </c>
+      <c r="B700" s="1" t="s">
+        <v>2082</v>
+      </c>
+      <c r="C700" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D700" s="1" t="s">
+        <v>2083</v>
+      </c>
+      <c r="E700" s="1">
+        <v>2200</v>
+      </c>
+      <c r="F700" s="1" t="s">
+        <v>2084</v>
+      </c>
+      <c r="G700" s="1" t="s">
+        <v>2085</v>
+      </c>
+      <c r="H700" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="701" spans="1:8">
+      <c r="A701" s="1" t="s">
+        <v>2086</v>
+      </c>
+      <c r="B701" s="1" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C701" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D701" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E701" s="1">
+        <v>600</v>
+      </c>
+      <c r="F701" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="G701" s="1" t="s">
+        <v>2087</v>
+      </c>
+      <c r="H701" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="702" spans="1:8">
+      <c r="A702" s="1" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B702" s="1" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C702" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D702" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E702" s="1">
+        <v>1200</v>
+      </c>
+      <c r="F702" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="G702" s="1" t="s">
+        <v>2088</v>
+      </c>
+      <c r="H702" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="703" spans="1:8">
+      <c r="A703" s="1" t="s">
+        <v>2031</v>
+      </c>
+      <c r="B703" s="1" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C703" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D703" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E703" s="1">
+        <v>600</v>
+      </c>
+      <c r="F703" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="G703" s="1" t="s">
+        <v>2089</v>
+      </c>
+      <c r="H703" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="704" spans="1:8">
+      <c r="A704" s="1" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B704" s="1" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C704" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D704" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E704" s="1">
+        <v>600</v>
+      </c>
+      <c r="F704" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="G704" s="1" t="s">
+        <v>2090</v>
+      </c>
+      <c r="H704" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="705" spans="1:8">
+      <c r="A705" s="1" t="s">
+        <v>2068</v>
+      </c>
+      <c r="B705" s="1" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C705" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D705" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E705" s="1">
+        <v>1200</v>
+      </c>
+      <c r="F705" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="G705" s="1" t="s">
+        <v>2091</v>
+      </c>
+      <c r="H705" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="706" spans="1:8">
+      <c r="A706" s="1" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B706" s="1" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C706" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D706" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E706" s="1">
+        <v>1200</v>
+      </c>
+      <c r="F706" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="G706" s="1" t="s">
+        <v>2093</v>
+      </c>
+      <c r="H706" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="707" spans="1:8">
+      <c r="A707" s="1" t="s">
+        <v>2063</v>
+      </c>
+      <c r="B707" s="1" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C707" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D707" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E707" s="1">
+        <v>1200</v>
+      </c>
+      <c r="F707" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="G707" s="1" t="s">
+        <v>2094</v>
+      </c>
+      <c r="H707" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="708" spans="1:8">
+      <c r="A708" s="1" t="s">
+        <v>2095</v>
+      </c>
+      <c r="B708" s="1" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C708" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D708" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="E708" s="1">
+        <v>60</v>
+      </c>
+      <c r="F708" s="1" t="s">
+        <v>2096</v>
+      </c>
+      <c r="G708" s="1" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H708" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="709" spans="1:8">
+      <c r="A709" s="1" t="s">
+        <v>2098</v>
+      </c>
+      <c r="B709" s="1" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C709" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D709" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="E709" s="1">
+        <v>60</v>
+      </c>
+      <c r="F709" s="1" t="s">
+        <v>2099</v>
+      </c>
+      <c r="G709" s="1" t="s">
+        <v>2100</v>
+      </c>
+      <c r="H709" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="710" spans="1:8">
+      <c r="A710" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B710" s="1" t="s">
+        <v>2101</v>
+      </c>
+      <c r="C710" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D710" s="1" t="s">
+        <v>2102</v>
+      </c>
+      <c r="E710" s="1">
+        <v>6000</v>
+      </c>
+      <c r="F710" s="1" t="s">
+        <v>2103</v>
+      </c>
+      <c r="G710" s="1" t="s">
+        <v>2104</v>
+      </c>
+      <c r="H710" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="711" spans="1:8">
+      <c r="A711" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B711" s="1" t="s">
+        <v>2105</v>
+      </c>
+      <c r="C711" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D711" s="1" t="s">
+        <v>2102</v>
+      </c>
+      <c r="E711" s="1">
+        <v>1200</v>
+      </c>
+      <c r="F711" s="1" t="s">
+        <v>2106</v>
+      </c>
+      <c r="G711" s="1" t="s">
+        <v>2107</v>
+      </c>
+      <c r="H711" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="712" spans="1:8">
+      <c r="A712" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B712" s="1" t="s">
+        <v>2108</v>
+      </c>
+      <c r="C712" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D712" s="1" t="s">
+        <v>2102</v>
+      </c>
+      <c r="E712" s="1">
+        <v>2000</v>
+      </c>
+      <c r="F712" s="1" t="s">
+        <v>2109</v>
+      </c>
+      <c r="G712" s="1" t="s">
+        <v>2110</v>
+      </c>
+      <c r="H712" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="713" spans="1:8">
+      <c r="A713" s="1" t="s">
+        <v>1957</v>
+      </c>
+      <c r="B713" s="1" t="s">
+        <v>2111</v>
+      </c>
+      <c r="C713" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D713" s="1" t="s">
+        <v>2102</v>
+      </c>
+      <c r="E713" s="1">
+        <v>2000</v>
+      </c>
+      <c r="F713" s="1" t="s">
+        <v>2112</v>
+      </c>
+      <c r="G713" s="1" t="s">
+        <v>2113</v>
+      </c>
+      <c r="H713" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="714" spans="1:8">
+      <c r="A714" s="1" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B714" s="1" t="s">
+        <v>2111</v>
+      </c>
+      <c r="C714" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D714" s="1" t="s">
+        <v>2102</v>
+      </c>
+      <c r="E714" s="1">
+        <v>2000</v>
+      </c>
+      <c r="F714" s="1" t="s">
+        <v>2114</v>
+      </c>
+      <c r="G714" s="1" t="s">
+        <v>2115</v>
+      </c>
+      <c r="H714" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="715" spans="1:8">
+      <c r="A715" s="1" t="s">
+        <v>1957</v>
+      </c>
+      <c r="B715" s="1" t="s">
+        <v>2116</v>
+      </c>
+      <c r="C715" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D715" s="1" t="s">
+        <v>2102</v>
+      </c>
+      <c r="E715" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F715" s="1" t="s">
+        <v>2117</v>
+      </c>
+      <c r="G715" s="1" t="s">
+        <v>2118</v>
+      </c>
+      <c r="H715" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="716" spans="1:8">
+      <c r="A716" s="1" t="s">
+        <v>1613</v>
+      </c>
+      <c r="B716" s="1" t="s">
+        <v>2105</v>
+      </c>
+      <c r="C716" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D716" s="1" t="s">
+        <v>2102</v>
+      </c>
+      <c r="E716" s="1">
+        <v>1200</v>
+      </c>
+      <c r="F716" s="1" t="s">
+        <v>2119</v>
+      </c>
+      <c r="G716" s="1" t="s">
+        <v>2120</v>
+      </c>
+      <c r="H716" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="717" spans="1:8">
+      <c r="A717" s="1" t="s">
+        <v>1813</v>
+      </c>
+      <c r="B717" s="1" t="s">
+        <v>2105</v>
+      </c>
+      <c r="C717" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D717" s="1" t="s">
+        <v>2102</v>
+      </c>
+      <c r="E717" s="1">
+        <v>600</v>
+      </c>
+      <c r="F717" s="1" t="s">
+        <v>2121</v>
+      </c>
+      <c r="G717" s="1" t="s">
+        <v>2122</v>
+      </c>
+      <c r="H717" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="718" spans="1:8">
+      <c r="A718" s="1" t="s">
+        <v>1957</v>
+      </c>
+      <c r="B718" s="1" t="s">
+        <v>2105</v>
+      </c>
+      <c r="C718" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D718" s="1" t="s">
+        <v>2102</v>
+      </c>
+      <c r="E718" s="1">
+        <v>600</v>
+      </c>
+      <c r="F718" s="1" t="s">
+        <v>2123</v>
+      </c>
+      <c r="G718" s="1" t="s">
+        <v>2124</v>
+      </c>
+      <c r="H718" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="719" spans="1:8">
+      <c r="A719" s="1" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B719" s="1" t="s">
+        <v>2105</v>
+      </c>
+      <c r="C719" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D719" s="1" t="s">
+        <v>2102</v>
+      </c>
+      <c r="E719" s="1">
+        <v>1200</v>
+      </c>
+      <c r="F719" s="1" t="s">
+        <v>2125</v>
+      </c>
+      <c r="G719" s="1" t="s">
+        <v>2126</v>
+      </c>
+      <c r="H719" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="720" spans="1:8">
+      <c r="A720" s="1" t="s">
+        <v>2127</v>
+      </c>
+      <c r="B720" s="1" t="s">
+        <v>2128</v>
+      </c>
+      <c r="C720" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D720" s="1" t="s">
+        <v>2129</v>
+      </c>
+      <c r="E720" s="1">
+        <v>2100</v>
+      </c>
+      <c r="F720" s="1" t="s">
+        <v>2130</v>
+      </c>
+      <c r="G720" s="1" t="s">
+        <v>2131</v>
+      </c>
+      <c r="H720" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="721" spans="1:8">
+      <c r="A721" s="1" t="s">
+        <v>2127</v>
+      </c>
+      <c r="B721" s="1" t="s">
+        <v>2132</v>
+      </c>
+      <c r="C721" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D721" s="1" t="s">
+        <v>2129</v>
+      </c>
+      <c r="E721" s="1">
+        <v>2100</v>
+      </c>
+      <c r="F721" s="1" t="s">
+        <v>2133</v>
+      </c>
+      <c r="G721" s="1" t="s">
+        <v>2134</v>
+      </c>
+      <c r="H721" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="722" spans="1:8">
+      <c r="A722" s="1" t="s">
+        <v>1949</v>
+      </c>
+      <c r="B722" s="1" t="s">
+        <v>2135</v>
+      </c>
+      <c r="C722" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D722" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E722" s="1">
+        <v>6000</v>
+      </c>
+      <c r="F722" s="1" t="s">
+        <v>2136</v>
+      </c>
+      <c r="G722" s="1" t="s">
+        <v>2137</v>
+      </c>
+      <c r="H722" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="723" spans="1:8">
+      <c r="A723" s="1" t="s">
+        <v>1949</v>
+      </c>
+      <c r="B723" s="1" t="s">
+        <v>2138</v>
+      </c>
+      <c r="C723" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D723" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E723" s="1">
+        <v>600</v>
+      </c>
+      <c r="F723" s="1" t="s">
+        <v>2139</v>
+      </c>
+      <c r="G723" s="1" t="s">
+        <v>2140</v>
+      </c>
+      <c r="H723" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="724" spans="1:8">
+      <c r="A724" s="1" t="s">
+        <v>1949</v>
+      </c>
+      <c r="B724" s="1" t="s">
+        <v>2141</v>
+      </c>
+      <c r="C724" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D724" s="1" t="s">
+        <v>2102</v>
+      </c>
+      <c r="E724" s="1">
+        <v>600</v>
+      </c>
+      <c r="F724" s="1" t="s">
+        <v>2142</v>
+      </c>
+      <c r="G724" s="1" t="s">
+        <v>2143</v>
+      </c>
+      <c r="H724" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="725" spans="1:8">
+      <c r="A725" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B725" s="1" t="s">
+        <v>2141</v>
+      </c>
+      <c r="C725" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D725" s="1" t="s">
+        <v>2102</v>
+      </c>
+      <c r="E725" s="1">
+        <v>2500</v>
+      </c>
+      <c r="F725" s="1" t="s">
+        <v>2144</v>
+      </c>
+      <c r="G725" s="1" t="s">
+        <v>2145</v>
+      </c>
+      <c r="H725" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="726" spans="1:8">
+      <c r="A726" s="1" t="s">
+        <v>1829</v>
+      </c>
+      <c r="B726" s="1" t="s">
+        <v>2141</v>
+      </c>
+      <c r="C726" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D726" s="1" t="s">
+        <v>2102</v>
+      </c>
+      <c r="E726" s="1">
+        <v>2500</v>
+      </c>
+      <c r="F726" s="1" t="s">
+        <v>2146</v>
+      </c>
+      <c r="G726" s="1" t="s">
+        <v>2147</v>
+      </c>
+      <c r="H726" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="727" spans="1:8">
+      <c r="A727" s="1" t="s">
+        <v>1829</v>
+      </c>
+      <c r="B727" s="1" t="s">
+        <v>2148</v>
+      </c>
+      <c r="C727" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D727" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E727" s="1">
+        <v>1500</v>
+      </c>
+      <c r="F727" s="1" t="s">
+        <v>2149</v>
+      </c>
+      <c r="G727" s="1" t="s">
+        <v>2150</v>
+      </c>
+      <c r="H727" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="728" spans="1:8">
+      <c r="A728" s="1" t="s">
+        <v>1957</v>
+      </c>
+      <c r="B728" s="1" t="s">
+        <v>2148</v>
+      </c>
+      <c r="C728" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D728" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E728" s="1">
+        <v>1500</v>
+      </c>
+      <c r="F728" s="1" t="s">
+        <v>2151</v>
+      </c>
+      <c r="G728" s="1" t="s">
+        <v>2152</v>
+      </c>
+      <c r="H728" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="729" spans="1:8">
+      <c r="A729" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="B729" s="1" t="s">
+        <v>2153</v>
+      </c>
+      <c r="C729" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D729" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E729" s="1">
+        <v>600</v>
+      </c>
+      <c r="F729" s="1" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G729" s="1" t="s">
+        <v>2155</v>
+      </c>
+      <c r="H729" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="730" spans="1:8">
+      <c r="A730" s="1" t="s">
+        <v>2156</v>
+      </c>
+      <c r="B730" s="1" t="s">
+        <v>2153</v>
+      </c>
+      <c r="C730" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D730" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E730" s="1">
+        <v>600</v>
+      </c>
+      <c r="F730" s="1" t="s">
+        <v>2157</v>
+      </c>
+      <c r="G730" s="1" t="s">
+        <v>2158</v>
+      </c>
+      <c r="H730" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="731" spans="1:8">
+      <c r="A731" s="1" t="s">
+        <v>2127</v>
+      </c>
+      <c r="B731" s="1" t="s">
+        <v>2132</v>
+      </c>
+      <c r="C731" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D731" s="1" t="s">
+        <v>2129</v>
+      </c>
+      <c r="E731" s="1">
+        <v>2100</v>
+      </c>
+      <c r="F731" s="1" t="s">
+        <v>2159</v>
+      </c>
+      <c r="G731" s="1" t="s">
+        <v>2160</v>
+      </c>
+      <c r="H731" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="732" spans="1:8">
+      <c r="A732" s="1" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B732" s="1" t="s">
+        <v>2161</v>
+      </c>
+      <c r="C732" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D732" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="E732" s="1">
+        <v>50</v>
+      </c>
+      <c r="F732" s="1" t="s">
+        <v>2162</v>
+      </c>
+      <c r="G732" s="1" t="s">
+        <v>2163</v>
+      </c>
+      <c r="H732" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="733" spans="1:8">
+      <c r="A733" s="1" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B733" s="1" t="s">
+        <v>2161</v>
+      </c>
+      <c r="C733" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D733" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="E733" s="1">
+        <v>50</v>
+      </c>
+      <c r="F733" s="1" t="s">
+        <v>2162</v>
+      </c>
+      <c r="G733" s="1" t="s">
+        <v>2164</v>
+      </c>
+      <c r="H733" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="734" spans="1:8">
+      <c r="A734" s="1" t="s">
+        <v>2165</v>
+      </c>
+      <c r="B734" s="1" t="s">
+        <v>2166</v>
+      </c>
+      <c r="C734" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D734" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="E734" s="1">
+        <v>600</v>
+      </c>
+      <c r="F734" s="1" t="s">
+        <v>2167</v>
+      </c>
+      <c r="G734" s="1" t="s">
+        <v>2168</v>
+      </c>
+      <c r="H734" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="735" spans="1:8">
+      <c r="A735" s="1" t="s">
+        <v>2169</v>
+      </c>
+      <c r="B735" s="1" t="s">
+        <v>2170</v>
+      </c>
+      <c r="C735" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="D735" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="E735" s="1">
+        <v>2500</v>
+      </c>
+      <c r="F735" s="1" t="s">
+        <v>2171</v>
+      </c>
+      <c r="G735" s="1" t="s">
+        <v>2172</v>
+      </c>
+      <c r="H735" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="736" spans="1:8">
+      <c r="A736" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B736" s="1" t="s">
+        <v>2173</v>
+      </c>
+      <c r="C736" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D736" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E736" s="1">
+        <v>1</v>
+      </c>
+      <c r="F736" s="1" t="s">
+        <v>2174</v>
+      </c>
+      <c r="G736" s="1" t="s">
+        <v>2175</v>
+      </c>
+      <c r="H736" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="737" spans="1:8">
+      <c r="A737" s="1" t="s">
+        <v>2176</v>
+      </c>
+      <c r="B737" s="1" t="s">
+        <v>2177</v>
+      </c>
+      <c r="C737" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="D737" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E737" s="1">
+        <v>1500</v>
+      </c>
+      <c r="F737" s="1" t="s">
+        <v>2178</v>
+      </c>
+      <c r="G737" s="1" t="s">
+        <v>2179</v>
+      </c>
+      <c r="H737" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="738" spans="1:8">
+      <c r="A738" s="1" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B738" s="1" t="s">
+        <v>2180</v>
+      </c>
+      <c r="C738" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D738" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="E738" s="1">
+        <v>2400</v>
+      </c>
+      <c r="F738" s="1" t="s">
+        <v>2181</v>
+      </c>
+      <c r="G738" s="1" t="s">
+        <v>2182</v>
+      </c>
+      <c r="H738" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="739" spans="1:8">
+      <c r="A739" s="1" t="s">
+        <v>2183</v>
+      </c>
+      <c r="B739" s="1" t="s">
+        <v>2184</v>
+      </c>
+      <c r="C739" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D739" s="1" t="s">
+        <v>2185</v>
+      </c>
+      <c r="E739" s="1">
+        <v>750</v>
+      </c>
+      <c r="F739" s="1" t="s">
+        <v>2186</v>
+      </c>
+      <c r="G739" s="1" t="s">
+        <v>2187</v>
+      </c>
+      <c r="H739" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="740" spans="1:8">
+      <c r="A740" s="1" t="s">
+        <v>2183</v>
+      </c>
+      <c r="B740" s="1" t="s">
+        <v>2188</v>
+      </c>
+      <c r="C740" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D740" s="1" t="s">
+        <v>2185</v>
+      </c>
+      <c r="E740" s="1">
+        <v>2250</v>
+      </c>
+      <c r="F740" s="1" t="s">
+        <v>2189</v>
+      </c>
+      <c r="G740" s="1" t="s">
+        <v>2190</v>
+      </c>
+      <c r="H740" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="741" spans="1:8">
+      <c r="A741" s="1" t="s">
+        <v>2191</v>
+      </c>
+      <c r="B741" s="1" t="s">
+        <v>2192</v>
+      </c>
+      <c r="C741" s="1" t="s">
+        <v>2193</v>
+      </c>
+      <c r="D741" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="E741" s="1">
+        <v>3000</v>
+      </c>
+      <c r="F741" s="1" t="s">
+        <v>2194</v>
+      </c>
+      <c r="G741" s="1" t="s">
+        <v>2195</v>
+      </c>
+      <c r="H741" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="742" spans="1:8">
+      <c r="A742" s="1" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B742" s="1" t="s">
+        <v>2196</v>
+      </c>
+      <c r="C742" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D742" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E742" s="1">
+        <v>420</v>
+      </c>
+      <c r="F742" s="1" t="s">
+        <v>2197</v>
+      </c>
+      <c r="G742" s="1" t="s">
+        <v>2198</v>
+      </c>
+      <c r="H742" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="743" spans="1:8">
+      <c r="A743" s="1" t="s">
+        <v>2199</v>
+      </c>
+      <c r="B743" s="1" t="s">
+        <v>2200</v>
+      </c>
+      <c r="C743" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D743" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="E743" s="1">
+        <v>417.6</v>
+      </c>
+      <c r="F743" s="1" t="s">
+        <v>2201</v>
+      </c>
+      <c r="G743" s="1" t="s">
+        <v>2202</v>
+      </c>
+      <c r="H743" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="744" spans="1:8">
+      <c r="A744" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="B744" s="1" t="s">
+        <v>2203</v>
+      </c>
+      <c r="C744" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="D744" s="1" t="s">
+        <v>2185</v>
+      </c>
+      <c r="E744" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F744" s="1" t="s">
+        <v>2204</v>
+      </c>
+      <c r="G744" s="1" t="s">
+        <v>2205</v>
+      </c>
+      <c r="H744" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="745" spans="1:8">
+      <c r="A745" s="1" t="s">
+        <v>2206</v>
+      </c>
+      <c r="B745" s="1" t="s">
+        <v>2207</v>
+      </c>
+      <c r="C745" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D745" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="E745" s="1">
+        <v>5000</v>
+      </c>
+      <c r="F745" s="1" t="s">
+        <v>2208</v>
+      </c>
+      <c r="G745" s="1" t="s">
+        <v>2209</v>
+      </c>
+      <c r="H745" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="746" spans="1:8">
+      <c r="A746" s="1" t="s">
+        <v>2210</v>
+      </c>
+      <c r="B746" s="1" t="s">
+        <v>2211</v>
+      </c>
+      <c r="C746" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="D746" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="E746" s="1">
+        <v>0</v>
+      </c>
+      <c r="F746" s="1" t="s">
+        <v>2212</v>
+      </c>
+      <c r="G746" s="1" t="s">
+        <v>2213</v>
+      </c>
+      <c r="H746" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="747" spans="1:8">
+      <c r="A747" s="1" t="s">
+        <v>2214</v>
+      </c>
+      <c r="B747" s="1" t="s">
+        <v>2211</v>
+      </c>
+      <c r="C747" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="D747" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="E747" s="1">
+        <v>0</v>
+      </c>
+      <c r="F747" s="1" t="s">
+        <v>2212</v>
+      </c>
+      <c r="G747" s="1" t="s">
+        <v>2215</v>
+      </c>
+      <c r="H747" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="748" spans="1:8">
+      <c r="A748" s="1" t="s">
+        <v>2216</v>
+      </c>
+      <c r="B748" s="1" t="s">
+        <v>2211</v>
+      </c>
+      <c r="C748" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="D748" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="E748" s="1">
+        <v>0</v>
+      </c>
+      <c r="F748" s="1" t="s">
+        <v>2212</v>
+      </c>
+      <c r="G748" s="1" t="s">
+        <v>2217</v>
+      </c>
+      <c r="H748" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="749" spans="1:8">
+      <c r="A749" s="1" t="s">
+        <v>2218</v>
+      </c>
+      <c r="B749" s="1" t="s">
+        <v>2211</v>
+      </c>
+      <c r="C749" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="D749" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="E749" s="1">
+        <v>0</v>
+      </c>
+      <c r="F749" s="1" t="s">
+        <v>2212</v>
+      </c>
+      <c r="G749" s="1" t="s">
+        <v>2219</v>
+      </c>
+      <c r="H749" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="750" spans="1:8">
+      <c r="A750" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B750" s="1" t="s">
+        <v>2220</v>
+      </c>
+      <c r="C750" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D750" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E750" s="1">
+        <v>6000</v>
+      </c>
+      <c r="F750" s="1" t="s">
+        <v>2221</v>
+      </c>
+      <c r="G750" s="1" t="s">
+        <v>2222</v>
+      </c>
+      <c r="H750" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="751" spans="1:8">
+      <c r="A751" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B751" s="1" t="s">
+        <v>2223</v>
+      </c>
+      <c r="C751" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D751" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="E751" s="1">
+        <v>1800</v>
+      </c>
+      <c r="F751" s="1" t="s">
+        <v>2224</v>
+      </c>
+      <c r="G751" s="1" t="s">
+        <v>2225</v>
+      </c>
+      <c r="H751" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="752" spans="1:8">
+      <c r="A752" s="1" t="s">
+        <v>1957</v>
+      </c>
+      <c r="B752" s="1" t="s">
+        <v>2226</v>
+      </c>
+      <c r="C752" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D752" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="E752" s="1">
+        <v>1600</v>
+      </c>
+      <c r="F752" s="1" t="s">
+        <v>2227</v>
+      </c>
+      <c r="G752" s="1" t="s">
+        <v>2228</v>
+      </c>
+      <c r="H752" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="753" spans="1:8">
+      <c r="A753" s="1" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B753" s="1" t="s">
+        <v>2226</v>
+      </c>
+      <c r="C753" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D753" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="E753" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F753" s="1" t="s">
+        <v>2229</v>
+      </c>
+      <c r="G753" s="1" t="s">
+        <v>2230</v>
+      </c>
+      <c r="H753" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="754" spans="1:8">
+      <c r="A754" s="1" t="s">
+        <v>1613</v>
+      </c>
+      <c r="B754" s="1" t="s">
+        <v>2223</v>
+      </c>
+      <c r="C754" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D754" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="E754" s="1">
+        <v>600</v>
+      </c>
+      <c r="F754" s="1" t="s">
+        <v>2231</v>
+      </c>
+      <c r="G754" s="1" t="s">
+        <v>2232</v>
+      </c>
+      <c r="H754" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="755" spans="1:8">
+      <c r="A755" s="1" t="s">
+        <v>2233</v>
+      </c>
+      <c r="B755" s="1" t="s">
+        <v>2223</v>
+      </c>
+      <c r="C755" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D755" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="E755" s="1">
+        <v>600</v>
+      </c>
+      <c r="F755" s="1" t="s">
+        <v>2234</v>
+      </c>
+      <c r="G755" s="1" t="s">
+        <v>2235</v>
+      </c>
+      <c r="H755" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="756" spans="1:8">
+      <c r="A756" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B756" s="1" t="s">
+        <v>2236</v>
+      </c>
+      <c r="C756" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D756" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E756" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F756" s="1" t="s">
+        <v>2237</v>
+      </c>
+      <c r="G756" s="1" t="s">
+        <v>2238</v>
+      </c>
+      <c r="H756" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="757" spans="1:8">
+      <c r="A757" s="1" t="s">
+        <v>1957</v>
+      </c>
+      <c r="B757" s="1" t="s">
+        <v>2236</v>
+      </c>
+      <c r="C757" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D757" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E757" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F757" s="1" t="s">
+        <v>2239</v>
+      </c>
+      <c r="G757" s="1" t="s">
+        <v>2240</v>
+      </c>
+      <c r="H757" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="758" spans="1:8">
+      <c r="A758" s="1" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B758" s="1" t="s">
+        <v>2236</v>
+      </c>
+      <c r="C758" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D758" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E758" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F758" s="1" t="s">
+        <v>2241</v>
+      </c>
+      <c r="G758" s="1" t="s">
+        <v>2242</v>
+      </c>
+      <c r="H758" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="759" spans="1:8">
+      <c r="A759" s="1" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B759" s="1" t="s">
+        <v>2243</v>
+      </c>
+      <c r="C759" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D759" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E759" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F759" s="1" t="s">
+        <v>2244</v>
+      </c>
+      <c r="G759" s="1" t="s">
+        <v>2245</v>
+      </c>
+      <c r="H759" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="760" spans="1:8">
+      <c r="A760" s="1" t="s">
+        <v>1949</v>
+      </c>
+      <c r="B760" s="1" t="s">
+        <v>2243</v>
+      </c>
+      <c r="C760" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D760" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E760" s="1">
+        <v>1500</v>
+      </c>
+      <c r="F760" s="1" t="s">
+        <v>2246</v>
+      </c>
+      <c r="G760" s="1" t="s">
+        <v>2247</v>
+      </c>
+      <c r="H760" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="761" spans="1:8">
+      <c r="A761" s="1" t="s">
+        <v>2248</v>
+      </c>
+      <c r="B761" s="1" t="s">
+        <v>2211</v>
+      </c>
+      <c r="C761" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="D761" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="E761" s="1">
+        <v>0</v>
+      </c>
+      <c r="F761" s="1" t="s">
+        <v>2212</v>
+      </c>
+      <c r="G761" s="1" t="s">
+        <v>2249</v>
+      </c>
+      <c r="H761" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="762" spans="1:8">
+      <c r="A762" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B762" s="1" t="s">
+        <v>2250</v>
+      </c>
+      <c r="C762" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D762" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E762" s="1">
+        <v>207.2</v>
+      </c>
+      <c r="F762" s="1" t="s">
+        <v>2251</v>
+      </c>
+      <c r="G762" s="1" t="s">
+        <v>2252</v>
+      </c>
+      <c r="H762" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="763" spans="1:8">
+      <c r="A763" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B763" s="1" t="s">
+        <v>2253</v>
+      </c>
+      <c r="C763" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D763" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E763" s="1">
+        <v>0</v>
+      </c>
+      <c r="F763" s="1" t="s">
+        <v>2251</v>
+      </c>
+      <c r="G763" s="1" t="s">
+        <v>2254</v>
+      </c>
+      <c r="H763" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="764" spans="1:8">
+      <c r="A764" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="B764" s="1" t="s">
+        <v>2253</v>
+      </c>
+      <c r="C764" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D764" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E764" s="1">
+        <v>0</v>
+      </c>
+      <c r="F764" s="1" t="s">
+        <v>2251</v>
+      </c>
+      <c r="G764" s="1" t="s">
+        <v>2255</v>
+      </c>
+      <c r="H764" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="765" spans="1:8">
+      <c r="A765" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B765" s="1" t="s">
+        <v>2256</v>
+      </c>
+      <c r="C765" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D765" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E765" s="1">
+        <v>0</v>
+      </c>
+      <c r="F765" s="1" t="s">
+        <v>2251</v>
+      </c>
+      <c r="G765" s="1" t="s">
+        <v>2257</v>
+      </c>
+      <c r="H765" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="766" spans="1:8">
+      <c r="A766" s="1" t="s">
+        <v>2258</v>
+      </c>
+      <c r="B766" s="1" t="s">
+        <v>2259</v>
+      </c>
+      <c r="C766" s="1" t="s">
+        <v>1971</v>
+      </c>
+      <c r="D766" s="1" t="s">
+        <v>1971</v>
+      </c>
+      <c r="E766" s="1">
+        <v>0</v>
+      </c>
+      <c r="F766" s="1" t="s">
+        <v>2260</v>
+      </c>
+      <c r="G766" s="1" t="s">
+        <v>2261</v>
+      </c>
+      <c r="H766" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="767" spans="1:8">
+      <c r="A767" s="1" t="s">
+        <v>2262</v>
+      </c>
+      <c r="B767" s="1" t="s">
+        <v>2263</v>
+      </c>
+      <c r="C767" s="1" t="s">
+        <v>1971</v>
+      </c>
+      <c r="D767" s="1" t="s">
+        <v>1971</v>
+      </c>
+      <c r="E767" s="1">
+        <v>0</v>
+      </c>
+      <c r="F767" s="1" t="s">
+        <v>2260</v>
+      </c>
+      <c r="G767" s="1" t="s">
+        <v>2264</v>
+      </c>
+      <c r="H767" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="768" spans="1:8">
+      <c r="A768" s="1" t="s">
+        <v>2265</v>
+      </c>
+      <c r="B768" s="1" t="s">
+        <v>2263</v>
+      </c>
+      <c r="C768" s="1" t="s">
+        <v>1971</v>
+      </c>
+      <c r="D768" s="1" t="s">
+        <v>1971</v>
+      </c>
+      <c r="E768" s="1">
+        <v>0</v>
+      </c>
+      <c r="F768" s="1" t="s">
+        <v>2260</v>
+      </c>
+      <c r="G768" s="1" t="s">
+        <v>2266</v>
+      </c>
+      <c r="H768" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="769" spans="1:8">
+      <c r="A769" s="1" t="s">
+        <v>2267</v>
+      </c>
+      <c r="B769" s="1" t="s">
+        <v>2268</v>
+      </c>
+      <c r="C769" s="1" t="s">
+        <v>1971</v>
+      </c>
+      <c r="D769" s="1" t="s">
+        <v>1971</v>
+      </c>
+      <c r="E769" s="1">
+        <v>207.2</v>
+      </c>
+      <c r="F769" s="1" t="s">
+        <v>2260</v>
+      </c>
+      <c r="G769" s="1" t="s">
+        <v>2269</v>
+      </c>
+      <c r="H769" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="770" spans="1:8">
+      <c r="A770" s="1" t="s">
+        <v>2270</v>
+      </c>
+      <c r="B770" s="1" t="s">
+        <v>2271</v>
+      </c>
+      <c r="C770" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="D770" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="E770" s="1">
+        <v>0</v>
+      </c>
+      <c r="F770" s="1" t="s">
+        <v>2272</v>
+      </c>
+      <c r="G770" s="1" t="s">
+        <v>2273</v>
+      </c>
+      <c r="H770" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="771" spans="1:8">
+      <c r="A771" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="B771" s="1" t="s">
+        <v>2271</v>
+      </c>
+      <c r="C771" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="D771" s="1" t="s">
+        <v>2274</v>
+      </c>
+      <c r="E771" s="1">
+        <v>0</v>
+      </c>
+      <c r="F771" s="1" t="s">
+        <v>2275</v>
+      </c>
+      <c r="G771" s="1" t="s">
+        <v>2276</v>
+      </c>
+      <c r="H771" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="772" spans="1:8">
+      <c r="A772" s="1" t="s">
+        <v>2066</v>
+      </c>
+      <c r="B772" s="1" t="s">
+        <v>2277</v>
+      </c>
+      <c r="C772" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D772" s="1" t="s">
+        <v>2278</v>
+      </c>
+      <c r="E772" s="1">
+        <v>0</v>
+      </c>
+      <c r="F772" s="1" t="s">
+        <v>2279</v>
+      </c>
+      <c r="G772" s="1" t="s">
+        <v>2280</v>
+      </c>
+      <c r="H772" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="773" spans="1:8">
+      <c r="A773" s="1" t="s">
+        <v>2055</v>
+      </c>
+      <c r="B773" s="1" t="s">
+        <v>2277</v>
+      </c>
+      <c r="C773" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D773" s="1" t="s">
+        <v>2281</v>
+      </c>
+      <c r="E773" s="1">
+        <v>0</v>
+      </c>
+      <c r="F773" s="1" t="s">
+        <v>2282</v>
+      </c>
+      <c r="G773" s="1" t="s">
+        <v>2283</v>
+      </c>
+      <c r="H773" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="774" spans="1:8">
+      <c r="A774" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="B774" s="1" t="s">
+        <v>2271</v>
+      </c>
+      <c r="C774" s="1" t="s">
+        <v>2284</v>
+      </c>
+      <c r="D774" s="1" t="s">
+        <v>2285</v>
+      </c>
+      <c r="E774" s="1">
+        <v>0</v>
+      </c>
+      <c r="F774" s="1" t="s">
+        <v>2286</v>
+      </c>
+      <c r="G774" s="1" t="s">
+        <v>2287</v>
+      </c>
+      <c r="H774" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="775" spans="1:8">
+      <c r="A775" s="1" t="s">
+        <v>2068</v>
+      </c>
+      <c r="B775" s="1" t="s">
+        <v>2271</v>
+      </c>
+      <c r="C775" s="1" t="s">
+        <v>2288</v>
+      </c>
+      <c r="D775" s="1" t="s">
+        <v>2289</v>
+      </c>
+      <c r="E775" s="1">
+        <v>0</v>
+      </c>
+      <c r="F775" s="1" t="s">
+        <v>2290</v>
+      </c>
+      <c r="G775" s="1" t="s">
+        <v>2291</v>
+      </c>
+      <c r="H775" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="776" spans="1:8">
+      <c r="A776" s="1" t="s">
+        <v>1797</v>
+      </c>
+      <c r="B776" s="1" t="s">
+        <v>2277</v>
+      </c>
+      <c r="C776" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D776" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E776" s="1">
+        <v>0</v>
+      </c>
+      <c r="F776" s="1" t="s">
+        <v>2292</v>
+      </c>
+      <c r="G776" s="1" t="s">
+        <v>2293</v>
+      </c>
+      <c r="H776" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="777" spans="1:8">
+      <c r="A777" s="1" t="s">
+        <v>2294</v>
+      </c>
+      <c r="B777" s="1" t="s">
+        <v>2277</v>
+      </c>
+      <c r="C777" s="1" t="s">
+        <v>2295</v>
+      </c>
+      <c r="D777" s="1" t="s">
+        <v>2288</v>
+      </c>
+      <c r="E777" s="1">
+        <v>0</v>
+      </c>
+      <c r="F777" s="1" t="s">
+        <v>2296</v>
+      </c>
+      <c r="G777" s="1" t="s">
+        <v>2297</v>
+      </c>
+      <c r="H777" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="778" spans="1:8">
+      <c r="A778" s="1" t="s">
+        <v>2298</v>
+      </c>
+      <c r="B778" s="1" t="s">
+        <v>2271</v>
+      </c>
+      <c r="C778" s="1" t="s">
+        <v>2281</v>
+      </c>
+      <c r="D778" s="1" t="s">
+        <v>2284</v>
+      </c>
+      <c r="E778" s="1">
+        <v>0</v>
+      </c>
+      <c r="F778" s="1" t="s">
+        <v>2299</v>
+      </c>
+      <c r="G778" s="1" t="s">
+        <v>2300</v>
+      </c>
+      <c r="H778" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="779" spans="1:8">
+      <c r="A779" s="1" t="s">
+        <v>2301</v>
+      </c>
+      <c r="B779" s="1" t="s">
+        <v>2271</v>
+      </c>
+      <c r="C779" s="1" t="s">
+        <v>1717</v>
+      </c>
+      <c r="D779" s="1" t="s">
+        <v>2302</v>
+      </c>
+      <c r="E779" s="1">
+        <v>0</v>
+      </c>
+      <c r="F779" s="1" t="s">
+        <v>2303</v>
+      </c>
+      <c r="G779" s="1" t="s">
+        <v>2304</v>
+      </c>
+      <c r="H779" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="780" spans="1:8">
+      <c r="A780" s="1" t="s">
+        <v>2156</v>
+      </c>
+      <c r="B780" s="1" t="s">
+        <v>2271</v>
+      </c>
+      <c r="C780" s="1" t="s">
+        <v>1971</v>
+      </c>
+      <c r="D780" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="E780" s="1">
+        <v>0</v>
+      </c>
+      <c r="F780" s="1" t="s">
+        <v>2305</v>
+      </c>
+      <c r="G780" s="1" t="s">
+        <v>2306</v>
+      </c>
+      <c r="H780" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="781" spans="1:8">
+      <c r="A781" s="1" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B781" s="1" t="s">
+        <v>2271</v>
+      </c>
+      <c r="C781" s="1" t="s">
+        <v>2307</v>
+      </c>
+      <c r="D781" s="1" t="s">
+        <v>2308</v>
+      </c>
+      <c r="E781" s="1">
+        <v>0</v>
+      </c>
+      <c r="F781" s="1" t="s">
+        <v>2309</v>
+      </c>
+      <c r="G781" s="1" t="s">
+        <v>2310</v>
+      </c>
+      <c r="H781" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="782" spans="1:8">
+      <c r="A782" s="1" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B782" s="1" t="s">
+        <v>2271</v>
+      </c>
+      <c r="C782" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D782" s="1" t="s">
+        <v>1315</v>
+      </c>
+      <c r="E782" s="1">
+        <v>1200</v>
+      </c>
+      <c r="F782" s="1" t="s">
+        <v>2311</v>
+      </c>
+      <c r="G782" s="1" t="s">
+        <v>2312</v>
+      </c>
+      <c r="H782" s="1" t="s">
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>