--- v0 (2026-02-02)
+++ v1 (2026-03-19)
@@ -11,350 +11,1156 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="incarichi-2026" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="320" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1915" uniqueCount="861">
   <si>
     <t>Intestatario</t>
   </si>
   <si>
     <t>Struttura Conferente</t>
   </si>
   <si>
     <t>Durata</t>
   </si>
   <si>
     <t>Descrizione Attività</t>
   </si>
   <si>
     <t>Compenso</t>
   </si>
   <si>
     <t>Variabili compenso</t>
   </si>
   <si>
     <t>Altri incarichi</t>
   </si>
   <si>
     <t>Attivita' professionali</t>
   </si>
   <si>
     <t>Atto conferimento</t>
   </si>
   <si>
     <t>Curriculum</t>
   </si>
   <si>
     <t>Attestazione assenza conflitti di interesse</t>
   </si>
   <si>
     <t>Annullato</t>
   </si>
   <si>
     <t>Id Easy</t>
+  </si>
+  <si>
+    <t>TUCCI GIOVANNI</t>
+  </si>
+  <si>
+    <t>Dipartimento di Ricerca e Innovazione Umanistica</t>
+  </si>
+  <si>
+    <t>a.a. 2025/2026</t>
+  </si>
+  <si>
+    <t>Laboratorio di Lingua e traduzione Inglese-Livello I- per il CdL in Archeologia LM-2, II sem, 30 ore, 3 CFU_</t>
+  </si>
+  <si>
+    <t>S</t>
+  </si>
+  <si>
+    <t>NESSUN ALTRO INCARICO O CARICA</t>
+  </si>
+  <si>
+    <t>NESSUNA ATTIVITA’ PROFESSIONALE</t>
+  </si>
+  <si>
+    <t>Delibera del Consiglio di Dipartimento del 19/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=165024&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>E’ STATA VERIFICATA L’ INSUSSISTENZA DI CONFLITTI DI INTERESSE (ART.53 C.14 DLGS 165/2001)</t>
+  </si>
+  <si>
+    <t>N</t>
+  </si>
+  <si>
+    <t>C\2026\401</t>
+  </si>
+  <si>
+    <t>BORRELLI PATRIZIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIREZIONE RISORSE UMANE </t>
+  </si>
+  <si>
+    <t>38 ORE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SVOLGIMENTO DI ATTIVITA DI VISITA GUIDATA PRESSO MUSEO MUSEO DI PSICOLOGIA E PSICOTERAPIA - PALAZZO CHIAIA NAPOLITANO </t>
+  </si>
+  <si>
+    <t>CONTRATTO DI LAVORO AUTONOMO</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=171905&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\402</t>
+  </si>
+  <si>
+    <t>PLATI' Avv. Vittorio</t>
+  </si>
+  <si>
+    <t>Dipartimento di Giurisprudenza</t>
+  </si>
+  <si>
+    <t>Ore: 1.30</t>
+  </si>
+  <si>
+    <t>Conferimento incarico di docenza nell’ambito del Master in Terrorismo, prevenzione della radicalizzazione eversiva, sicurezza e cybersecurity A.A. 2024 - 2025</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.400 DEL 12.02.2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=160052&amp;idcv=3&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\404</t>
   </si>
   <si>
     <t>SALINARDI DOTT.SSA GIUSEPPINA</t>
   </si>
   <si>
     <t xml:space="preserve">Dipartimento di Giurisprudenza_x000D_
 </t>
   </si>
   <si>
     <t>4 ore</t>
   </si>
   <si>
     <t>Conferimento d’incarico per docenza nell’ambito della VIII edizione del Master in Gestione delle Performance - a.a. 2023-2024</t>
   </si>
   <si>
-    <t>S</t>
-[...7 lines deleted...]
-  <si>
     <t>Prot. n. 78 -III/5 del 13/01/2026</t>
   </si>
   <si>
-    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=156090&amp;idcv=3&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
-[...5 lines deleted...]
-    <t>N</t>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=156090&amp;idcv=4&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
   </si>
   <si>
     <t>C\2026\103</t>
   </si>
   <si>
+    <t>CARBONARA MARIAELISA</t>
+  </si>
+  <si>
+    <t>UNIVERSITA' DEGLI STUDI DI BARI ALDO MORO - DIPARTIMENTO DI MEDICINA VETERINARIA</t>
+  </si>
+  <si>
+    <t>40 ORE</t>
+  </si>
+  <si>
+    <t>Conferimente incarico di docenza per  l'insegnamento diMalattie Parassitarie nell’ambito dei Precorsi attivati  presso il DiMeV- a.a. 2025/2026</t>
+  </si>
+  <si>
+    <t>Comunicazione prot.n. 117 del 14/01/2026 - Contratto del 20/01/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=168781&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\157</t>
+  </si>
+  <si>
+    <t>SALOMONE Sergio</t>
+  </si>
+  <si>
+    <t>Dipartimento di Informatica</t>
+  </si>
+  <si>
+    <t>62 ore</t>
+  </si>
+  <si>
+    <t>Docenza Economia e Gestione d'Impresa (A-L) - CDS Informatica e Tecnologie per la Produzione del Software - Sede Bari - a.a. 2025/2026</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>Amministratore Unico in Retegas Bari S.p.A</t>
+  </si>
+  <si>
+    <t>Dottore commercialista e revisore Legale</t>
+  </si>
+  <si>
+    <t>Delibera del Consiglio del Dipartimento di Informatica del 04/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=49897&amp;idcv=6&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\787</t>
+  </si>
+  <si>
+    <t>FERRONE LAVINIA</t>
+  </si>
+  <si>
+    <t>Scuola di Medicina - Università degli Stud di Bari Aldo Moro</t>
+  </si>
+  <si>
+    <t>24 ORE</t>
+  </si>
+  <si>
+    <t>Attività di docenza a titolo oneroso presso il CdL INF  - BR/ASL -1 anno - 1 semestre - AA 2025/2026</t>
+  </si>
+  <si>
+    <t>Decreto del Presidente della Scuola di Medicina rep. n. 16 del 09/03/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=346595&amp;idcv=3&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\788</t>
+  </si>
+  <si>
+    <t>Annicchiarico Annamaria</t>
+  </si>
+  <si>
+    <t>Direzione Ricerca, Terza Missione e Internazionalizzazione</t>
+  </si>
+  <si>
+    <t>3 ore</t>
+  </si>
+  <si>
+    <t>Corso di Alta Formazione – Europrogettazione e Accesso ai Fondi Europei –Incarico di Docenza.</t>
+  </si>
+  <si>
+    <t>prot. n.3264 - III713 del 13.01.2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=149825&amp;idcv=3&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\789</t>
+  </si>
+  <si>
+    <t>Colecchia Sergio</t>
+  </si>
+  <si>
+    <t>prot.n 49490 - III/13 del 16/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=367829&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\793</t>
+  </si>
+  <si>
     <t>PIAZZA Dott. Stefano</t>
   </si>
   <si>
-    <t>Dipartimento di Giurisprudenza</t>
-[...4 lines deleted...]
-  <si>
     <t>Conferimento di incarico per attività di docenza nell’ambito del Master in “Terrorismo, A.A. 2024/2025</t>
   </si>
   <si>
     <t>Giornalista</t>
   </si>
   <si>
     <t>LETTERA CONFERIMENTO INCARICO PROT.N.194-III/5 DEL 23 gennaio 2026</t>
   </si>
   <si>
     <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=167278&amp;idcv=4&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
   </si>
   <si>
     <t>C\2026\107</t>
   </si>
   <si>
     <t>TARANTINO TOMMASO</t>
   </si>
   <si>
-    <t>Scuola di Medicina - Università degli Stud di Bari Aldo Moro</t>
-[...1 lines deleted...]
-  <si>
     <t>36 ORE</t>
   </si>
   <si>
     <t>Attività di docenza a titolo oneroso presso il CCdLL LOG-TAM-ORT-TAP (CORSO ACCORPATO) - BA/POL - 1 anno - 2 semestre - AA 2025/2026</t>
   </si>
   <si>
     <t>Decreto del Presidente della Scuola di Medicina rep. n. 1 del 13/01/2026</t>
   </si>
   <si>
     <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=168633&amp;idcv=4&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
   </si>
   <si>
     <t>C\2026\108</t>
   </si>
   <si>
     <t>24  ORE</t>
   </si>
   <si>
     <t>Attività di docenza a titolo oneroso presso il CdL INF-BA/POL - - 1 anno - 2 semestre - AA 2025/2026</t>
   </si>
   <si>
     <t>C\2026\109</t>
   </si>
   <si>
     <t>LAZZARI DOTT.SSA MONICA</t>
   </si>
   <si>
-    <t>24 ORE</t>
-[...1 lines deleted...]
-  <si>
     <t>Attività di docenza a titolo oneroso presso il CdL SDP - BA/POL - 2 anno - 1 semestre - AA 2025/2026</t>
   </si>
   <si>
     <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=361087&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
   </si>
   <si>
     <t>C\2026\111</t>
   </si>
   <si>
     <t>ALLEGRI GIUSEPPE</t>
   </si>
   <si>
     <t>DIPARTIMENTO DI RICERCA E INNOVAZIONE UMANISTICA</t>
   </si>
   <si>
     <t>1 GIORNO</t>
   </si>
   <si>
     <t>seminario in data 16/01/2026. Progetto PRIN2022 The Quality of Life in Greek and Roman Cities: Perception and Policy, PC: 2022W8NH4E; CUP: H53D23000360006. Rif Prof. Mongelli</t>
   </si>
   <si>
     <t>NOTA PROT. 189 - VII/4 DEL 12/01/2026</t>
   </si>
   <si>
     <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=366680&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
   </si>
   <si>
     <t>C\2026\116</t>
   </si>
   <si>
     <t>SALVAGGIULO ANNA</t>
   </si>
   <si>
-    <t>UNIVERSITA' DEGLI STUDI DI BARI ALDO MORO - DIPARTIMENTO DI MEDICINA VETERINARIA</t>
-[...4 lines deleted...]
-  <si>
     <t>Conferimente incarico di docenza per  l'insegnamento di Microbiologia veterinaria nell’ambito dei Precorsi attivati  presso il DiMeV- a.a. 2025/2026</t>
   </si>
   <si>
-    <t>NO</t>
-[...1 lines deleted...]
-  <si>
     <t>Comunicazione prot.n. 121 del 14/01/2026 - Contratto del 20/01/2026</t>
   </si>
   <si>
     <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=205849&amp;idcv=3&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
   </si>
   <si>
     <t>C\2026\117</t>
   </si>
   <si>
+    <t>POLIGNANO DANIELE</t>
+  </si>
+  <si>
+    <t>DIREZIONE RISORSE UMANE</t>
+  </si>
+  <si>
+    <t>50 ORE</t>
+  </si>
+  <si>
+    <t>INTERPRETARIATO PERT LA LINGUA DEI SEGNI ITALIANA (LIS) PRESSO IL SISTEMA MUSEALE DI ATENEO (SIMA) DI QUESTA UNIVERSITA'</t>
+  </si>
+  <si>
+    <t>CONTRATTO</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=181743&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\323</t>
+  </si>
+  <si>
+    <t>FEDELE CHIARA</t>
+  </si>
+  <si>
+    <t>12  ORE</t>
+  </si>
+  <si>
+    <t>Attività di docenza a titolo oneroso presso il CdL BEMC  - BA/POL - 6 anno - 1 semestre - AA 2025/2026</t>
+  </si>
+  <si>
+    <t>decreto del Presidente della scuola di Medicina rep. n. 5 del 02/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=192243&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\324</t>
+  </si>
+  <si>
+    <t>D'EUGENIO ANNA</t>
+  </si>
+  <si>
+    <t>DBBA- DIPARTIMENTO DI BIOSCIENZE, BIOTECNOLOGIE E AMBIENTE</t>
+  </si>
+  <si>
+    <t>N. 6 ORE secondo il calendario del CPNU -  A.A.. 2025/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEMINARI PER UN TOTALE DI 6 ORE NELL'AMBITO DEL CORSO DI PERFEZIONAMENTO POST LAUREA IN NUTRIZIONE UMANA A.A. 2025/2026 </t>
+  </si>
+  <si>
+    <t>PROT.  nr. 521 - VII/4   - del 13/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=59310&amp;idcv=7&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\326</t>
+  </si>
+  <si>
+    <t>VARDANYAN Diana</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dipartimento di Scienze del Suolo, della Pianta e degli Alimenti - Di.S.S.P.A. </t>
+  </si>
+  <si>
+    <t>6 Mesi</t>
+  </si>
+  <si>
+    <t>Analisi del profilo microbiologico per verificare le dinamiche delle popolazioni lattiche e non lattiche di campioni essiccati di semole e farine integrali a ridotto contenuto di glutine</t>
+  </si>
+  <si>
+    <t>DD. 44 del 23/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=365370&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\423</t>
+  </si>
+  <si>
+    <t>CONTI LEONARDO</t>
+  </si>
+  <si>
+    <t>3 MESI</t>
+  </si>
+  <si>
+    <t>Elaborazione dei dati ecofisiologici raccolti nelle annualità precedenti, la messa a punto di coefficienti colturali basati sulla funzionalità fogliare degli alberi, l'installazione di centraline micr</t>
+  </si>
+  <si>
+    <t>DD. 46 del 23/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=306224&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\424</t>
+  </si>
+  <si>
+    <t>Zilioli Marco</t>
+  </si>
+  <si>
+    <t>Insegnamento di Forme e Modelli del Cinema Americano, SSD L-ART/06, Per il CdL DAMS L-3, II sem, 63 ore, 9 CFU_</t>
+  </si>
+  <si>
+    <t>Delibera del CdD del 19/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=320437&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\425</t>
+  </si>
+  <si>
+    <t>SOMMA BIAGIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Università degli Studi di Bari -Dipartimento di Medicina di Precisione e Rigenerativa e Area Jionica </t>
+  </si>
+  <si>
+    <t>massimo 9  mesi</t>
+  </si>
+  <si>
+    <t>affidamento contratto lavoro autonmo bando dd N. 214 del 12/12/2025</t>
+  </si>
+  <si>
+    <t>PROFESSIONE SANITARIA</t>
+  </si>
+  <si>
+    <t>Decreto Direttore n°19 del 03/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=186942&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\426</t>
+  </si>
+  <si>
+    <t>SILVESTRI SILVIA</t>
+  </si>
+  <si>
+    <t>Laboratorio di Lingua e Traduzione inglese-II livello- SSD L-LIN/12, per il CdL in Archeologia LM-2, II sem, 30 ore, 3 CFU_</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=160604&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\437</t>
+  </si>
+  <si>
+    <t>CELENTANO Francesco Emanuele</t>
+  </si>
+  <si>
+    <t>DIMEV</t>
+  </si>
+  <si>
+    <t>6 MESI</t>
+  </si>
+  <si>
+    <t>PROJECT MANAGEMENT</t>
+  </si>
+  <si>
+    <t>DD. n 28 del 23/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=72926&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\459</t>
+  </si>
+  <si>
+    <t>MARTIRADONNA ANGELA</t>
+  </si>
+  <si>
+    <t>Dipartimento di Scienze della Formazione, Psicologia, Comunicazione</t>
+  </si>
+  <si>
+    <t>15 MESI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Incarico: ESPERTA in politiche giovanili, animazione socio-educativa giovanile e valutazione delle politiche pubbliche connesse ad Agenda 2030 _ BANDO n. 215/2025  Resp. Prof.Morciano e Falcicchio </t>
+  </si>
+  <si>
+    <t>0,00</t>
+  </si>
+  <si>
+    <t>DD. n. 25 del 11.02.2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=367428&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\462</t>
+  </si>
+  <si>
+    <t>SICILIANI LUCIA</t>
+  </si>
+  <si>
+    <t>Insegnamento di Metodi per il recupero dell'informazione, CdL Patrimonio Digitale LM-5+LM43, II sem, 63 ore, 9 CFU_</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=158169&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\479</t>
+  </si>
+  <si>
+    <t>CASACCIA ROBERTO</t>
+  </si>
+  <si>
+    <t>Nr. 6  ORE   secondo il calendario didattico del CPNU -  A.A.  2025/2026</t>
+  </si>
+  <si>
+    <t>SEMINARI PER UN TOTALE DI 6 ORE COMPLESSIVE NELL'AMBITO DEL CORSO DI PERFEZIONAMENTO IN NUTRIZIONE UMANA A.A.2025/2026</t>
+  </si>
+  <si>
+    <t>PROT. Nr. 480 - VII/4   DEL 11/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=70608&amp;idcv=5&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\299</t>
+  </si>
+  <si>
+    <t xml:space="preserve">_x000D_
+Dipartimento di Giurisprudenza_x000D_
+</t>
+  </si>
+  <si>
+    <t>ore: 2</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.232 DEL 28.01.2026</t>
+  </si>
+  <si>
+    <t>C\2026\305</t>
+  </si>
+  <si>
+    <t>GIANCOTTI Fernando</t>
+  </si>
+  <si>
+    <t>Ore: 1</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.146 DEL 19.01.2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=165430&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\306</t>
+  </si>
+  <si>
+    <t>LOUASSINI Prof. Zouhir</t>
+  </si>
+  <si>
+    <t>ore: 1.30</t>
+  </si>
+  <si>
+    <t>Conferimento incarico di docenza nell’ambito del Master in Terrorismo, prevenzione della radicalizzazione eversiva, sicurezza e cybersecurity A.A. 2024 - 2025 gratiuto</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.196 DEL 28.01.2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=160919&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\307</t>
+  </si>
+  <si>
     <t>PUTIGNANO SARAH</t>
   </si>
   <si>
-    <t xml:space="preserve">Dipartimento di Scienze del Suolo, della Pianta e degli Alimenti - Di.S.S.P.A. </t>
-[...1 lines deleted...]
-  <si>
     <t>4 MESI</t>
   </si>
   <si>
     <t>Analisi dei dati condivisi nel progetto</t>
   </si>
   <si>
     <t>DD. 17 del 20/01/2026</t>
   </si>
   <si>
     <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=183865&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
   </si>
   <si>
     <t>C\2026\94</t>
   </si>
   <si>
+    <t>Garfagna Elisa</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.197 DEL 23.01.2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=366923&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\310</t>
+  </si>
+  <si>
+    <t>GIOVANE ANTONIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Incarico: ESPERTO in politiche giovanili, animazione socio-educativa giovanile e valutazione delle politiche pubbliche connesse ad Agenda 2030 _ BANDO n. 215/2025  Resp. Prof.Morciano e Falcicchio </t>
+  </si>
+  <si>
+    <t>DD. n. 23 del 11.02.2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=324097&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\400</t>
+  </si>
+  <si>
+    <t>VOLPICELLA Angela</t>
+  </si>
+  <si>
+    <t>dipartimento di scienze della formazione, psicologia e comunicazione</t>
+  </si>
+  <si>
+    <t>30 ore</t>
+  </si>
+  <si>
+    <t xml:space="preserve">tfa sostegno X  ciclo a.a. 24/25 -30 ore_x000D_
+</t>
+  </si>
+  <si>
+    <t>D.D. 9 del 26/01/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=39492&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\340</t>
+  </si>
+  <si>
+    <t>GNURLANTINO DOTT.SSA MARIAPIA</t>
+  </si>
+  <si>
+    <t>DIP. SCIENZE DELLA TERRA E GEOAMBIENTALI</t>
+  </si>
+  <si>
+    <t>150 ORE</t>
+  </si>
+  <si>
+    <t>“STORIA E TECNICHE DI RESTAURO I – MATERIALI LAPIDEI + TIROCINIO I - MOD. TIROCINIO” per il CdL in Conservazione e Restauro dei Beni Culturali, 150 ore</t>
+  </si>
+  <si>
+    <t>Decreto del Direttore n. 143/2025 del Dipartimento di Scienze della Terra e Geoambientali, del 19 novembre 2025</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=367233&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\341</t>
+  </si>
+  <si>
+    <t>“STORIA E TECNICHE DI RESTAURO II – MATERIALI LAPIDEI + TIROCINIO II - MOD. TIROCINIO” per il CdL in Conservazione e Restauro dei Beni Culturali, 150 ore</t>
+  </si>
+  <si>
+    <t>C\2026\342</t>
+  </si>
+  <si>
+    <t>CALÒ SILVIA</t>
+  </si>
+  <si>
+    <t>56 ORE</t>
+  </si>
+  <si>
+    <t>“Storia dell’Architettura” per il CdL in Conservazione e Restauro dei Beni Culturali, 56 ore</t>
+  </si>
+  <si>
+    <t>Decreto del Direttore n. 120/2025 del Dipartimento di Scienze della Terra e Geoambientali, del 8 ottobre 2025</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=234200&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\343</t>
+  </si>
+  <si>
+    <t>Liuzzi Stefania</t>
+  </si>
+  <si>
+    <t>52 ORE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">“Ambiente e Beni Culturali- mod. Fisica tecnica Ambientale” per il CdL in Conservazione e Restauro dei Beni Culturali, 52 ore </t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=163408&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\344</t>
+  </si>
+  <si>
+    <t>GIANCASPRO GIULIA</t>
+  </si>
+  <si>
+    <t>DD. n. 22 del 11.02.2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=160620&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\357</t>
+  </si>
+  <si>
+    <t>LACALAMITA MARIA ANGELA</t>
+  </si>
+  <si>
+    <t>DD. n. 24 del 11.02.2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=319520&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\360</t>
+  </si>
+  <si>
+    <t>D'ABBICCO BEATRICE</t>
+  </si>
+  <si>
+    <t>DD. n. 21 del 11.02.2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=173340&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\361</t>
+  </si>
+  <si>
+    <t>VALENZA ALICE</t>
+  </si>
+  <si>
+    <t>DD. n. 30 del 11.02.2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=347312&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\362</t>
+  </si>
+  <si>
+    <t>TAURINO DANIELE</t>
+  </si>
+  <si>
+    <t>DD. n. 29 del 11.02.2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=341548&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\378</t>
+  </si>
+  <si>
+    <t>Sodano Salvatore</t>
+  </si>
+  <si>
+    <t>DIPARTIMENTO DI GIURISPRUDENZA</t>
+  </si>
+  <si>
+    <t>6 ORE</t>
+  </si>
+  <si>
+    <t>conferimento di incarico per attività di docenza nell’ambito dello Short Master in “La responsabilità amministrativa degli enti nel D. lgs. n. 231/2001 e la compliance integrata” a.a. 2023/2024</t>
+  </si>
+  <si>
+    <t>SVOLGE ATTIVITÀ PROFESSIONALE</t>
+  </si>
+  <si>
+    <t>LETTERA DI INCARICO DEL 20/01/2026 PROT. N. 156 - III/5</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=68882&amp;idcv=3&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\379</t>
+  </si>
+  <si>
+    <t>MARZO UMBERTO</t>
+  </si>
+  <si>
+    <t>DD. n. 26 del 11.02.2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=218239&amp;idcv=3&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\380</t>
+  </si>
+  <si>
+    <t>FOGGETTI MARCO</t>
+  </si>
+  <si>
+    <t>140 ORE</t>
+  </si>
+  <si>
+    <t>SVOLGIMENTO DI ATTIVITA DI VISITA GUIDATA PRESSO MUSEO ORTO BOTANICO, MUSEO DI SCIENZE DELLA TERRA, MUSEO DI ZOOLOGIA L.LIACI, MUSEO DI ANATOMIA E MORFOLOGIA DEGLI ANIMALI DOMESTICI, MUSEO DI ENTOMO</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=200284&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\381</t>
+  </si>
+  <si>
+    <t>LENOCI ROSA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">_x000D_
+DBBA- DIPARTIMENTO DI BIOSCIENZE, BIOTECNOLOGIE E AMBIENTE_x000D_
+</t>
+  </si>
+  <si>
+    <t>Nr. 7 ORE -  secondo il calendario del  CPNU -  A.A.  2025/2026</t>
+  </si>
+  <si>
+    <t>SEMINARI PER UN TOTALE  DI 7 ORE COMPLESSIVE NELL'AMBITO DEL CORSO DI PERFEZIONAMENTO IN NUTRIZIONE UMANA A.A. 2025/2026</t>
+  </si>
+  <si>
+    <t>prot. n. 599  - VII/4   del 20/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=152180&amp;idcv=3&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\382</t>
+  </si>
+  <si>
+    <t>L'ERARIO ANGELO</t>
+  </si>
+  <si>
+    <t>12 ORE</t>
+  </si>
+  <si>
+    <t>Attività di docenza a titolo oneroso presso il CdL DIE-IGD-TFC (CORSO ACCORPATO) - BA/POL - 1 anno - 1 semestre - AA 2025/2026</t>
+  </si>
+  <si>
+    <t>Delibera della Scuola di Medicina, seduta del 17/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=232587&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\383</t>
+  </si>
+  <si>
+    <t>Attività di docenza a titolo oneroso presso il CdL INF - OST (CORSO ACCORPATO) - BA/POL - 1 anno - 1 semestre - AA 2025/2026</t>
+  </si>
+  <si>
+    <t>C\2026\384</t>
+  </si>
+  <si>
+    <t>ROSELLI EMILIA</t>
+  </si>
+  <si>
+    <t>48 ORE</t>
+  </si>
+  <si>
+    <t>Attività di docenza a titolo oneroso presso il CdLM BEMC  - BA/POL - 1 anno - 1 semestre - AA 2025/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=367327&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\385</t>
+  </si>
+  <si>
+    <t>VALENZANO Anna Antonia</t>
+  </si>
+  <si>
+    <t>Nr. 3 ore - secondo il calendario del  CPNU  -   A.A. 2025/2026</t>
+  </si>
+  <si>
+    <t>SEMINARI PER UN TOTALE DI 3 ORE NELL'AMBITO DEL CORSO DI PERFEZIONAMENTO IN NUTRIZIONE UMANA A.A. 2025/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Prot. nr. 608 - VII/4   del 20/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=237332&amp;idcv=4&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\386</t>
+  </si>
+  <si>
     <t>DE FILIPPIS MICHELE</t>
   </si>
   <si>
     <t>Prot. n. 75 -III/5 del 13/01/2026</t>
   </si>
   <si>
     <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=172505&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
   </si>
   <si>
     <t>C\2026\75</t>
   </si>
   <si>
     <t>LORUSSO LETIZIA</t>
   </si>
   <si>
     <t>Attività di docenza a titolo oneroso presso il CCdLL TFC+TORTOP (corso accorpato)  - BA/POL - 1 anno - 1 semestre - AA 2025/2026</t>
   </si>
   <si>
     <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=245258&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
   </si>
   <si>
     <t>C\2026\76</t>
   </si>
   <si>
+    <t>D'URSO GIUSEPPINA</t>
+  </si>
+  <si>
+    <t>DBBA - DIPARTIMENTO DI BIOSCIENZE, BIOTECNOLOGIE E AMBIENTE</t>
+  </si>
+  <si>
+    <t>Nr. 6  ore -  secondo il calendario didattico del CPNU - A.A. 2025/2026</t>
+  </si>
+  <si>
+    <t>SEMINARI PER UN TOTALE DI 6 ORE NELL'AMBITO DEL CORSO DI PERFEZIONAMENTO IN NUTRIZIONE UMANA -  A.A. 2025/2026</t>
+  </si>
+  <si>
+    <t>PROT. N. 673   DEL 27/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=149555&amp;idcv=5&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\519</t>
+  </si>
+  <si>
+    <t>DIMAURO MARIA</t>
+  </si>
+  <si>
+    <t>Insegnamento di Letteratura italiana moderna e contemporanea per il CdL in Lettere L-10 , II sem, 9 CFU 63 ore, in mutuazione con Lettere Classiche_</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=70025&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\520</t>
+  </si>
+  <si>
+    <t>Ciccone Mariassunta</t>
+  </si>
+  <si>
+    <t>1 giorno</t>
+  </si>
+  <si>
+    <t>Conferimento di incarico nell’ambito del Dottorato di ricerca “Diritti e tutele nei mercati globalizzati” per il Convegno Il futuro della PAC post 2027... del 19/02/2026</t>
+  </si>
+  <si>
+    <t>PROT.297-III/6 del 03/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=330050&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\175</t>
+  </si>
+  <si>
+    <t>Kushabaha Alok</t>
+  </si>
+  <si>
+    <t>dipartimento di scienze della terra e geoambientali</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 MESE </t>
+  </si>
+  <si>
+    <t>Affidamento incarico per procedure di Machine Learning finalizzate alla misura di parametri idrodinamici da dati video DD 25/2026</t>
+  </si>
+  <si>
+    <t>DD  25 del 04/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=366138&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\177</t>
+  </si>
+  <si>
+    <t>LA GUARDIA MAURIZIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 6  ORE SECONDO IL CALENDARIO DEL  CPNU -   A.A. 2025/2026</t>
+  </si>
+  <si>
+    <t>SEMINARI PER UN TOTALE DI 6 ORE NELL'AMBITO DEL CORSO DI PERFEZIONAMENTO IN NUTRIZIONE UMANA A.A. 2025/2026</t>
+  </si>
+  <si>
+    <t>PROT  nr. 377 - VII/4    DEL 04/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=73862&amp;idcv=6&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\178</t>
+  </si>
+  <si>
     <t>ADDANTE MARINA</t>
   </si>
   <si>
-    <t>DBBA- DIPARTIMENTO DI BIOSCIENZE, BIOTECNOLOGIE E AMBIENTE</t>
-[...1 lines deleted...]
-  <si>
     <t>2 MESI</t>
   </si>
   <si>
     <t>Attività di tutorato didattico, assistenza alla realizzazione di attività didattiche e assistenza alle attività di autovalutazione e completamento della preparazione in tematiche di ambito natural...</t>
   </si>
   <si>
     <t>DD 01 del 07/01/2026</t>
   </si>
   <si>
     <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=182818&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
   </si>
   <si>
     <t>C\2026\4</t>
   </si>
   <si>
     <t>CENTRONE MARIANGELA</t>
   </si>
   <si>
     <t>Analisi statistica degli effetti di alcuni farmaci sulla crescita di cisti ottenute da cellule renali provenienti da pazienti affetti da malattia renale policistica.</t>
   </si>
   <si>
     <t>DD 02 del 07/01/2026</t>
   </si>
   <si>
     <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=72892&amp;idcv=4&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
   </si>
   <si>
     <t>C\2026\5</t>
   </si>
   <si>
     <t>DE CAROLIS MICHELE</t>
   </si>
   <si>
-    <t>DIB</t>
+    <t>DIPARTIMENTO DI INFORMATICA</t>
   </si>
   <si>
     <t>2 mese</t>
   </si>
   <si>
     <t>produzione materiale didattico per lo sviluppo di software basato su ROS2 - progetto Dare - resp. Lanubile</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
     <t>CONTRATTO - conf. incarico n.2/2026</t>
   </si>
   <si>
     <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=250243&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
   </si>
   <si>
     <t>C\2026\22</t>
   </si>
   <si>
     <t>ANGELILLO DOTT.SSA MARIA TERESA</t>
   </si>
   <si>
+    <t>Dipartimento di informatica</t>
+  </si>
+  <si>
     <t>8 mese</t>
   </si>
   <si>
     <t>SVILUPPO PROTOCOLLO OPERATIVO IMPIEGO DI DRONI - progetto VISTA- resp. VESSIO</t>
   </si>
   <si>
     <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=157503&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
   </si>
   <si>
     <t>C\2026\27</t>
   </si>
   <si>
     <t>TALDONE NASTASIA</t>
   </si>
   <si>
     <t>5 MESI</t>
   </si>
   <si>
     <t>Attività di tutorato didattico e di assistenza alla realizzazione di attività didattiche negli ambiti: delle tecniche di microscopia ottica e campionamento e prelievi di materiali biologici per...</t>
   </si>
   <si>
     <t>DD 04 del 08/01/2026</t>
   </si>
   <si>
     <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=168823&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
@@ -404,171 +1210,1440 @@
   <si>
     <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=308555&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
   </si>
   <si>
     <t>C\2026\42</t>
   </si>
   <si>
     <t>LEGISA Jasna</t>
   </si>
   <si>
     <t>Orea. 1.30</t>
   </si>
   <si>
     <t>LETTERA CONFERIMENTO INCARICO PROT.N.97-III/5 DEL 14 gennaio 2026</t>
   </si>
   <si>
     <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=346626&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
   </si>
   <si>
     <t>C\2026\43</t>
   </si>
   <si>
     <t>LOGLISCI GIUSEPPINA</t>
   </si>
   <si>
-    <t xml:space="preserve">DIREZIONE RISORSE UMANE </t>
-[...1 lines deleted...]
-  <si>
     <t>RECUPERO CONSERVATIVO DI TAVOLE PARIETALI STORICHE E CATALOGAZIONE SECONDO GLI STANDARD ICCD PRESSO LA COLLEZIONE MUSEALE DEL DiMePRe-J</t>
   </si>
   <si>
-    <t>CONTRATTO DI LAVORO AUTONOMO</t>
-[...1 lines deleted...]
-  <si>
     <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=158133&amp;idcv=4&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
   </si>
   <si>
     <t>C\2026\44</t>
   </si>
   <si>
     <t>DEFLORIO MICHELE</t>
   </si>
   <si>
     <t>1 MESE</t>
   </si>
   <si>
     <t>Sistematizzazione ed elaborazione dati relativi ad un sistema multitrofico con invertebrati marini.</t>
   </si>
   <si>
-    <t>0,00</t>
-[...1 lines deleted...]
-  <si>
     <t>Consulente in Ricerca e sviluppo sperimentale nel campo delle altre scienze naturali e dell'ingegneria  - titolare di Partita IVA n. 08857210721</t>
   </si>
   <si>
     <t>DD 13 DEL 15/01/2026</t>
   </si>
   <si>
     <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=53580&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
   </si>
   <si>
     <t>C\2026\53</t>
   </si>
   <si>
     <t>COLOGNATO RENATO</t>
   </si>
   <si>
-    <t>3 MESI</t>
-[...1 lines deleted...]
-  <si>
     <t>Supporto al gruppo di ricerca del Dipartimento di Bioscienze, Biotecnologie e Ambiente dell’Università di Bari, nello studio dei pathways metabolici alla base dei biomarcatori individuati nell’espi...</t>
   </si>
   <si>
     <t>DD 12 DEL 15/01/2026</t>
   </si>
   <si>
     <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=366516&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
   </si>
   <si>
     <t>C\2026\55</t>
   </si>
   <si>
-    <t>L'ERARIO ANGELO</t>
-[...4 lines deleted...]
-  <si>
     <t>Attività di docenza a titolo oneroso presso il CdL TPA - BA/POL - 1 anno - 1 semestre - AA 2025/2026</t>
   </si>
   <si>
-    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=232587&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>C\2026\65</t>
   </si>
   <si>
+    <t>ESPOSITO Salvatore</t>
+  </si>
+  <si>
+    <t>Attività di docenza a titolo oneroso presso il CdL TFC  - BA/POL - 3 anno - 2 semestre - AA 2025/2026</t>
+  </si>
+  <si>
+    <t>delibera della Scuola di Medicina, seduta del 28/01/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=184699&amp;idcv=3&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\228</t>
+  </si>
+  <si>
+    <t>MARCOSANO NUNZIA</t>
+  </si>
+  <si>
+    <t>CENTRO DI SERVIZIO DI ATENEO PER L'APPRENDIMENTO PERMANENTE (CAP UNIBA)</t>
+  </si>
+  <si>
+    <t>ATTIVITA' DI STUDENT MENTORSHIP FINALIZZATA ALL'INTEGRAZIONE ACCADEMICA E SOCIALE DEGLI STUDENTI RIFUGIATI E CON BACKGROUND MIGRATORIO</t>
+  </si>
+  <si>
+    <t>CONTRATTO PER L'AFFIDAMENTO DI ATTIVITA' DI TUTORATO</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=207326&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\280</t>
+  </si>
+  <si>
+    <t>TAMMA FABRIZIO</t>
+  </si>
+  <si>
+    <t>DD. n. 28 del 11.02.2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=367597&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\541</t>
+  </si>
+  <si>
+    <t>BITETTO FRANCESCA URSULA</t>
+  </si>
+  <si>
+    <t>Attività di docenza a titolo oneroso presso il CdL ASS  - BA/POL - 2 anno - 1 semestre - AA 2025/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=66035&amp;idcv=5&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\544</t>
+  </si>
+  <si>
+    <t>GIMMELLI GABRIELE</t>
+  </si>
+  <si>
+    <t>Insegnamento di Caratteri del Cinema muto, CdL CIMS LM-65, ii sem, 42 ore, 6 CFU_</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=367601&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\546</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>incarico di docenza per la realizzazione di progetti formativi per gli iscritti nell’elenco nazionale dei componenti degli organismi indipendenti di valutazione della performance Progetto CAM.PER</t>
+  </si>
+  <si>
+    <t>Prot. n. 433 -VII/16 del 16/02/2026</t>
+  </si>
+  <si>
+    <t>C\2026\550</t>
+  </si>
+  <si>
+    <t>PISTILLI Costantino</t>
+  </si>
+  <si>
+    <t>Ore: 3</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.606 DEL 6 marzo 2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=326644&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\651</t>
+  </si>
+  <si>
+    <t>ore: 4,30</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.607 DEL 6 mazo 2026</t>
+  </si>
+  <si>
+    <t>C\2026\654</t>
+  </si>
+  <si>
+    <t>ore: 3</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.605  del 6 marzo 2026</t>
+  </si>
+  <si>
+    <t>C\2026\657</t>
+  </si>
+  <si>
+    <t>Preziosa Pasquale</t>
+  </si>
+  <si>
+    <t>ore. 1.30</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.648 DEL 10 marzo 2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=326917&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\709</t>
+  </si>
+  <si>
+    <t>BARBERIO GRAZIA MARIA ROSARIA</t>
+  </si>
+  <si>
+    <t>36  ORE</t>
+  </si>
+  <si>
+    <t>Attività di docenza a titolo oneroso presso il CdL DIE  - BA/POL -1 anno - 2 semestre - AA 2025/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=306219&amp;idcv=3&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\331</t>
+  </si>
+  <si>
+    <t>Attività di docenza a titolo oneroso presso il CdL  IGD  - BA/POL -1 anno - 2 semestre - AA 2025/2026</t>
+  </si>
+  <si>
+    <t>C\2026\332</t>
+  </si>
+  <si>
+    <t>Prot. n. 239 -VII/16 del 28/01/2026</t>
+  </si>
+  <si>
+    <t>C\2026\564</t>
+  </si>
+  <si>
+    <t>Malcangi Irene</t>
+  </si>
+  <si>
+    <t>CIRPAS</t>
+  </si>
+  <si>
+    <t>500 ORE</t>
+  </si>
+  <si>
+    <t>Contratto di lavoro autonomo in qualità di Tutor didattico senior nell'ambito delle attività didattiche relative ai Master di primo  livello attivati dal CIRPAS per l'A.A. 25/26</t>
+  </si>
+  <si>
+    <t>CONTRATTO SOTTOSCRITTO IN DATA 08.01.2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=158134&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\568</t>
+  </si>
+  <si>
+    <t>VALENTINO Dott. Michele</t>
+  </si>
+  <si>
+    <t>Prot. n. 434 -VII/16 del 16/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=164275&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\569</t>
+  </si>
+  <si>
+    <t>VITOLO DOTT. ANTONIO ILIC</t>
+  </si>
+  <si>
+    <t>Prot. n. 435 -VII/16 del 16/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=322630&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\570</t>
+  </si>
+  <si>
+    <t>AMMAR MUHAMMAD</t>
+  </si>
+  <si>
+    <t>DIREZIONE RICERCA, TERZA MISSIONE E INTERNAZIONALIZZAZIONE - SEZIONE CAREER MANAGEMENT SERVICE - U.O. ORIENTAMENTO  e TUTORATO</t>
+  </si>
+  <si>
+    <t>TUTORATO del bando Fondo Giovani 2023</t>
+  </si>
+  <si>
+    <t>DR 1513 del 30/04/2025 Graduatoria di merito DR 2784 del 24/09/25  contratto stipulato il 12/01/26</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=341729&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\893</t>
+  </si>
+  <si>
+    <t>NOLÈ MARICA</t>
+  </si>
+  <si>
+    <t>DR 1513 del 30/04/2025 Graduatoria di merito DR 2784 del 24/09/25  contratto stipulato il 13/01/26</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=344212&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\895</t>
+  </si>
+  <si>
+    <t>DI GABRIELE SARA</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=325019&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\896</t>
+  </si>
+  <si>
+    <t>LUISI SARAH</t>
+  </si>
+  <si>
+    <t>Attività di docenza a titolo oneroso presso il CdL FIS  - BR/ASL -1anno - 2 semestre - AA 2025/2026</t>
+  </si>
+  <si>
+    <t>Decreto del Presidente della Scuola di Medicina rep. n.16 del 09/03/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=367888&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\897</t>
+  </si>
+  <si>
+    <t>MERAFINA FRANCESCO PIO</t>
+  </si>
+  <si>
+    <t>DR 1513 del 30/04/2025 Graduatoria di merito DR 2784 del 24/09/25  contratto stipulato il 04/02/26</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=200304&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\898</t>
+  </si>
+  <si>
+    <t>BELGIOVINE RUGGIERO PIO</t>
+  </si>
+  <si>
+    <t>DR 1513 del 30/04/2025 Graduatoria di merito DR 2784 del 24/09/25  contratto stipulato il 13/02/26</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=196925&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\899</t>
+  </si>
+  <si>
+    <t>PUCCIARELLI Dott. Lorenzo</t>
+  </si>
+  <si>
+    <t>ENTRO APRILE 2026</t>
+  </si>
+  <si>
+    <t>Stimare la distribuzione dei parrocchetti in Puglia. orare alla redazione un piano di gestione delle popolazioni di Parrocchetto in Puglia sulla base delle linee guida per la gestione delle popolaz...</t>
+  </si>
+  <si>
+    <t>Ricerca e sviluppo sperimentale nel campo delle altre scienze naturali e dell’ingegneria - titolare di Partita IVA n. 10458771218</t>
+  </si>
+  <si>
+    <t>DD 49 DEL 18/03/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=149863&amp;idcv=4&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\900</t>
+  </si>
+  <si>
+    <t>CAPUOZZO FLAVIA</t>
+  </si>
+  <si>
+    <t>Conferimento incarico di docenza nell’ambito del Corso trasversali per studentesse e studenti - Benessere animale, diritto e sostenibilità: strumenti professionali per le filiere contemporanee.</t>
+  </si>
+  <si>
+    <t>Consiglio di Dipartimento del 18/02/2026. Nota prot.n. 1184 de 9/03/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=205522&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\906</t>
+  </si>
+  <si>
+    <t>Carnimeo Dott. Vito</t>
+  </si>
+  <si>
+    <t>Ore: 10</t>
+  </si>
+  <si>
+    <t>Conferimento di incarico per attività di docenza nell’ambito del Corso Inps ValorePA 2025 Gestione delle relazioni e dei conflitti, inclusione delle diversità, benessere organizzativo A.A. 2025/2026.</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.678 DEL 11.03.2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=306068&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\875</t>
+  </si>
+  <si>
+    <t>De Palma Davide</t>
+  </si>
+  <si>
+    <t>Ore: 5</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.682 DEL 11.3.2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=178871&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\878</t>
+  </si>
+  <si>
+    <t>PELLECCHIA Francesco</t>
+  </si>
+  <si>
+    <t>LETTERA CONFERIMENTO INCARICO PROT.N.681 DEL 11.3.2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=156113&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\881</t>
+  </si>
+  <si>
+    <t>RECCHIA ALESSANDRA</t>
+  </si>
+  <si>
+    <t>massimo 4  mesi</t>
+  </si>
+  <si>
+    <t>affidamento contratto lavoro autonmo bando dd N. 4 del 13/01/2026</t>
+  </si>
+  <si>
+    <t>nessuna</t>
+  </si>
+  <si>
+    <t>Decreto Direttore n°13 del 28/01/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=158664&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\888</t>
+  </si>
+  <si>
     <t>ROMANAZZI SERAFINO</t>
   </si>
   <si>
     <t>3 mesi</t>
   </si>
   <si>
     <t>Monitoraggio avifauna selvatica e rilievo dati presso associazione venatorie</t>
   </si>
   <si>
     <t>DD. 13 del 16/01/2026</t>
   </si>
   <si>
     <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=72420&amp;idcv=5&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
   </si>
   <si>
     <t>C\2026\66</t>
   </si>
   <si>
     <t>LA GIOIA GIUSEPPE</t>
   </si>
   <si>
     <t>2 mesi</t>
   </si>
   <si>
     <t>Monitoraggio dell’avifauna selvatica sul territorio regionale; cattura e inanellamento di tordi (Turdus philomelos) e beccacce (Scolopax rusticola)</t>
   </si>
   <si>
     <t>DD. 11 del 16/01/2026</t>
   </si>
   <si>
     <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=44176&amp;idcv=8&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
   </si>
   <si>
     <t>C\2026\67</t>
   </si>
   <si>
     <t>NINIVAGGI ANTONELLA</t>
   </si>
   <si>
     <t>Raccolta ed elaborazione dati dei fruttiferi</t>
   </si>
   <si>
     <t>DD. 15 del 16/01/2026</t>
   </si>
   <si>
     <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=191979&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
   </si>
   <si>
     <t>C\2026\68</t>
+  </si>
+  <si>
+    <t>GUARALDI SILVIA</t>
+  </si>
+  <si>
+    <t>PROT.290-III/6 del 03/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=326492&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\203</t>
+  </si>
+  <si>
+    <t>GIOIA VALENTINA</t>
+  </si>
+  <si>
+    <t>massimo 3  mesi</t>
+  </si>
+  <si>
+    <t>affidamento contratto lavoro autonmo bando n° 17 del 29/01/2026</t>
+  </si>
+  <si>
+    <t>Decreto Direttore n° 17 DEL 29/01/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=247660&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\208</t>
+  </si>
+  <si>
+    <t>PADOVANO KATIA</t>
+  </si>
+  <si>
+    <t>Nr. 13  ore  secondo il calendario delle attività didattiche del CPNU  -  A.A. 2025/2026</t>
+  </si>
+  <si>
+    <t>SEMINARI PER UN TOTALE DI 13 ORE NELL'AMBITO DEL CORSO DI PERFEZIONAMENTO IN NUTRIZIONE UMANA A.A. 2025/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PROT. N. 434 - VII/4   DEL 09/02/2026  </t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=70016&amp;idcv=6&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\211</t>
+  </si>
+  <si>
+    <t>SILLETTI FABIOLA</t>
+  </si>
+  <si>
+    <t>Direzione Ricerca, terza missione e internazionalizzazione</t>
+  </si>
+  <si>
+    <t>25 ore</t>
+  </si>
+  <si>
+    <t>Docenza Orientativanell'ambito del progetto orienteering a.s. 24/26 - Investimento 1.6 PNRR- NextGenerationEU-CUP H97G24000100007</t>
+  </si>
+  <si>
+    <t>PSICOLOGO</t>
+  </si>
+  <si>
+    <t>nota prot. n. 21205 -VII/4 del 28.01.2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=162293&amp;idcv=7&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\212</t>
+  </si>
+  <si>
+    <t>MARTINELLI ONOFRIO</t>
+  </si>
+  <si>
+    <t>12 mesi</t>
+  </si>
+  <si>
+    <t>DD. 2/ del 03/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=214042&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\213</t>
+  </si>
+  <si>
+    <t>MACINA LUANA</t>
+  </si>
+  <si>
+    <t>collaborazione per servizi audit tecnologico -mazione in materia di A.I. ogetto DANTE esp. bochicchio</t>
+  </si>
+  <si>
+    <t>CONTRATTO - conf. incarico n.3/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=366855&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\215</t>
+  </si>
+  <si>
+    <t>ZAZA GIANLUCA</t>
+  </si>
+  <si>
+    <t>6 mesi</t>
+  </si>
+  <si>
+    <t>realizzazione di un sistema di Graph Retrieval Augmented Generation a supporto delle Business Strategies - progetto SIA LABS -Semeraro</t>
+  </si>
+  <si>
+    <t>CONTRATTO - conf. incarico n.4/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=159216&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\763</t>
+  </si>
+  <si>
+    <t>realizzaione di un knowledge Graph per la Business Strategy a partire da colleszioni di documenti di dominioo -prog. SIA LABS - Semeraro</t>
+  </si>
+  <si>
+    <t>CONTRATTO - conf. incarico n.5/2026</t>
+  </si>
+  <si>
+    <t>C\2026\765</t>
+  </si>
+  <si>
+    <t>LUCCI Enrico</t>
+  </si>
+  <si>
+    <t>a.a. 2025-26</t>
+  </si>
+  <si>
+    <t>Insegnamento di 'Disegno e rilievo archeologico', SSD ICAR/17, CdL Archeologia LM-2, II sem, 42 ore, 6 CFU</t>
+  </si>
+  <si>
+    <t>D.D. n. 79 del 03/03/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=326192&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\776</t>
+  </si>
+  <si>
+    <t>IOTTI GIANNI</t>
+  </si>
+  <si>
+    <t>Seminario nella giornata del 10/03/2025 nell'ambito delle attività previste per il Laboratorio di forme e spazi letterari dell'Europa moderna. Rif. Prof.ssa Lorusso</t>
+  </si>
+  <si>
+    <t>NOTA PROT. 1128 - VII/4 DEL 23/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=37126&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\777</t>
+  </si>
+  <si>
+    <t>AYROLDI ALCESTE</t>
+  </si>
+  <si>
+    <t>Insegnamento di 'Laboratorio di produzione discografica', CdL Culture e Industrie dei Media e dello Spettacolo (LM-65), II sem, I anno, 30 ore, 3 CFU</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=348780&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\778</t>
+  </si>
+  <si>
+    <t>BORGIA NATALINO</t>
+  </si>
+  <si>
+    <t>Attività di tutorato didattico e di assistenza alla realizzazione di attività didattiche integrative in ambito matematico per gli iscritti al corso di laurea triennale in Scienze della Natura</t>
+  </si>
+  <si>
+    <t>DD 18 del 28/01/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=306234&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\158</t>
+  </si>
+  <si>
+    <t>FAGUNDES MOREIRA RENATA</t>
+  </si>
+  <si>
+    <t>Conferimente incarico di docenza per  l'insegnamento di Parassitologia nell’ambito dei Precorsi attivati  presso il DiMeV- a.a. 2025/2026</t>
+  </si>
+  <si>
+    <t>Comunicazione prot.n. 119 del 14/01/2026 - Contratto del 20/01/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=329977&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\166</t>
+  </si>
+  <si>
+    <t>LUPO ANTONELLA</t>
+  </si>
+  <si>
+    <t>Dipartimento di Biomedicina Traslazionale e Neuroscienze</t>
+  </si>
+  <si>
+    <t>1 mese</t>
+  </si>
+  <si>
+    <t>applicazione di tecniche di Machine Learning e analisi statistica multivariata su dati di risonanza magnetica strutturale (sMRI) in pazienti con schizofrenia; sviluppo e implementazione di modelli...</t>
+  </si>
+  <si>
+    <t>Psicologo</t>
+  </si>
+  <si>
+    <t>D.D. n. 8 del 21.01.2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=233394&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\167</t>
+  </si>
+  <si>
+    <t>Marcotrigiano Dott. Vincenzo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nr. 3  ORE come da calendario lezioni del CPNU  -  A.A.  2025/2026  </t>
+  </si>
+  <si>
+    <t>SEMINARI PER UN TOTALE DI nr. 3 ORE NELL'AMBITO DEL CORSO DI PERFEZIONAMENTO IN NUTRIZIONE UMANA A.A. 2025/2026</t>
+  </si>
+  <si>
+    <t>PROT. N, 317  - VII/4   DEL 29/01/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=147021&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\168</t>
+  </si>
+  <si>
+    <t>LIGUIGLI FEDERICA</t>
+  </si>
+  <si>
+    <t>Analisi statistica degli effetti di alcuni composti eterociclici di sintesi che inibiscono in modo selettivo l’Acquaporina-9 sull’accumulo di lipidi nel parenchima epatico di topi knockout modello...</t>
+  </si>
+  <si>
+    <t>DD 24 del 02/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=169540&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\169</t>
+  </si>
+  <si>
+    <t>GUERRA TOMMASO</t>
+  </si>
+  <si>
+    <t>attività di project management degli studi PASS condotti utilizzando i dati del registro Italiano Sclerosi Multipla; disegno di studi osservazionali condotti utilizzando i dati del registro Italiano..</t>
+  </si>
+  <si>
+    <t>Medico Specialista in Neurologia</t>
+  </si>
+  <si>
+    <t>D.D. n. 4 del 16.01.2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=215838&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\173</t>
+  </si>
+  <si>
+    <t>Loconte Vito</t>
+  </si>
+  <si>
+    <t>Dipartimento di Medicina Veterinaria</t>
+  </si>
+  <si>
+    <t>2 ore</t>
+  </si>
+  <si>
+    <t>Incarico di docenza nell'ambito del master universitario di II livello in in Gestione della salute dei bovini, A.A. 2025/2026.</t>
+  </si>
+  <si>
+    <t>Nota prot.n. 472 del 02/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=324419&amp;idcv=3&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\199</t>
+  </si>
+  <si>
+    <t>GIORGIO ALESSIA</t>
+  </si>
+  <si>
+    <t>DD. n. 58 del 09.03.2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=181504&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\752</t>
+  </si>
+  <si>
+    <t>STEFANELLI DOTT. DARIO</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=180895&amp;idcv=4&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\753</t>
+  </si>
+  <si>
+    <t>DEL VECCHIO CARMELA</t>
+  </si>
+  <si>
+    <t>Dipartimento di Scienze del Suolo, della Pianta e degli Alimenti</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NSEGNAMENTO DI LINGUA INGLESE B2 CORSO DI LAUREA MAGISTRALE BQSA </t>
+  </si>
+  <si>
+    <t>Delibera Consiglio di Dipartimento del 17/09/2025</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=367751&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\754</t>
+  </si>
+  <si>
+    <t>JEMMETT PROF. LAURENCE</t>
+  </si>
+  <si>
+    <t>DiMePRe-J</t>
+  </si>
+  <si>
+    <t>15 ore</t>
+  </si>
+  <si>
+    <t>Attività didattica I anno SSp TePACS A.A. 2025/2026</t>
+  </si>
+  <si>
+    <t>Lettera Conferimento Prot. n. 1175- VII/4 del 12/03/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=160802&amp;idcv=8&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\797</t>
+  </si>
+  <si>
+    <t>PINTO PIERFRANCESCO</t>
+  </si>
+  <si>
+    <t>5 ore</t>
+  </si>
+  <si>
+    <t>Lettera Conferimento Prot. n. 1185- VII/4 del 12/03/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=66391&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\798</t>
+  </si>
+  <si>
+    <t>DENORA IRENE</t>
+  </si>
+  <si>
+    <t>massimo 5  mesi</t>
+  </si>
+  <si>
+    <t>affidamento contratto lavoro autonmo bando dd N. 27 del 09/02/2026</t>
+  </si>
+  <si>
+    <t>Decreto Direttore n°48 del 04/03/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=187325&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\810</t>
+  </si>
+  <si>
+    <t>CASAMASSIMA NUNZIA</t>
+  </si>
+  <si>
+    <t>affidamento contratto lavoro autonmo bando dd N. 28 del 09/02/2026</t>
+  </si>
+  <si>
+    <t>imprenditrice agricola</t>
+  </si>
+  <si>
+    <t>Decreto Direttore n°49 del 04/03/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=196035&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\814</t>
+  </si>
+  <si>
+    <t>JOHNBRITTO JERLIN, 19</t>
+  </si>
+  <si>
+    <t>affidamento contratto lavoro autonmo bando dd N. 29 del 09/02/2026</t>
+  </si>
+  <si>
+    <t>NESSUNA</t>
+  </si>
+  <si>
+    <t>Decreto Direttore n°50 del 04/03/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=218253&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\815</t>
+  </si>
+  <si>
+    <t>LORUSSO ARMANDO</t>
+  </si>
+  <si>
+    <t>DIPARTIMENTO DI SCIENZE POLITICHE</t>
+  </si>
+  <si>
+    <t>ATTIVITA’ DI DOCENZA NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “LA PREVENZIONE DELLA CORRUZIONE NEI COMPORTAMENTI DEI DIPENDENTI DELLA PUBBLICA AMMINISTRAZIONE”.</t>
+  </si>
+  <si>
+    <t>PROT. N. 941 DEL 24/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=203016&amp;idcv=5&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\837</t>
+  </si>
+  <si>
+    <t>NANNA ARIANNA</t>
+  </si>
+  <si>
+    <t>DR 1513 del 30/04/2025 Graduatoria di merito DR 2784 del 24/09/25  contratto stipulato il 09/01/26</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=187886&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\838</t>
+  </si>
+  <si>
+    <t>FERRI ALESSANDRA</t>
+  </si>
+  <si>
+    <t>DIPARTIMENTO DI MATEMATICA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">40 ore </t>
+  </si>
+  <si>
+    <t>Organizzazione di laboratori di Comunicazione della Matematica presso il Dipartimento di Matematica o presso stand esterni e organizzazione di visite guidate presso il MuMa</t>
+  </si>
+  <si>
+    <t>DD.06/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=201885&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\841</t>
+  </si>
+  <si>
+    <t>PREDISPOSIZIONE DI MATERIALE DIDATTICO E DOCENZA NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “QUALITA' E QUANTITA' DEL SERVIZIO PUBBLICO NELL'ORGANIZZAZIONE...</t>
+  </si>
+  <si>
+    <t>NOTA PROT N. 1198 DEL 09/03/2026</t>
+  </si>
+  <si>
+    <t>C\2026\864</t>
+  </si>
+  <si>
+    <t>LIUZZI FRANCESCO</t>
+  </si>
+  <si>
+    <t>DOCENZA NELL’AMBITO DEL CORSO DI FORMAZIONE PROGRAMMA INPS VALORE P.A. 2025 II LIVELLO “LA PREVENZIONE DELLA CORRUZIONE NEI COMPORTAMENTI DEI DIPENDENTI DELLA PUBBLICA AMMINISTRAZIONE”.</t>
+  </si>
+  <si>
+    <t>NOTA PROT. N. 1294 DEL 13/03/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=58689&amp;idcv=10&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\865</t>
+  </si>
+  <si>
+    <t>ROMA Giovanni</t>
+  </si>
+  <si>
+    <t>NOTA PROT. N. 1291 DEL 13/03/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=27874&amp;idcv=6&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\866</t>
+  </si>
+  <si>
+    <t>OLIVIERI ENRICO</t>
+  </si>
+  <si>
+    <t>NOTA PROT. N. 1296 DEL 13/03/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=152039&amp;idcv=6&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\867</t>
+  </si>
+  <si>
+    <t>SAPONARA LEONARDA NADIA</t>
+  </si>
+  <si>
+    <t>Incarico di: ESPERTA di orientamento scolastico e professionale_ BANDO n. 211 del 05/12/2025 per le esigenze del progetto POT Prometheus 2.0. Resp. scient. prof.ssa Amelia Manuti</t>
+  </si>
+  <si>
+    <t>DD. n. 13 del 29.01.2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=45964&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\348</t>
+  </si>
+  <si>
+    <t>LONGOBARDI Stella</t>
+  </si>
+  <si>
+    <t>Attività di docenza a titolo oneroso presso il CdL TRP-EDP (CORSO ACCORPATO)  - BA/POL - 1 anno - 2 semestre - AA 2025/2026</t>
+  </si>
+  <si>
+    <t>delibera della Scuola di Medicina, seduta del 17/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=154831&amp;idcv=5&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\349</t>
+  </si>
+  <si>
+    <t>LAMPUGNANO FABRIZIO</t>
+  </si>
+  <si>
+    <t>Incarico di: ESPERTO di orientamento scolastico e professionale_ BANDO n. 211 del 05/12/2025 per le esigenze del progetto POT Prometheus 2.0. Resp. scient. prof.ssa Amelia Manuti</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=367263&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\350</t>
+  </si>
+  <si>
+    <t>GALLI DELLA LOGGIA ERNESTO</t>
+  </si>
+  <si>
+    <t>FORPSICOM</t>
+  </si>
+  <si>
+    <t>10 ORE</t>
+  </si>
+  <si>
+    <t>Invito Analisi e riordino del fondo Scianatico. Resp. Prof.ssa Perla.</t>
+  </si>
+  <si>
+    <t>Lettera invito prot. n. 73-III/13 del 08/01/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=154486&amp;idcv=3&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\352</t>
+  </si>
+  <si>
+    <t>MAROZZI MARIALUISA SVEVA</t>
+  </si>
+  <si>
+    <t>massimo 12  mesi</t>
+  </si>
+  <si>
+    <t>affidamento contratto lavoro autonmo bando n° 2 del  12/01/2026</t>
+  </si>
+  <si>
+    <t>Specialista in medicina d'emergenza-urgenza</t>
+  </si>
+  <si>
+    <t>Decreto Direttore n° 25 del 06/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=167873&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\353</t>
+  </si>
+  <si>
+    <t>Ancona Federico</t>
+  </si>
+  <si>
+    <t>1 GIORN0</t>
+  </si>
+  <si>
+    <t>reading con performarce musicale nell'ambito delle iniziative previste per la II edizioni del Premio Cia Vangi Drago, Bari - 27 febbraio 2026. rif prof.ssa Aulisa</t>
+  </si>
+  <si>
+    <t>MUSICISTA</t>
+  </si>
+  <si>
+    <t>NOTA PROT. 1126 - VII/4 DEL 23/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=157890&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\532</t>
+  </si>
+  <si>
+    <t>FLORIO LUANA</t>
+  </si>
+  <si>
+    <t>LABORATORIO DI LINGUA FRANCESE FRAN-01/B (L-LIN/04) – 1° ANNO – II SEMESTRE - CFU 4 - CORSO DI LAUREA INTERCLASSE SICENZE DEL SERVIZIO SOCIALE E SOCIOLOGIA – L – 39/L-40, A.A. 2025-2026</t>
+  </si>
+  <si>
+    <t>Delibera del C.D. del 28/01/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=193241&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\575</t>
+  </si>
+  <si>
+    <t>SPIJKER JEREON JOHANNES ANTHONIUS</t>
+  </si>
+  <si>
+    <t>20 GIORNI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VISITING RESEARCHER - ATTIVITA’ DI RICERCA </t>
+  </si>
+  <si>
+    <t>D.D. n. 05 del 19.01.2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=367675&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\576</t>
+  </si>
+  <si>
+    <t>Attività di docenza a titolo oneroso presso il CdL ASS  - BA/POL -1anno - 1emestre - AA 2025/2026</t>
+  </si>
+  <si>
+    <t>Decreto del Presidente della Scuola di Medicina rep. n . 15 del 03/03/2026</t>
+  </si>
+  <si>
+    <t>C\2026\592</t>
+  </si>
+  <si>
+    <t>CRUDELE MARCO</t>
+  </si>
+  <si>
+    <t>100 ore</t>
+  </si>
+  <si>
+    <t>Tutor disciplinare per attività didattiche integrative, propedeutiche e di recuperodel corso di CHIMICA</t>
+  </si>
+  <si>
+    <t>Contratto del 05/0/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=177051&amp;idcv=4&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\594</t>
+  </si>
+  <si>
+    <t>QUARANTA MARTINO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tutor informativo per attività didattiche integrative, propedeutiche e di recupero </t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=243902&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\595</t>
+  </si>
+  <si>
+    <t>RUGNA ALFONSO ANTONIO</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=243814&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\596</t>
+  </si>
+  <si>
+    <t>BASSI GIULIA</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=229670&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\597</t>
+  </si>
+  <si>
+    <t>ALBERGO DOTT. FRANCESCO</t>
+  </si>
+  <si>
+    <t>Università degli Studi di Bari Aldo Moro - Dipartimento Interdisciplinare di Medicina</t>
+  </si>
+  <si>
+    <t>8 ORE</t>
+  </si>
+  <si>
+    <t>Corso Formazione per Dirigenti sanitari incaricati della direzione di Struttura Complessa di Aziende ed Enti del Servizio Sanitario della Regione Puglia - Anno2025 - CURSUS -</t>
+  </si>
+  <si>
+    <t>COMMERCIALISTA</t>
+  </si>
+  <si>
+    <t>Nota  del 03/03/2025 - Dipartimento Interdisciplinare di Medicina</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=55420&amp;idcv=6&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\598</t>
+  </si>
+  <si>
+    <t>NICO ALBERTO</t>
+  </si>
+  <si>
+    <t>DIP.TO DI GIURISPRUDENZA</t>
+  </si>
+  <si>
+    <t>32 MESI</t>
+  </si>
+  <si>
+    <t>Project Manager progetto ERASMUS-EDU-2025-CBHE: Advanced Sustainable Al Management HEI Curricula (ASAM-C) CUP: B96I250001800006</t>
+  </si>
+  <si>
+    <t>D.D. N. 14 DEL 4.2.2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=149463&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\599</t>
+  </si>
+  <si>
+    <t>TAMMACCO FRANCESCO</t>
+  </si>
+  <si>
+    <t>REGISTA E ATTORE</t>
+  </si>
+  <si>
+    <t>NOTA PROT. 1124 - VII/4 DEL 23/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=367700&amp;idcv=1&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\608</t>
+  </si>
+  <si>
+    <t>PALUMBI Roberto</t>
+  </si>
+  <si>
+    <t>Dipartimento di Scienze della Formazione, Psicologia e Comunicazione</t>
+  </si>
+  <si>
+    <t>Attribuzione incarico TFA sostegno, X ciclo, a.a. 2024/25</t>
+  </si>
+  <si>
+    <t>Decreto del Direttore n.9 del 26/01/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=162116&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\609</t>
+  </si>
+  <si>
+    <t>ESPOSITO ROBERTO</t>
+  </si>
+  <si>
+    <t>Seminario nella giornata del 25.02.2026, nell'ambito delle attività previste per il corso di Laurea in FIlosofia (...) - RIF. PROF STRUMMIELLO</t>
+  </si>
+  <si>
+    <t>NOTA PROT. 601 - VII/4 DEL 02/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=70568&amp;idcv=3&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\610</t>
+  </si>
+  <si>
+    <t>CARBONE AGOSTINO</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=306157&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\611</t>
+  </si>
+  <si>
+    <t>FLACE PAOLO</t>
+  </si>
+  <si>
+    <t>Attività di docenza a titolo oneroso presso il CdL EDP + TRP (CORSO ACCORPATO)  - BA/POL - 1 anno - 2 semestre - AA 2025/2026</t>
+  </si>
+  <si>
+    <t>Deliebra della Scuola di Medicina, seduta del 28/01/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=35067&amp;idcv=3&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\613</t>
+  </si>
+  <si>
+    <t>KOWALCZYK ALEKSANDRA JADWIGA</t>
+  </si>
+  <si>
+    <t>affidamento contratto lavoro autonmo bando dd N. 14 del 29/01/2026</t>
+  </si>
+  <si>
+    <t>ALTRI SERVIZI DI SOSTEGNO ALLE IMPRESE</t>
+  </si>
+  <si>
+    <t>Decreto Direttore n°45  del 26/02/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=347653&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\614</t>
+  </si>
+  <si>
+    <t>D'ELIA GIOVANNI</t>
+  </si>
+  <si>
+    <t>CIRLAGE - Centro Interuniversitario di Ricerca "Laboratorio di Gruppoanalisi ed Epistemologia"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Docenza nell’ambito del Master di I livello in “Risk Management Clinico. Formarsi a percepire il rischio e a comunicare il pericolo nelle strutture sanitarie” A.A. 2025/2026 </t>
+  </si>
+  <si>
+    <t>Conferimento incarico del 28/01/2026 Prot. n. 6p/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=353073&amp;idcv=2&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\627</t>
+  </si>
+  <si>
+    <t>MODUGNO ALESSANDRA</t>
+  </si>
+  <si>
+    <t>20 ore</t>
+  </si>
+  <si>
+    <t>Conferimento incarico del 28/01/2026 Prot. n. 28p/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=247152&amp;idcv=4&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\628</t>
+  </si>
+  <si>
+    <t>GIORDANO GIOVANNI</t>
+  </si>
+  <si>
+    <t>37 ore</t>
+  </si>
+  <si>
+    <t>NESSUNA ATTIVITA' PROFESSIONALE</t>
+  </si>
+  <si>
+    <t>Conferimento incarico del 28/01/2026 Prot. n. 2p/2026</t>
+  </si>
+  <si>
+    <t>&lt;a href='https://webreport.ict.uniba.it:443/easyweb/apregistry_service.aspx?idreg=58165&amp;idcv=3&amp;dep=amministrazione' target='_blank' &gt;link&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>C\2026\630</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -584,52 +2659,52 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <numFmt numFmtId="164" formatCode="#,##0.00"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:M27" totalsRowShown="0">
-  <autoFilter ref="A1:M27"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:M160" totalsRowShown="0">
+  <autoFilter ref="A1:M160"/>
   <tableColumns count="13">
     <tableColumn id="1" name="Intestatario" dataDxfId="0"/>
     <tableColumn id="2" name="Struttura Conferente" dataDxfId="0"/>
     <tableColumn id="3" name="Durata" dataDxfId="0"/>
     <tableColumn id="4" name="Descrizione Attività" dataDxfId="0"/>
     <tableColumn id="5" name="Compenso" dataDxfId="0"/>
     <tableColumn id="6" name="Variabili compenso" dataDxfId="0"/>
     <tableColumn id="7" name="Altri incarichi" dataDxfId="0"/>
     <tableColumn id="8" name="Attivita' professionali" dataDxfId="0"/>
     <tableColumn id="9" name="Atto conferimento" dataDxfId="0"/>
     <tableColumn id="10" name="Curriculum" dataDxfId="0"/>
     <tableColumn id="11" name="Attestazione assenza conflitti di interesse" dataDxfId="0"/>
     <tableColumn id="12" name="Annullato" dataDxfId="0"/>
     <tableColumn id="13" name="Id Easy" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -894,51 +2969,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:M27"/>
+  <dimension ref="A1:M160"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -955,1090 +3030,6541 @@
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="1">
-        <v>240</v>
+        <v>750</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>21</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L2" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M2" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>26</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E3" s="1">
-        <v>75</v>
+        <v>1330</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H3" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I3" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="I3" s="1" t="s">
+      <c r="J3" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="J3" s="1" t="s">
+      <c r="K3" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L3" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M3" s="1" t="s">
         <v>31</v>
-      </c>
-[...7 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B4" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="C4" s="1" t="s">
+      <c r="D4" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="D4" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" s="1">
-        <v>900</v>
+        <v>75</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I4" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="J4" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="J4" s="1" t="s">
+      <c r="K4" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L4" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M4" s="1" t="s">
         <v>38</v>
-      </c>
-[...7 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E5" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="J5" s="1" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="K5" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L5" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M5" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E6" s="1">
-        <v>600</v>
+        <v>2000</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="J6" s="1" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="K6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M6" s="1" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="E7" s="1">
-        <v>224.8</v>
-[...1 lines deleted...]
-      <c r="F7" s="1"/>
+        <v>1550</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>57</v>
+      </c>
       <c r="G7" s="1" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>19</v>
+        <v>59</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="J7" s="1" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="K7" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L7" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M7" s="1" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="E8" s="1">
-        <v>2000</v>
+        <v>600</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="K8" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L8" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M8" s="1" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="E9" s="1">
-        <v>5500</v>
+        <v>300</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="K9" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L9" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M9" s="1" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>14</v>
+        <v>71</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>16</v>
+        <v>73</v>
       </c>
       <c r="E10" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="J10" s="1" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="K10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L10" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M10" s="1" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="B11" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="C11" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E11" s="1">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>600</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>19</v>
+        <v>83</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>37</v>
+        <v>84</v>
       </c>
       <c r="J11" s="1" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="K11" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L11" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M11" s="1" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="E12" s="1">
-        <v>3450</v>
-[...1 lines deleted...]
-      <c r="F12" s="1"/>
+        <v>900</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>17</v>
+      </c>
       <c r="G12" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>82</v>
+        <v>90</v>
       </c>
       <c r="J12" s="1" t="s">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="K12" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L12" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M12" s="1" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="E13" s="1">
-        <v>3500</v>
-[...1 lines deleted...]
-      <c r="F13" s="1"/>
+        <v>600</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>17</v>
+      </c>
       <c r="G13" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H13" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="K13" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L13" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M13" s="1" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="E14" s="1">
+        <v>600</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I14" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="B14" s="1" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="J14" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="K14" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L14" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M14" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="E15" s="1">
-        <v>30000</v>
-[...3 lines deleted...]
-      </c>
+        <v>224.8</v>
+      </c>
+      <c r="F15" s="1"/>
       <c r="G15" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="K15" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L15" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M15" s="1" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>79</v>
+        <v>47</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>104</v>
+        <v>48</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="E16" s="1">
-        <v>2500</v>
-[...1 lines deleted...]
-      <c r="F16" s="1"/>
+        <v>2000</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>57</v>
+      </c>
       <c r="G16" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H16" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="K16" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L16" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M16" s="1" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>79</v>
+        <v>113</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>80</v>
+        <v>114</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>81</v>
+        <v>115</v>
       </c>
       <c r="E17" s="1">
-        <v>3450</v>
-[...1 lines deleted...]
-      <c r="F17" s="1"/>
+        <v>2000</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>23</v>
+      </c>
       <c r="G17" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H17" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="K17" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L17" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M17" s="1" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>26</v>
+        <v>64</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>27</v>
+        <v>120</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="E18" s="1">
-        <v>75</v>
+        <v>300</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H18" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="J18" s="1" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="K18" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L18" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M18" s="1" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>26</v>
+        <v>126</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="E19" s="1">
-        <v>175</v>
+        <v>420</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="J19" s="1" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="K19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L19" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M19" s="1" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>26</v>
+        <v>133</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>125</v>
+        <v>134</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>120</v>
+        <v>135</v>
       </c>
       <c r="E20" s="1">
-        <v>75</v>
+        <v>14000</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H20" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="K20" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L20" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M20" s="1" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1" t="s">
-        <v>129</v>
+        <v>139</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>57</v>
+        <v>140</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="E21" s="1">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="J21" s="1" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="K21" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L21" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M21" s="1" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>79</v>
+        <v>14</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>136</v>
+        <v>15</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="E22" s="1">
-        <v>5000</v>
+        <v>1575</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>138</v>
+        <v>17</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>139</v>
+        <v>19</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="J22" s="1" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="K22" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L22" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M22" s="1" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>79</v>
+        <v>151</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="E23" s="1">
-        <v>10000</v>
+        <v>35000</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>138</v>
+        <v>23</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>139</v>
+        <v>154</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>146</v>
+        <v>155</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="K23" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L23" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M23" s="1" t="s">
-        <v>148</v>
+        <v>157</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>150</v>
+        <v>15</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>151</v>
+        <v>159</v>
       </c>
       <c r="E24" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="J24" s="1" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="K24" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L24" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M24" s="1" t="s">
-        <v>153</v>
+        <v>161</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>64</v>
+        <v>163</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>156</v>
+        <v>165</v>
       </c>
       <c r="E25" s="1">
-        <v>8500</v>
+        <v>0</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>157</v>
+        <v>166</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>158</v>
+        <v>167</v>
       </c>
       <c r="K25" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L25" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M25" s="1" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1" t="s">
-        <v>160</v>
+        <v>169</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>64</v>
+        <v>170</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>162</v>
+        <v>172</v>
       </c>
       <c r="E26" s="1">
-        <v>5000</v>
+        <v>3888.9</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>17</v>
+        <v>173</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H26" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="J26" s="1" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="K26" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L26" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M26" s="1" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>64</v>
+        <v>14</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>161</v>
+        <v>15</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
       <c r="E27" s="1">
-        <v>4150</v>
+        <v>1575</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>168</v>
+        <v>20</v>
       </c>
       <c r="J27" s="1" t="s">
-        <v>169</v>
+        <v>179</v>
       </c>
       <c r="K27" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L27" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M27" s="1" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13">
+      <c r="A28" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E28" s="1">
+        <v>420</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H28" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I28" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="J28" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="K28" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L28" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M28" s="1" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13">
+      <c r="A29" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E29" s="1">
+        <v>100</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H29" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I29" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="J29" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="K29" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L29" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M29" s="1" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13">
+      <c r="A30" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E30" s="1">
+        <v>50</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H30" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I30" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="J30" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="K30" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L30" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M30" s="1" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13">
+      <c r="A31" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="E31" s="1">
+        <v>0</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H31" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I31" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="J31" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="K31" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L31" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M31" s="1" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13">
+      <c r="A32" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="E32" s="1">
+        <v>5500</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H32" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I32" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="J32" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="K32" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L32" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M32" s="1" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13">
+      <c r="A33" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="1">
+        <v>75</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H33" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I33" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="J33" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="K33" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L33" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M33" s="1" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13">
+      <c r="A34" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B34" s="1" t="s">
         <v>170</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="E34" s="1">
+        <v>3888.9</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H34" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I34" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="J34" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="K34" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L34" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M34" s="1" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13">
+      <c r="A35" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="E35" s="1">
+        <v>3000</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H35" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I35" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="J35" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="K35" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L35" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M35" s="1" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13">
+      <c r="A36" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="E36" s="1">
+        <v>3750</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H36" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I36" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="J36" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="K36" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L36" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M36" s="1" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13">
+      <c r="A37" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="E37" s="1">
+        <v>3750</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H37" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I37" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="J37" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="K37" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L37" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M37" s="1" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13">
+      <c r="A38" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="E38" s="1">
+        <v>1400</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H38" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I38" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="J38" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="K38" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L38" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M38" s="1" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13">
+      <c r="A39" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="E39" s="1">
+        <v>1300</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H39" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I39" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="J39" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="K39" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L39" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M39" s="1" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13">
+      <c r="A40" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="E40" s="1">
+        <v>3888.9</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H40" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I40" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="J40" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="K40" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L40" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M40" s="1" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13">
+      <c r="A41" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="E41" s="1">
+        <v>3888.9</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H41" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I41" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="J41" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="K41" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L41" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M41" s="1" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13">
+      <c r="A42" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="E42" s="1">
+        <v>3888.9</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H42" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I42" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="J42" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="K42" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L42" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M42" s="1" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13">
+      <c r="A43" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="E43" s="1">
+        <v>3888.9</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H43" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I43" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="J43" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="K43" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L43" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M43" s="1" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13">
+      <c r="A44" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="E44" s="1">
+        <v>3888.9</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H44" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I44" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="J44" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="K44" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L44" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M44" s="1" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13">
+      <c r="A45" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="E45" s="1">
+        <v>600</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H45" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="I45" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="J45" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="K45" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L45" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M45" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13">
+      <c r="A46" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="E46" s="1">
+        <v>3888.9</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H46" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I46" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="J46" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="K46" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L46" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M46" s="1" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13">
+      <c r="A47" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="E47" s="1">
+        <v>4900</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H47" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I47" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="J47" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="K47" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L47" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M47" s="1" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13">
+      <c r="A48" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="E48" s="1">
+        <v>490</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H48" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I48" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="J48" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="K48" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L48" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M48" s="1" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13">
+      <c r="A49" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="E49" s="1">
+        <v>300</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H49" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I49" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="J49" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="K49" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L49" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M49" s="1" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13">
+      <c r="A50" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="E50" s="1">
+        <v>300</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H50" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I50" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="J50" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="K50" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L50" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M50" s="1" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13">
+      <c r="A51" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="E51" s="1">
+        <v>1200</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H51" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I51" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="J51" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="K51" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L51" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M51" s="1" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13">
+      <c r="A52" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="E52" s="1">
+        <v>210</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H52" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I52" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="J52" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="K52" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L52" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M52" s="1" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13">
+      <c r="A53" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E53" s="1">
+        <v>240</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H53" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I53" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="J53" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="K53" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L53" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M53" s="1" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13">
+      <c r="A54" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="E54" s="1">
+        <v>600</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H54" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I54" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="J54" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="K54" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L54" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M54" s="1" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13">
+      <c r="A55" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="E55" s="1">
+        <v>420</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H55" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I55" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="J55" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="K55" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L55" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M55" s="1" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13">
+      <c r="A56" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="E56" s="1">
+        <v>1575</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H56" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I56" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="J56" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="K56" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L56" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M56" s="1" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13">
+      <c r="A57" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E57" s="1">
+        <v>0</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H57" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I57" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="J57" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="K57" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L57" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M57" s="1" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13">
+      <c r="A58" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="E58" s="1">
+        <v>2500</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H58" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I58" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="J58" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="K58" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L58" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M58" s="1" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13">
+      <c r="A59" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="E59" s="1">
+        <v>420</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H59" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I59" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="J59" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="K59" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L59" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M59" s="1" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13">
+      <c r="A60" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="E60" s="1">
+        <v>3450</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H60" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I60" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="J60" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="K60" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L60" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M60" s="1" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13">
+      <c r="A61" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="E61" s="1">
+        <v>3500</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H61" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I61" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="J61" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="K61" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L61" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M61" s="1" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13">
+      <c r="A62" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="E62" s="1">
+        <v>5000</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H62" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I62" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="J62" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="K62" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L62" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M62" s="1" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13">
+      <c r="A63" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="E63" s="1">
+        <v>30000</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H63" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I63" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="J63" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="K63" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L63" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M63" s="1" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13">
+      <c r="A64" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E64" s="1">
+        <v>2500</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H64" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I64" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="J64" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="K64" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L64" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M64" s="1" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13">
+      <c r="A65" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="E65" s="1">
+        <v>3450</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H65" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I65" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="J65" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="K65" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L65" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M65" s="1" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13">
+      <c r="A66" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="E66" s="1">
+        <v>75</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H66" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I66" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J66" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="K66" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L66" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M66" s="1" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13">
+      <c r="A67" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="E67" s="1">
+        <v>175</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H67" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I67" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="J67" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="K67" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L67" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M67" s="1" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13">
+      <c r="A68" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="E68" s="1">
+        <v>75</v>
+      </c>
+      <c r="F68" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H68" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I68" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="J68" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="K68" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L68" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M68" s="1" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13">
+      <c r="A69" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="E69" s="1">
+        <v>2000</v>
+      </c>
+      <c r="F69" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H69" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I69" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="J69" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="K69" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L69" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M69" s="1" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13">
+      <c r="A70" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="E70" s="1">
+        <v>5000</v>
+      </c>
+      <c r="F70" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H70" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="I70" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="J70" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="K70" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L70" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M70" s="1" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13">
+      <c r="A71" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="E71" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F71" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H71" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="I71" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="J71" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="K71" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L71" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M71" s="1" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13">
+      <c r="A72" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="E72" s="1">
+        <v>300</v>
+      </c>
+      <c r="F72" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H72" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I72" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="J72" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="K72" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L72" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M72" s="1" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13">
+      <c r="A73" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="E73" s="1">
+        <v>300</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H73" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I73" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="J73" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="K73" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L73" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M73" s="1" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13">
+      <c r="A74" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="E74" s="1">
+        <v>2500</v>
+      </c>
+      <c r="F74" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H74" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I74" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="J74" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="K74" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L74" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M74" s="1" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13">
+      <c r="A75" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="E75" s="1">
+        <v>3888.9</v>
+      </c>
+      <c r="F75" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H75" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I75" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="J75" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="K75" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L75" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M75" s="1" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13">
+      <c r="A76" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="E76" s="1">
+        <v>600</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H76" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I76" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="J76" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="K76" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L76" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M76" s="1" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13">
+      <c r="A77" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="E77" s="1">
+        <v>1050</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H77" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I77" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="J77" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="K77" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L77" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M77" s="1" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13">
+      <c r="A78" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E78" s="1">
+        <v>600</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H78" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I78" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="J78" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="K78" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L78" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M78" s="1" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13">
+      <c r="A79" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E79" s="1">
+        <v>150</v>
+      </c>
+      <c r="F79" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H79" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I79" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="J79" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="K79" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L79" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M79" s="1" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13">
+      <c r="A80" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E80" s="1">
+        <v>225</v>
+      </c>
+      <c r="F80" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H80" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I80" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="J80" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="K80" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L80" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M80" s="1" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13">
+      <c r="A81" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E81" s="1">
+        <v>150</v>
+      </c>
+      <c r="F81" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H81" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I81" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="J81" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="K81" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L81" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M81" s="1" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13">
+      <c r="A82" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E82" s="1">
+        <v>75</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H82" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I82" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="J82" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="K82" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L82" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M82" s="1" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13">
+      <c r="A83" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="E83" s="1">
+        <v>900</v>
+      </c>
+      <c r="F83" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H83" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I83" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="J83" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="K83" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L83" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M83" s="1" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13">
+      <c r="A84" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="E84" s="1">
+        <v>900</v>
+      </c>
+      <c r="F84" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H84" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I84" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="J84" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="K84" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L84" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M84" s="1" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13">
+      <c r="A85" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E85" s="1">
+        <v>1800</v>
+      </c>
+      <c r="F85" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H85" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I85" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="J85" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="K85" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L85" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M85" s="1" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13">
+      <c r="A86" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="E86" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F86" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H86" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I86" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="J86" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="K86" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L86" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M86" s="1" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13">
+      <c r="A87" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E87" s="1">
+        <v>600</v>
+      </c>
+      <c r="F87" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H87" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I87" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="J87" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="K87" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L87" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M87" s="1" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13">
+      <c r="A88" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E88" s="1">
+        <v>600</v>
+      </c>
+      <c r="F88" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H88" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I88" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="J88" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="K88" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L88" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M88" s="1" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13">
+      <c r="A89" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="E89" s="1">
+        <v>2550</v>
+      </c>
+      <c r="F89" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H89" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I89" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="J89" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="K89" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L89" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M89" s="1" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13">
+      <c r="A90" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="E90" s="1">
+        <v>2550</v>
+      </c>
+      <c r="F90" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H90" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I90" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="J90" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="K90" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L90" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M90" s="1" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13">
+      <c r="A91" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="E91" s="1">
+        <v>2550</v>
+      </c>
+      <c r="F91" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H91" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I91" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="J91" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="K91" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L91" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M91" s="1" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13">
+      <c r="A92" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="E92" s="1">
+        <v>600</v>
+      </c>
+      <c r="F92" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H92" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I92" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="J92" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="K92" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L92" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M92" s="1" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13">
+      <c r="A93" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="E93" s="1">
+        <v>2550</v>
+      </c>
+      <c r="F93" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H93" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I93" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="J93" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="K93" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L93" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M93" s="1" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13">
+      <c r="A94" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="E94" s="1">
+        <v>2550</v>
+      </c>
+      <c r="F94" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H94" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I94" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="J94" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="K94" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L94" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M94" s="1" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13">
+      <c r="A95" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="E95" s="1">
+        <v>11000</v>
+      </c>
+      <c r="F95" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H95" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="I95" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="J95" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="K95" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L95" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M95" s="1" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13">
+      <c r="A96" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="E96" s="1">
+        <v>340</v>
+      </c>
+      <c r="F96" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H96" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I96" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="J96" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="K96" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L96" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M96" s="1" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13">
+      <c r="A97" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="E97" s="1">
+        <v>1000</v>
+      </c>
+      <c r="F97" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H97" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I97" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="J97" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="K97" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L97" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M97" s="1" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13">
+      <c r="A98" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="E98" s="1">
+        <v>500</v>
+      </c>
+      <c r="F98" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H98" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I98" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="J98" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="K98" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L98" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M98" s="1" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13">
+      <c r="A99" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="E99" s="1">
+        <v>0</v>
+      </c>
+      <c r="F99" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H99" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I99" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="J99" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="K99" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L99" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M99" s="1" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13">
+      <c r="A100" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="E100" s="1">
+        <v>6500</v>
+      </c>
+      <c r="F100" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H100" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="I100" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="J100" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="K100" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L100" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M100" s="1" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13">
+      <c r="A101" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E101" s="1">
+        <v>8500</v>
+      </c>
+      <c r="F101" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H101" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I101" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="J101" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="K101" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L101" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M101" s="1" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13">
+      <c r="A102" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="E102" s="1">
+        <v>5000</v>
+      </c>
+      <c r="F102" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H102" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I102" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="J102" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="K102" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L102" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M102" s="1" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13">
+      <c r="A103" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="E103" s="1">
+        <v>4150</v>
+      </c>
+      <c r="F103" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H103" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I103" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="J103" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="K103" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L103" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M103" s="1" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13">
+      <c r="A104" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E104" s="1">
+        <v>0</v>
+      </c>
+      <c r="F104" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H104" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I104" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="J104" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="K104" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L104" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M104" s="1" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13">
+      <c r="A105" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="E105" s="1">
+        <v>2000</v>
+      </c>
+      <c r="F105" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H105" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I105" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="J105" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="K105" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L105" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M105" s="1" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13">
+      <c r="A106" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="E106" s="1">
+        <v>910</v>
+      </c>
+      <c r="F106" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H106" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I106" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="J106" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="K106" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L106" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M106" s="1" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13">
+      <c r="A107" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="E107" s="1">
+        <v>942</v>
+      </c>
+      <c r="F107" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="H107" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="I107" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="J107" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="K107" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L107" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M107" s="1" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13">
+      <c r="A108" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="E108" s="1">
+        <v>22000</v>
+      </c>
+      <c r="F108" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H108" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I108" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="J108" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="K108" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L108" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M108" s="1" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13">
+      <c r="A109" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="E109" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F109" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H109" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I109" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="J109" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="K109" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L109" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M109" s="1" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13">
+      <c r="A110" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="E110" s="1">
+        <v>15000</v>
+      </c>
+      <c r="F110" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H110" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I110" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="J110" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="K110" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L110" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M110" s="1" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13">
+      <c r="A111" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="E111" s="1">
+        <v>15000</v>
+      </c>
+      <c r="F111" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H111" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I111" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="J111" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="K111" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L111" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M111" s="1" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13">
+      <c r="A112" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="E112" s="1">
+        <v>0</v>
+      </c>
+      <c r="F112" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H112" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I112" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="J112" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="K112" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L112" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M112" s="1" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13">
+      <c r="A113" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="E113" s="1">
+        <v>288</v>
+      </c>
+      <c r="F113" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H113" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I113" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="J113" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="K113" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L113" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M113" s="1" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13">
+      <c r="A114" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="E114" s="1">
+        <v>525</v>
+      </c>
+      <c r="F114" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H114" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I114" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="J114" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="K114" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L114" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M114" s="1" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13">
+      <c r="A115" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="E115" s="1">
+        <v>3450</v>
+      </c>
+      <c r="F115" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H115" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I115" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="J115" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="K115" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L115" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M115" s="1" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13">
+      <c r="A116" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="E116" s="1">
+        <v>2000</v>
+      </c>
+      <c r="F116" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H116" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I116" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="J116" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="K116" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L116" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M116" s="1" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13">
+      <c r="A117" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="E117" s="1">
+        <v>4000</v>
+      </c>
+      <c r="F117" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H117" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="I117" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="J117" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="K117" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L117" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M117" s="1" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13">
+      <c r="A118" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="E118" s="1">
+        <v>210</v>
+      </c>
+      <c r="F118" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H118" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I118" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="J118" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="K118" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L118" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M118" s="1" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13">
+      <c r="A119" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="E119" s="1">
+        <v>3000</v>
+      </c>
+      <c r="F119" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H119" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I119" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="J119" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="K119" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L119" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M119" s="1" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13">
+      <c r="A120" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="E120" s="1">
+        <v>40000</v>
+      </c>
+      <c r="F120" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H120" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="I120" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="J120" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="K120" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L120" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M120" s="1" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13">
+      <c r="A121" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="E121" s="1">
+        <v>130</v>
+      </c>
+      <c r="F121" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H121" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I121" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="J121" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="K121" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L121" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M121" s="1" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13">
+      <c r="A122" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="E122" s="1">
+        <v>3888.9</v>
+      </c>
+      <c r="F122" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H122" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I122" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="J122" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="K122" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L122" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M122" s="1" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13">
+      <c r="A123" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="E123" s="1">
+        <v>4900</v>
+      </c>
+      <c r="F123" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H123" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I123" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="J123" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="K123" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L123" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M123" s="1" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13">
+      <c r="A124" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="E124" s="1">
+        <v>1500</v>
+      </c>
+      <c r="F124" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H124" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I124" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="J124" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="K124" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L124" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M124" s="1" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13">
+      <c r="A125" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="E125" s="1">
+        <v>600</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H125" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I125" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="J125" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="K125" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L125" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M125" s="1" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13">
+      <c r="A126" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="E126" s="1">
+        <v>200</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H126" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I126" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="J126" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="K126" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L126" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M126" s="1" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13">
+      <c r="A127" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="E127" s="1">
+        <v>6000</v>
+      </c>
+      <c r="F127" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H127" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="I127" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="J127" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="K127" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L127" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M127" s="1" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13">
+      <c r="A128" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="E128" s="1">
+        <v>8000</v>
+      </c>
+      <c r="F128" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H128" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="I128" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="J128" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="K128" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L128" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M128" s="1" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13">
+      <c r="A129" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="E129" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H129" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="I129" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="J129" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="K129" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L129" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M129" s="1" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13">
+      <c r="A130" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="E130" s="1">
+        <v>600</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H130" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I130" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="J130" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="K130" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L130" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M130" s="1" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13">
+      <c r="A131" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="E131" s="1">
+        <v>2550</v>
+      </c>
+      <c r="F131" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H131" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I131" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="J131" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="K131" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L131" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M131" s="1" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13">
+      <c r="A132" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="E132" s="1">
+        <v>921.66</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H132" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I132" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="J132" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="K132" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L132" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M132" s="1" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13">
+      <c r="A133" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="E133" s="1">
+        <v>600</v>
+      </c>
+      <c r="F133" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H133" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I133" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="J133" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="K133" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L133" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M133" s="1" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13">
+      <c r="A134" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="E134" s="1">
+        <v>600</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H134" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I134" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="J134" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="K134" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L134" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M134" s="1" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13">
+      <c r="A135" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="E135" s="1">
+        <v>600</v>
+      </c>
+      <c r="F135" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H135" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I135" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="J135" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="K135" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L135" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M135" s="1" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13">
+      <c r="A136" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="E136" s="1">
+        <v>600</v>
+      </c>
+      <c r="F136" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H136" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I136" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="J136" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="K136" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L136" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M136" s="1" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13">
+      <c r="A137" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="E137" s="1">
+        <v>4608.29</v>
+      </c>
+      <c r="F137" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H137" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I137" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="J137" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="K137" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L137" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M137" s="1" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13">
+      <c r="A138" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="E138" s="1">
+        <v>900</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H138" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I138" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="J138" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="K138" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L138" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M138" s="1" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13">
+      <c r="A139" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="E139" s="1">
+        <v>4608.29</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H139" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I139" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="J139" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="K139" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L139" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M139" s="1" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13">
+      <c r="A140" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="E140" s="1">
+        <v>0</v>
+      </c>
+      <c r="F140" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H140" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I140" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="J140" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="K140" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L140" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M140" s="1" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13">
+      <c r="A141" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="E141" s="1">
+        <v>40000</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H141" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="I141" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="J141" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="K141" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L141" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M141" s="1" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13">
+      <c r="A142" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="E142" s="1">
+        <v>150</v>
+      </c>
+      <c r="F142" s="1"/>
+      <c r="G142" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H142" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="I142" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="J142" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="K142" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L142" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M142" s="1" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13">
+      <c r="A143" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="E143" s="1">
+        <v>1200</v>
+      </c>
+      <c r="F143" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H143" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I143" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="J143" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="K143" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L143" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M143" s="1" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13">
+      <c r="A144" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="E144" s="1">
+        <v>4000</v>
+      </c>
+      <c r="F144" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H144" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I144" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="J144" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="K144" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L144" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M144" s="1" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13">
+      <c r="A145" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="E145" s="1">
+        <v>900</v>
+      </c>
+      <c r="F145" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H145" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I145" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="J145" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="K145" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L145" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M145" s="1" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13">
+      <c r="A146" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="E146" s="1">
+        <v>1382.49</v>
+      </c>
+      <c r="F146" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H146" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I146" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="J146" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="K146" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L146" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M146" s="1" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13">
+      <c r="A147" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="E147" s="1">
+        <v>1382.49</v>
+      </c>
+      <c r="F147" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H147" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I147" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="J147" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="K147" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L147" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M147" s="1" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13">
+      <c r="A148" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="E148" s="1">
+        <v>1382.49</v>
+      </c>
+      <c r="F148" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H148" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I148" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="J148" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="K148" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L148" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M148" s="1" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13">
+      <c r="A149" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="E149" s="1">
+        <v>1382.49</v>
+      </c>
+      <c r="F149" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H149" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I149" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="J149" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="K149" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L149" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M149" s="1" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13">
+      <c r="A150" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="E150" s="1">
+        <v>991.52</v>
+      </c>
+      <c r="F150" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H150" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="I150" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="J150" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="K150" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L150" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M150" s="1" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13">
+      <c r="A151" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="E151" s="1">
+        <v>43500</v>
+      </c>
+      <c r="F151" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H151" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I151" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="J151" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="K151" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L151" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M151" s="1" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13">
+      <c r="A152" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="E152" s="1">
+        <v>150</v>
+      </c>
+      <c r="F152" s="1"/>
+      <c r="G152" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H152" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="I152" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="J152" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="K152" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L152" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M152" s="1" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13">
+      <c r="A153" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="E153" s="1">
+        <v>3000</v>
+      </c>
+      <c r="F153" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H153" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I153" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="J153" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="K153" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L153" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M153" s="1" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13">
+      <c r="A154" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="E154" s="1">
+        <v>233.3</v>
+      </c>
+      <c r="F154" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H154" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I154" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="J154" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="K154" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L154" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M154" s="1" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13">
+      <c r="A155" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="E155" s="1">
+        <v>3000</v>
+      </c>
+      <c r="F155" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H155" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I155" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="J155" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="K155" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L155" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M155" s="1" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13">
+      <c r="A156" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="E156" s="1">
+        <v>600</v>
+      </c>
+      <c r="F156" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H156" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I156" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="J156" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="K156" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L156" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M156" s="1" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13">
+      <c r="A157" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="E157" s="1">
+        <v>22000</v>
+      </c>
+      <c r="F157" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H157" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="I157" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="J157" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="K157" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L157" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M157" s="1" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13">
+      <c r="A158" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="E158" s="1">
+        <v>2000</v>
+      </c>
+      <c r="F158" s="1"/>
+      <c r="G158" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H158" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I158" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="J158" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="K158" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L158" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M158" s="1" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13">
+      <c r="A159" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="E159" s="1">
+        <v>0</v>
+      </c>
+      <c r="F159" s="1"/>
+      <c r="G159" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H159" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="I159" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="J159" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="K159" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L159" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M159" s="1" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13">
+      <c r="A160" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="E160" s="1">
+        <v>0</v>
+      </c>
+      <c r="F160" s="1"/>
+      <c r="G160" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H160" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="I160" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="J160" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="K160" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L160" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M160" s="1" t="s">
+        <v>860</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>