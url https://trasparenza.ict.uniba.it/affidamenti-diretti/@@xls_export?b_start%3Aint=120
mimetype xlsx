--- v0 (2025-12-17)
+++ v1 (2026-03-25)
@@ -11,136 +11,4429 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="affidamenti-diretti" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1759" uniqueCount="1266">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5443" uniqueCount="3664">
   <si>
     <t>CIG</t>
   </si>
   <si>
     <t>Struttura proponente</t>
   </si>
   <si>
     <t>Oggetto</t>
   </si>
   <si>
     <t>Data affidamento</t>
   </si>
   <si>
     <t>Link BDNCP</t>
   </si>
   <si>
     <t>URL Delibera</t>
   </si>
   <si>
     <t>Procedure collegate</t>
   </si>
   <si>
+    <t>BA1465C687</t>
+  </si>
+  <si>
+    <t>Dipartimento Interuniversitario di Fisica</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura di prodotti consumabili di laboratorio nell’ambito del Progetto PRIN 2022dal titolo “DAMON: Direct meAsureMent of target fragmentatiON” - Codice Progetto H53D23001090006</t>
+  </si>
+  <si>
+    <t>2026/01/22</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA1465C687</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba1465c687/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F67196B6</t>
+  </si>
+  <si>
+    <t>Dipartimento di Bioscienze, Biotecnologie e Ambiente (DBBA)</t>
+  </si>
+  <si>
+    <t>Manutenzione ordinaria n. 5 microscopi sede Taranto</t>
+  </si>
+  <si>
+    <t>2026/01/14</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F67196B6</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f67196b6-1/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9FA0108FB</t>
+  </si>
+  <si>
+    <t>Manutenzione software</t>
+  </si>
+  <si>
+    <t>2026/01/15</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9FA0108FB</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9fa0108fb/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA8182A588</t>
+  </si>
+  <si>
+    <t>Dipartimento di Farmacia - Scienze del Farmaco</t>
+  </si>
+  <si>
+    <t>Fornitura di materiale di consumo per laboratorio</t>
+  </si>
+  <si>
+    <t>2026/02/20</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8182A588</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8182a588-1/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9E8800B91</t>
+  </si>
+  <si>
+    <t>TERMO DESORBITORE INTERFACCIATO AD UN GASCROMATOGRAFO ACCOPPIATO AD UNO SPETTROMETRO DI MASSA</t>
+  </si>
+  <si>
+    <t>2026/01/13</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E8800B91</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e8800b91/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAA29FDF10</t>
+  </si>
+  <si>
+    <t>autorizzazione procedura a mezzo affidamenti diretti per fornitura di materiale di consumo per laboratorio</t>
+  </si>
+  <si>
+    <t>2026/03/03</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAA29FDF10</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baa29fdf10/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC4900A93</t>
+  </si>
+  <si>
+    <t>Dipartimento di Medicina Veterinaria</t>
+  </si>
+  <si>
+    <t>“Procedura per l’affidamento del servizio di comunicazione – Progetto Salute globale e sostenibilità: ambiente, animali e comunità in dialogo”</t>
+  </si>
+  <si>
+    <t>2026/03/12</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC4900A93</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac4900a93/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
     <t>B0A88D2E2F</t>
   </si>
   <si>
     <t>Direzione Appalti, Edilizia e Patrimonio</t>
   </si>
   <si>
     <t>D.D.D. n. 153/2024 per il servizio di rinnovo abbonamento servizi ANSA 2024 per le esigenze dell'Ufficio Stampa</t>
   </si>
   <si>
     <t>2025/05/20</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B0A88D2E2F</t>
   </si>
   <si>
     <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b0a88d2e2f/@@download/delibera_a_contrarre</t>
   </si>
   <si>
+    <t>BA9EEF5841</t>
+  </si>
+  <si>
+    <t>Dipartimento di Scienze della Terra e geoambientali</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il servizio di sostituzione lampada al tungsteno-alogena per spettrofotometro Iris - CIG: BA9EEF5841</t>
+  </si>
+  <si>
+    <t>2026/02/27</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9EEF5841</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9eef5841/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA81D9A240</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per Fornitura di due sedie , con procedura sottosoglia, come disciplinata dall’art. 50,comma 1, lett. b) del d.lgs. n. 36/2023</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA81D9A240</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba81d9a240-1/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA8EAB21EC</t>
+  </si>
+  <si>
+    <t>2026/02/24</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8EAB21EC</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8eab21ec/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA8EC5B0A5</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8EC5B0A5</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8ec5b0a5/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAA71F530B</t>
+  </si>
+  <si>
+    <t>Dipartimento di Medicina di Precisione e Rigenerativa e Area Jonica (DiMePRe-J)</t>
+  </si>
+  <si>
+    <t>reagenti da laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAA71F530B</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baa71f530b/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA93724797</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la FORNITURA DI SOSTANZE STUPEFACENTI A FINI DI RICERCA DALL’OPERATORE ECONOMICO VINCI-BIOCHEM SRL PER LA PIENA REALIZZAZIONE DEL PROGETTO ARESS PUGLIA (BURP N. 92 DEL 12/10/2023), NELL'AMBITO DEL PROGETTO CORE-C A VALERE SU AVVISO PUBBLICO, AREA DI INTERVENTO 1, APPROVATO CON D.G.R. N. 1218/2023 CONTRATTO ARESS SOTTOSCRITTO IN DATA 12/10/2024 POTENZIAMENTO DEGLI INVESTIMENTI IN RICERCA E INNOVAZIONE NEL SETTORE DELLA CANNABIS</t>
+  </si>
+  <si>
+    <t>2026/02/25</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA93724797</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba93724797/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAA96B244B</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, il servizio catering per 30 persone per eventi del 4 marzo 2026 presso il Dipartimento di Scienze della Terra e Geoambientali - C.I.G. BAA96B244B</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAA96B244B</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baa96b244b/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA971D6770</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la FORNITURA DI CONSUMABILI SPECIFICI PER LABORATORIO A FINI DI RICERCA DALL’OPERATORE ECONOMICO LEVANCHIMICA SRL PER LA PIENA REALIZZAZIONE DEL PROGETTO ARESS PUGLIA (BURP N. 92 DEL 12/10/2023), NELL'AMBITO DEL PROGETTO CORE-C A VALERE SU AVVISO PUBBLICO, AREA DI INTERVENTO 1, APPROVATO CON D.G.R. N. 1218/2023 CONTRATTO ARESS SOTTOSCRITTO IN DATA 12/10/2024 POTENZIAMENTO DEGLI INVESTIMENTI IN RICERCA E INNOVAZIONE NEL SETTORE DELLA CANNABIS</t>
+  </si>
+  <si>
+    <t>2026/02/26</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA971D6770</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba971d6770/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA97E25FB7</t>
+  </si>
+  <si>
+    <t>Dipartimento di Informatica</t>
+  </si>
+  <si>
+    <t>fornitura del servizio di logistica, delle attività di facchinaggio e movimentazione merci, gestione dei depositi, pallettizzazione nonché di tutte le attività ausiliarie ai servizi di trasporto e servizi vari – per le esigenze del Dipartimento anno 2026/27</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA97E25FB7</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba97e25fb7/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAAA534D2C</t>
+  </si>
+  <si>
+    <t>Dipartimento di Scienze del suolo, della pianta e degli alimenti (Di.S.S.P.A.)</t>
+  </si>
+  <si>
+    <t>Manutenzione automezzo</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAAA534D2C</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baaa534d2c/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA07163660</t>
+  </si>
+  <si>
+    <t>Dipartimento di Biomedicina Traslazionale e Neuroscienze (DiBraiN)</t>
+  </si>
+  <si>
+    <t>proceura per l'affidamento della fornitura di locandine e flyer</t>
+  </si>
+  <si>
+    <t>2026/01/20</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA07163660</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba07163660/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F01EB7B4</t>
+  </si>
+  <si>
+    <t>Dipartimento di Ricerca e Innovazione Umanistica</t>
+  </si>
+  <si>
+    <t>D.D. 3 del 13.1.26 Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs.  n. 36/2023, servizio di nolo sala cinematografica “Cinema Galleria” – Bari per lo svolgimento di un  incontro dal titolo “La città e lo Scandalo della devastazione ambientale” in occasione del Festival della  Ricerca, dell’Innovazione, delle Attività, delle Esperienze Umanistiche (Feriae umanistiche), nell’ambito  del progetto PRIN 2022 The Quality of Life in Greek and Roman Cities: Perception and Policy  - codice  progetto 2022W8NH4E – SH6 – CUP: H53D23000360006  P.I. Prof. Francesco Mongelli – cpv: 92130000-1  (Servizi di proiezione cinematografica– Servizi ricreativi, culturali, sportivi e di organizzazione eventi)</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F01EB7B4</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f01eb7b4/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F0B88696</t>
+  </si>
+  <si>
+    <t>D.D. 6 del 13.1.26 Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023,  per servizio di ristorazione nelle giornate del 21 e 23.01.2026, in occasione di un ciclo di Seminari, nell’ambito delle  attività previste per il Corso di Dottorato di Interesse Nazionale in Patrimoni Archeologici, Storici, Architettonici,  Paesaggistici del Mediterraneo (Pasap_Med), nonchè nell’ambito del Progetto CHANGES, Cultural Heritage Active  Innovation for Sustainable Society Missione 4: Istruzione Ricerca - Componente 2: Dalla Ricerca all’Impresa -  Investimento 1.3: Creazione di “Partenariati estesi alle università, ai centri di ricerca, alle aziende per il  finanziamento di progetti di ricerca di base” – Finanziato dall'Unione europea – Next Generation EU - CUP:  H53C22000860006 Rif. –Project code: PE0000020 - Resp. scientifico Prof. Giuliano Volpe - Changes – Spoke 1</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F0B88696</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f0b88696/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F0C0E52B</t>
+  </si>
+  <si>
+    <t>D.D. 7 del 13.1.26 Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023,  per servizio di ristorazione nelle giornate del 18 e 20.01.2026, in occasione di un ciclo di Seminari, nell’ambito delle  attività previste per il Corso di Dottorato di Interesse Nazionale in Patrimoni Archeologici, Storici, Architettonici,  Paesaggistici del Mediterraneo (Pasap_Med), nonché nell’ambito del Progetto CHANGES, Cultural Heritage Active  Innovation for Sustainable Society Missione 4: Istruzione Ricerca - Componente 2: Dalla Ricerca all’Impresa -  Investimento 1.3: Creazione di “Partenariati estesi alle università, ai centri di ricerca, alle aziende per il  finanziamento di progetti di ricerca di base” – Finanziato dall'Unione europea – Next Generation EU - CUP:  H53C22000860006 Rif. –Project code: PE0000020 - SPOKE 1  - Resp. scientifico Prof. Giuliano Volpe</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F0C0E52B</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f0c0e52b/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F0D72AF1</t>
+  </si>
+  <si>
+    <t>D.D. 8 del 13.1.26 Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n.  36/2023, per servizio di ristorazione in occasione di un Convegno Internazionale di Studi dal titolo:  “Lasciare ogni speranza? Visioni dell’aldilà e destino dei dannati dall’Antichità al Medioevo”</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F0D72AF1</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f0d72af1/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F0CD26E9</t>
+  </si>
+  <si>
+    <t>D.D. 10 del 13.1.26 Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n.  36/2023, per servizi di ospitalità alberghiera in occasione di un Convegno Internazionale “Lasciare ogni  speranza? Visioni dell’aldilà e destino dei dannati dall’Antichità al Medioevo”</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F0CD26E9</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f0cd26e9/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAE692663A</t>
+  </si>
+  <si>
+    <t>Dipartimento di Scienze politiche</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento della fornitura di materiale di cancelleria e di consumo informatico (toner)</t>
+  </si>
+  <si>
+    <t>2026/03/18</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE692663A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae692663a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA49BA3C16</t>
+  </si>
+  <si>
+    <t>Dipartimento di Chimica</t>
+  </si>
+  <si>
+    <t>fornitura di “consumabili (chemicals)”</t>
+  </si>
+  <si>
+    <t>2026/02/09</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA49BA3C16</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba49ba3c16/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA5FAACB08</t>
+  </si>
+  <si>
+    <t>Fornitura di “Sostituzione filtri su n.2 armadi di sicurezza Laborsecurity e N.3 Box filtrante Kclean4 "</t>
+  </si>
+  <si>
+    <t>2026/02/12</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA5FAACB08</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba5faacb08/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BABA7118D4</t>
+  </si>
+  <si>
+    <t>Procedura per l'affidamento del servizio di sequenziamento ad alta capacità (high-throughput) di tre cromosomi 5B di frumento selezionati</t>
+  </si>
+  <si>
+    <t>2026/03/10</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABA7118D4</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baba7118d4/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA489B3EA5</t>
+  </si>
+  <si>
+    <t>FORNITURA DI PRODOTTI CHIMICI E MATERIALE DA LABORATORIO</t>
+  </si>
+  <si>
+    <t>2026/02/16</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA489B3EA5</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba489b3ea5/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA968F862D</t>
+  </si>
+  <si>
+    <t>Fornitura di “pagamento open access –titolo: Development of Dual Acting Selenium Doped Hydroxyapatite Nanoparticles with Platinum Bisphosphonate Complexes for Bone Cancer Therapy "</t>
+  </si>
+  <si>
+    <t>2026/03/04</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA968F862D</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba968f862d/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC36FFF1A</t>
+  </si>
+  <si>
+    <t>Procedura per l'affidamento della fornitura di toner e carta</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC36FFF1A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac36fff1a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BABA58B6FE</t>
+  </si>
+  <si>
+    <t>DECISIONE A CONTRARRE E AFFIDAMENTO DIRETTO, EX ART. 50, COMMA 1, LETT. B) DEL D.LGS. N. 36/2023 e s.m.i. DEL SERVIZIO DI PUBBLICAZIONE DI ARTICOLO SCIENTIFICO NELL’AMBITO DEL PIANO NAZIONALE RIPRESA E RESILIENZA (PNRR) MISSIONE 4 “Istruzione e ricerca” COMPONENTE 2 “Dalla Ricerca all’impresa” INVESTIMENTO 1.3 PROGETTO “INF-ACT ONE HEALTH BASIC AND TRANSLATIONAL RESEARCH ACTIONS ADDRESSING UNMET NEEDS ON” CUP H93C22000640007</t>
+  </si>
+  <si>
+    <t>2026/03/06</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABA58B6FE</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baba58b6fe/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baba58b6fe-1/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B14BDC0032</t>
+  </si>
+  <si>
+    <t>DECISIONE A CONTRARRE E AFFIDAMENTO DIRETTO MEDIANTE UTILIZZO DEL MERCATO ELETTRONICO DELLA PUBBLICA AMMINISTRAZIONE, EX ART. 50, COMMA 1, LETT. B) DEL D.LGS. N. 36/2023 e s.m.i. DELLA FORNITURA DI MATERIALE DI CONSUMO PER LABORATORIO NELL’AMBITO DEL PIANO NAZIONALE RIPRESA E RESILIENZA (PNRR) MISSIONE 4 “Istruzione e ricerca” COMPONENTE 2 “Dalla Ricerca all’impresa” INVESTIMENTO 1.3 PROGETTO “INF-ACT ONE HEALTH BASIC AND TRANSLATIONAL RESEARCH ACTIONS ADDRESSING UNMET NEEDS ON” CUP H93C22000640007</t>
+  </si>
+  <si>
+    <t>2026/03/09</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B14BDC0032</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b14bdc0032-1/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA883D4E67</t>
+  </si>
+  <si>
+    <t>Beni per assemblaggio Catena di Misura</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA883D4E67</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba883d4e67/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA973D3B79</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la FORNITURA DI CONSUMABILI SPECIFICI DA LABORATORIO PER LA PIENA REALIZZAZIONE DEL PROGETTO: Project 101168195 - “Non-tArgeted foRensic multidisCiplinary platfOrm for inveStigatIon of drug-related fatalitieS” (NARCOSIS) – Call HORIZON-CL3-2023-FCT-01 – Programme HORIZON - DG/Agency REA – CUP H97G25000260006CIG</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA973D3B79</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba973d3b79/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA0DE4F8FA</t>
+  </si>
+  <si>
+    <t>Servizio di analisi</t>
+  </si>
+  <si>
+    <t>2026/01/27</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA0DE4F8FA</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba0de4f8fa/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BABAA8FA94</t>
+  </si>
+  <si>
+    <t>Pagamento commissioni per elaborazione accordo bando "HORIZON-CL6-2026-02-FARM2FORK-02" tackling pesticide resistance.</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABAA8FA94</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-babaa8fa94/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA2BFE2156</t>
+  </si>
+  <si>
+    <t>Prodotti di laboratorio</t>
+  </si>
+  <si>
+    <t>2026/01/29</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2BFE2156</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2bfe2156/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA2C646766</t>
+  </si>
+  <si>
+    <t>Servizio professionale</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2C646766</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2c646766/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA36645FD3</t>
+  </si>
+  <si>
+    <t>Suini vivi di sesso femmine</t>
+  </si>
+  <si>
+    <t>2026/02/02</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA36645FD3</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba36645fd3/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA53210EB7</t>
+  </si>
+  <si>
+    <t>Rinnovo licenze database ecoinvent integrated - Maintenance pe-europe371</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA53210EB7</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba53210eb7/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA78530B91</t>
+  </si>
+  <si>
+    <t>2026/02/19</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA78530B91</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba78530b91/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA74B94125</t>
+  </si>
+  <si>
+    <t>servizio di pubblicazione scientifica in Open Access dell’articolo scientifico: “Advanced natural-based interaction for the ITAlian language: LLaMAntino-3-ANITA”, sulla rivista scientifica: Scientific Reports, dell’editore Springer Nature Customer Service Center GmbH</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA74B94125</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba74b94125/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA816BC77F</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA816BC77F</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba816bc77f/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8182a588/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per Fornitura di due sedie , con procedura sottosoglia, come disciplinata dall’art. 50,comma 1, lett. b) del d.lgs. n. 36/2023.</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba81d9a240/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA52E46E3F</t>
+  </si>
+  <si>
+    <t>BENI DI CONSUMO</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA52E46E3F</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba52e46e3f/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA3D91708A</t>
+  </si>
+  <si>
+    <t>fornitura di materiale hardware di supporto per un drone</t>
+  </si>
+  <si>
+    <t>2026/02/03</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3D91708A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3d91708a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA427F3433</t>
+  </si>
+  <si>
+    <t>Acquisto intra UE di servizio di pubblicazione scientifica in modalità Open Access</t>
+  </si>
+  <si>
+    <t>2026/02/04</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA427F3433</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba427f3433/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>procedura per l'affidamento della fornitura di locandine e flyer</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba07163660-1/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9126AAE58</t>
+  </si>
+  <si>
+    <t>Annullamento del servizio di pubblicazione scientifica in Open Access dell’articolo “Towards Practical Ethics for AI”</t>
+  </si>
+  <si>
+    <t>2026/01/21</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9126AAE58</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9126aae58/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA389B4D74</t>
+  </si>
+  <si>
+    <t>D.D. 35 del 03.2.2025 Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per servizio di ristorazione in occasione di un Convegno dal titolo: “SunnyCola Tech. First Bari Philosophy Symposium on Robotics and AI”.</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA389B4D74</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba389b4d74/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA64CAF8A8</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.Lgs. n. 36/2023, per la fornitura di materiale di consumo per la didattica e per esigenze del Dipartimento</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA64CAF8A8</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba64caf8a8/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAE9E7FC55</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento della fornitura di Notebook</t>
+  </si>
+  <si>
+    <t>2026/03/19</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE9E7FC55</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae9e7fc55/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAAA9F597A</t>
+  </si>
+  <si>
+    <t>Procedura per l'affidamento del servizio di pubblicazione articolo scientifico</t>
+  </si>
+  <si>
+    <t>2026/03/17</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAAA9F597A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baaa9f597a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA2EB46FEE</t>
+  </si>
+  <si>
+    <t>n. 2 coffee break per i giorni 29 e 30 gennaio 2026 in occasione del Convegno "Forme della resilienza"</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2EB46FEE</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2eb46fee/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA4872C8BB</t>
+  </si>
+  <si>
+    <t>Accessori per centrifuga</t>
+  </si>
+  <si>
+    <t>2026/02/06</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA4872C8BB</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba4872c8bb/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA7218B0E3</t>
+  </si>
+  <si>
+    <t>Fornitura di un notebook Lenovo thinkbook 14 G8 IRL</t>
+  </si>
+  <si>
+    <t>2026/02/17</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7218B0E3</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7218b0e3/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA723F3D36</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA723F3D36</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba723f3d36/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA72579F0C</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA72579F0C</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba72579f0c/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA90487324</t>
+  </si>
+  <si>
+    <t>D.D. 70 del 24.02.2026 Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, servizio di ospitalità alberghiera in favore dei relatori partecipanti al convegno previsto presso l’Aula Magna, Palazzo Ateneo, Università degli Studi di Bari, per il 5 e il 6 marzo 2026, nell’ambito del progetto di ricerca Linea sud: paesaggio fotografico dopo il Duemila (Prot n. 7352 del 21/11/2025; 2025- UNBARIU-0007352; progetto cod.SF25III-20250026928237. Strategia Fotografia 2025) CUP: B97G25000720001 – responsabile scientifico: Prof.ssa Maria Giovanna Mancini finanziato dal Ministero della Cultura – Dipartimento per le attività culturali – Direzione generale creatività contemporanea. Cpv: 55110000-4 Servizi turistici, ricettivi e organizzazione viaggi- Servizi di sistemazione alberghiera</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA90487324</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba90487324/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA783C1CB5</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA783C1CB5</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba783c1cb5/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9EBB24F6C</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di Bilancia e sistema purificazione acqua, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: B9EBB24F6C. Il codice CUP è il seguente: B95I24000230001</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9EBB24F6C</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9ebb24f6c/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9E3527D58</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per pubblicazione volume dal titolo: “La tempête de l’histoire et la douceur humaine. Suite française d’Irène Némirovsky” a cura di Teresa Manuela Lussone, nell’ambito del progetto di ricerca PRIN 2022 PNRR “The Words of Peace and Pacifism. French Literature in the Inter-war period by exploiting Distributional Semantic Analysis” finanziato dall’Unione Europea - NextGenerationEU - PIANO NAZIONALE DI RIPRESA E RESILIENZA (PNRR), Missione 4: Istruzione Ricerca, Componente 2: Dalla Ricerca all’Impresa - Investimento 1.1: Progetti di Ricerca di Rilevante Interesse Nazionale (PRIN)” - Responsabile scientifico Prof.ssa Teresa Manuela Lussone - Project code: P20228AMFB - CUP: H53D23009210001</t>
+  </si>
+  <si>
+    <t>2026/01/08</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E3527D58</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e3527d58/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B95CC18ABF</t>
+  </si>
+  <si>
+    <t>D.D. 28 del 27.01.2026 DECISIONE A CONTRARRE E AFFIDAMENTO DIRETTO, ART. 50, COMMA 1, LETT. B) DEL D.LGS. N.36/2023 per pubblicazione dell’articolo scientifico, dal titolo: "Women's Wise Walkshops: A Participatory Feminist Approach to Urban Co-Design in Ferrara, Italy" - License: CC BY - Name of co-authors: Letizia Carrera -PIANO NAZIONALE RIPRESA E RESILIENZA (PNRR)- missione 4 – componente 2 – investimento 1.3 “Partenariati estesi a Università, centri di ricerca, imprese e finanziamento progetti di ricerca” finanziato dall’Unione europea NextGenerationEU – Progetto “Age-It – A novel public-private alliance to generate socioeconomic, biomedical and technological solutions for an inclusive Italian ageing society” - Codice Progetto: PE00000015 -Spoke 7- CUP: H33C22000680006).</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B95CC18ABF</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b95cc18abf/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA49688586</t>
+  </si>
+  <si>
+    <t>Pubblicazione articolo scientifico</t>
+  </si>
+  <si>
+    <t>2026/02/05</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA49688586</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba49688586/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAB1451EBA</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, servizi di comunicazione/diffusione degli eventi, archiviazione dei materiali e realizzazione gadget nell’ambito del progetto Uniba di public engagement “Abbecedario della cittadinanza democratica. Università/scuola/territorio”, finanziato da “Patto territoriale sistema universitario pugliese”, CUP F61B23000370006 – cpv: 92400000-5 Marketing, comunicazione, pubblicità, social media e ricerche di mercato</t>
+  </si>
+  <si>
+    <t>2026/03/05</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB1451EBA</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab1451eba/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA723992F4</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA723992F4</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba723992f4/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA6CB4A311</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA6CB4A311</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba6cb4a311/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA73A90674</t>
+  </si>
+  <si>
+    <t>Materiale per laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA73A90674</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba73a90674/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA730C519E</t>
+  </si>
+  <si>
+    <t>Manutenzioni automezzi</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA730C519E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba730c519e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA7360CC7C</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7360CC7C</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7360cc7c/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9313CF307</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di Estrattore Automatico di acidi nucleici, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: B9313CF307, il codice CUP è il seguente: B95I24000230001</t>
+  </si>
+  <si>
+    <t>2026/02/18</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9313CF307</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9313cf307/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B994B1C1DD</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di Cancelleria, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: B994B1C1DD. Il codice CUP è il seguente: H39E23000050001</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B994B1C1DD</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b994b1c1dd/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA747A307E</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il servizio di attività formativa e di effettuazione esami per il conseguimento di Attestato OPEN A2 per n.7 unità</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA747A307E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba747a307e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA75353590</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il rinnovo licenze annuali ArcGis Pro – Accordo art.15 L.241/90 - CARG Manfredonia</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA75353590</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba75353590/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA7715BDE4</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7715BDE4</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7715bde4/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAB4CB46E0</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB4CB46E0</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab4cb46e0/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA47F8BD0F</t>
+  </si>
+  <si>
+    <t>MATERIALE DI CANCELLERIA</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA47F8BD0F</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba47f8bd0f/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F5CFF0AF</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F5CFF0AF</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f5cff0af/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F846109D</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F846109D</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f846109d/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA54183E7C</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di Rifrattometro Digitale, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: BA54183E7C</t>
+  </si>
+  <si>
+    <t>2026/02/10</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA54183E7C</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba54183e7c/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA6D766145</t>
+  </si>
+  <si>
+    <t>fornitura di software per analisi statistica</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA6D766145</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba6d766145/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA67C8A681</t>
+  </si>
+  <si>
+    <t>Dipartimento di Scienze della formazione, psicologia, comunicazione</t>
+  </si>
+  <si>
+    <t>ACQUISTO DEI SERVIZI DI COFFEE BREAK E LUNCH PER LE ESIGENZE DIPARTIMENTALI</t>
+  </si>
+  <si>
+    <t>2026/02/13</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA67C8A681</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba67c8a681/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA6F191973</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA6F191973</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba6f191973/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA733AE867</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA733AE867</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba733ae867/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA44F683CF</t>
+  </si>
+  <si>
+    <t>ACQUISTO DI N. 1 LICENZA ANNUALE SOFTWARE APPASOT PER LE ESIGENZE DIPARTIMENTALI</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA44F683CF</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba44f683cf/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9235BE1C0</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di Utensili per serre e laboratorio, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: B9235BE1C0.</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9235BE1C0</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9235be1c0/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAD6BF98D8</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il servizio di servizio di ampliamento e gestione mostra "NQSTI - IQWs - Quantum, dire l'indicibile", nell’ambito del progetto NATIONAL QUANTUM SCIENCE AND TECHNOLOGY INSTITUTE - codice progetto PE00000023, finanziato dall'Unione Europea NextGenerationEU nell'ambito del PNRR Missione 4, Componente 2, Investimento 1. 3</t>
+  </si>
+  <si>
+    <t>2026/03/16</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD6BF98D8</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad6bf98d8/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAD48E457E</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento della fornitura di Reagenti consumabili di laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD48E457E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad48e457e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA5434FA18</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di Reagenti HACH per analisi suolo Progetto AgrRIBOT, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: BA5434FA18. Il codice CUP è il seguente: H93C24000760006</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA5434FA18</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba5434fa18/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAB8270EAD</t>
+  </si>
+  <si>
+    <t>AUTORIZZAZIONE PROCEDURA A MEZZO AFFIDAMENTO DIRETTO AI SENSI DELL’ART. 50, COMMA 1, LETT. B) DEL D.LGS. N. 36/2023, PER LA FORNITURA DI MATERIALE DI CONSUMO</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB8270EAD</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab8270ead/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BABA3E49EB</t>
+  </si>
+  <si>
+    <t>Catering per eventi Disspa dal 10 marzo al 4 giugno 2026</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABA3E49EB</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baba3e49eb/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BABA61BDD1</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABA61BDD1</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baba61bdd1/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9E5B6A073</t>
+  </si>
+  <si>
+    <t>ACQUISTO DI N. 4 TAVOLI DA RIUNIONE</t>
+  </si>
+  <si>
+    <t>2026/01/09</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E5B6A073</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e5b6a073/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9E79226C3</t>
+  </si>
+  <si>
+    <t>SERVIZIO DI N. 02 COFFEE BREAK E N.01 LUNCH PER 40 PERSONE PER I GIORNI 22-23/01/2026 IN OCCASIONE DEL CONVEGNO DI CHIUSURA DEL PROGETTO</t>
+  </si>
+  <si>
+    <t>2026/01/12</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E79226C3</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e79226c3/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9E78F40CF</t>
+  </si>
+  <si>
+    <t>ACQUISTO DI ATTREZZATURE INFORMATICHE PER LE AULE DEL DIPARTIMENTO PER RIFACIMENTO IMPIANTI AUDIO E VIDEO IN QUANTO OBSOLETI A SEGUITO DI SOPRALLUOGO PER ASSISTENZA</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E78F40CF</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e78f40cf/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA07EDA2EF</t>
+  </si>
+  <si>
+    <t>PUBBLICAZIONE DI UN N.1 VOLUME DAL TITOLO “ERETICI BLASFEMI E ANIME INQUIETE SAGGI DI STORIA RELIGIOSA E CULTURA POPOLARE”</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA07EDA2EF</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba07eda2ef/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA1678972C</t>
+  </si>
+  <si>
+    <t>ACQUISTO DI UN SERVIZIO DI PUBBLICAZIONE INTERNAZIONALE DELL’ARTICOLO ‘FALSE MEMORIES AND BIASED JUDGEMENTS OF PHYSICAL TOUCH: THE ROLE OF THE MISINFORMATION EFFECT ON EYEWITNESS’ REPORTS’ SULLA RIVISTA ‘FRONTIERS IN PSYCHOLOGY’</t>
+  </si>
+  <si>
+    <t>2026/01/23</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA1678972C</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba1678972c/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BACF06F63F</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BACF06F63F</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bacf06f63f/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAF4E30888</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento della fornitura di Kit di laboratorio</t>
+  </si>
+  <si>
+    <t>2026/03/24</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAF4E30888</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baf4e30888/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BADB9BE646</t>
+  </si>
+  <si>
+    <t>autorizzazione procedura a mezzo affidamenti diretti per lavoro di riparazione di Macbook Pro</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BADB9BE646</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-badb9be646/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAF83DC325</t>
+  </si>
+  <si>
+    <t>Procedura per l'affidamento del servizio d'iscrizione al convegno e cene sociali</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAF83DC325</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baf83dc325/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA598ABAEF</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per i lavori restauro portoni lignei Palazzo Ateneo nell’ambito dell’intervento di riapertura del quarto accesso su Piazza Cesare Battisti, Bari</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA598ABAEF</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba598abaef/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA6A067EE5</t>
+  </si>
+  <si>
+    <t>C.I.G. : BA6A067EE5. Affidamento dell’appalto concernente il servizio di pubblicazione articolo scientifico, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023 e s.m.i..</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA6A067EE5</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba6a067ee5/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA68BB9E26</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura di n. 3 cornici e sostituzione vetri</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA68BB9E26</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba68bb9e26/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA83F82D33</t>
+  </si>
+  <si>
+    <t>D.D. 67 del 23.02.2026 - Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, servizio specialistico servizio di progettazione grafica, gestione comunicazione, realizzazione di materiali stampati e organizzazione convegno previsto presso l’Aula Magna, Palazzo Ateneo, Università degli Studi di Bari, per il 5 e il 6 marzo 2026, nell’ambito del progetto di ricerca Linea sud: paesaggio fotografico dopo il Duemila (Prot n. 7352 del 21/11/2025; 2025- UNBARIU-0007352; progetto cod. SF25III-20250026928237. Strategia Fotografia 2025) CUP: B97G25000720001 – responsabile scientifico: Prof.ssa Maria Giovanna Mancini – finanziato dal Ministero della Cultura – Dipartimento per le attività culturali – Direzione generale creatività contemporanea.</t>
+  </si>
+  <si>
+    <t>2026/02/23</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA83F82D33</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba83f82d33/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B808A2DAAD</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.Lgs. n. 36/2023, per i servizi di partecipazione al Salone di Orientamento Aster Puglia A.A. 2025/2026 (Foggia, per il 28-29-30 ottobre).</t>
+  </si>
+  <si>
+    <t>2025/09/12</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B808A2DAAD</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b808a2daad/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B8126EF701</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, rinnovo banca dati Sketch Engine per le esigenze del Sistema Bibliotecario di Ateneo Polo Umanistico</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B8126EF701</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b8126ef701/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B84150EBFE</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la grafica e successiva stampa e fornitura del “Catalogo” e del “Pieghevole Informativo” Offerta Formativa A.A. 2025/2026 per le esigenze dell’U.O. Accreditamento Corsi</t>
+  </si>
+  <si>
+    <t>2025/09/17</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B84150EBFE</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b84150ebfe/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B846A32E9E</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, in occasione della Conferenza di Ateneo, cena per n. 32 persone la sera di venerdì 19 settembre prossimo per le esigenze della Sezione per la Gestione della Comunicazione Integrata</t>
+  </si>
+  <si>
+    <t>2025/09/18</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B846A32E9E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b846a32e9e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B8590DEA61</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura e installazione di una fotocopiatrice multifunzione a colori KYOCERA per le esigenze della Sezione Formazione</t>
+  </si>
+  <si>
+    <t>2025/09/29</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B8590DEA61</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b8590dea61/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B8644AED2F</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura di n. 01 del testo – UNI EN ISO 9612 2025 – Acustica – Determinazione dell’esposizione al rumore negli ambienti di lavoro per le esigenze della Sezione Edilizia e Patrimonio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B8644AED2F</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b8644aed2f/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B86468A600</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il Rinnovo triennale del Servizio Premium erogato da Vimeo Inc. per l'erogazione di contenuti video connessi alla Piattaforma FAD per le esigenze della Direzione Affari Istituzion</t>
+  </si>
+  <si>
+    <t>2025/10/01</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B86468A600</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b86468a600/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA88F0D14B</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura di n. 39 riproduzioni digitali - PRIN22-BAD2BED Finanziamento dell’Unione Europea Next Generation EU - codice progetto:2022C7K7RR</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA88F0D14B</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba88f0d14b/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA012D2C78</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la FORNITURA DI CONSUMABILI DALL’ OPERATORE ECONOMICO LEVANCHIMICA S.R.L. NELL’AMBITO DEL PROGETTO A.N.K.O.R.A.G.E.</t>
+  </si>
+  <si>
+    <t>2026/01/19</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA012D2C78</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba012d2c78/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA8E2733DE</t>
+  </si>
+  <si>
+    <t>ACQUISTO DI MATERIALE DI CONSUMO PER IL PROGETTO AI EDULAB</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8E2733DE</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8e2733de/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA92BE3E1B</t>
+  </si>
+  <si>
+    <t>Fornitura Licenza software "Priva"  -  annual subscription (dal  01/04/2026 al 31/03/2027)</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA92BE3E1B</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba92be3e1b/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA88493C06</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA88493C06</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba88493c06/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA2D8CAEF6</t>
+  </si>
+  <si>
+    <t>MACBOOK AIR 13 POLLICI</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2D8CAEF6</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2d8caef6/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA51BF619A</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA51BF619A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba51bf619a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9E9602AD4</t>
+  </si>
+  <si>
+    <t>fornitura di consumabili specifici per laboratorio di ricerca</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E9602AD4</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e9602ad4/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9FEEFB906</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura di CONSUMABILI SPECIFICI DA LABORATORIO nell’ambito del progetto denominato “Potenziamento degli investimenti in ricerca e innovazione nel settore della Cannabis” - finanziato dalla Regione Puglia e dall’Agenzia Regionale per la Salute ed il Sociale A.re.s.s.</t>
+  </si>
+  <si>
+    <t>2026/01/16</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9FEEFB906</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9feefb906/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA8A2D21C3</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il servizio di preparazione di sezioni sottili / GO-FORWARD – 101147618</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8A2D21C3</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8a2d21c3/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA54625138</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di Ricambi strumentazione di laboratorio, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: BA54625138. Il codice CUP è il seguente: H93C25000310006</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA54625138</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba54625138/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA8EC6DF7B</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8EC6DF7B</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8ec6df7b/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA8473688D</t>
+  </si>
+  <si>
+    <t>Iscrizione Convegno "TERROIR CONGRESS 2026" - 5/07/2026 - Anger (Francia)</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8473688D</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8473688d/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA39BEE7F7</t>
+  </si>
+  <si>
+    <t>Coffee break</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA39BEE7F7</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba39bee7f7/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA3F71F8DE</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3F71F8DE</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3f71f8de/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAB066841C</t>
+  </si>
+  <si>
+    <t>Dipartimento di Matematica</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento di servizi alberghieri</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB066841C</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab066841c/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAD14010C3</t>
+  </si>
+  <si>
+    <t>Procedura per la fornitura di materiale di cancelleria</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD14010C3</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad14010c3/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA20222B24</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti per l’acquisto di materiale informatico</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA20222B24</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba20222b24/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAF30E4855</t>
+  </si>
+  <si>
+    <t>Procedura per iscrizione Corso “Petrel Fundamentals (RILS)</t>
+  </si>
+  <si>
+    <t>2026/03/23</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAF30E4855</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baf30e4855/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAF313D4C9</t>
+  </si>
+  <si>
+    <t>Procedura er la pubblicazione di un articolo scientifico</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAF313D4C9</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baf313d4c9/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC37D8231</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC37D8231</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac37d8231/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA95237F39</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.Lgs. n. 36/2023, per il servizio di facchinaggio per eventi della durata di dodici (12) mesi, gennaio/dicembre 2026.</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA95237F39</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba95237f39/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA952F07E6</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.Lgs. n. 36/2023, per il servizio di movimentazione, trasferimento e riordinamento di documentazione all'interno dell'Archivio generale di Ateneo, per le esigenze della Direzione Generale - Staff Affari Generali.</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA952F07E6</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba952f07e6/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA9CEB5B2F</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il servizio di rinnovo della risorsa on line Supplementum epigraphicum graecum e Jacoby online - Polo Umanistico, per le esigenze della Direzione Sistema Bibliotecario di Ateneo - U.O. Gestione Amministrativa e servizi di Segreteria di Direzione</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9CEB5B2F</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9ceb5b2f/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAB2F30B76</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento del Servizio di assistenza tecnica  "ON SITE"</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB2F30B76</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab2f30b76/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA2B933D5C</t>
+  </si>
+  <si>
+    <t>servizio di “Organizzazione eventi divulgativi”</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2B933D5C</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2b933d5c/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC30365B2</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento del servizio di stampe per eventi Disspa dal 10/03/26 al 04/06/26</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC30365B2</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac30365b2/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA49924CC4</t>
+  </si>
+  <si>
+    <t>fornitura di “Materiale informatico”</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA49924CC4</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba49924cc4/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC30E4549</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento del servizio di Video e foto per 5 eventi Disspa dal 10/03/26 al 04/06/26</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC30E4549</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac30e4549/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC401703F</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento del servizio di autenticazione di linee cellulari</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC401703F</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac401703f/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA6E833E8D</t>
+  </si>
+  <si>
+    <t>procedura per la fornitura di “consumabili”</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA6E833E8D</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba6e833e8d/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA700F2A5D</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA700F2A5D</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba700f2a5d/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAB01E9E43</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fortnitura di Materiale di consumo optomeccanico</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB01E9E43</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab01e9e43/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA700F5CD6</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA700F5CD6</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba700f5cd6/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA7BE0C790</t>
+  </si>
+  <si>
+    <t>fornitura di prodotti “consumabili”</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7BE0C790</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7be0c790/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA75605EF5</t>
+  </si>
+  <si>
+    <t>fornitura di “prodotti chimici”</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA75605EF5</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba75605ef5/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC5FCDB6B</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento del servizio di coffee break</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC5FCDB6B</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac5fcdb6b/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAE07B3B4E</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.Lgs. n. 36/2023, per un servizio di coffee break con addetto al servizio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE07B3B4E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae07b3b4e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAD493AC74</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento del servizio di analisi</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD493AC74</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad493ac74/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAE148F7F4</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE148F7F4</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae148f7f4/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC1597DC5</t>
+  </si>
+  <si>
+    <t>Procedura per l'affidamento della fornitura di materiale di consumo per laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC1597DC5</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac1597dc5/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAE980C9E3</t>
+  </si>
+  <si>
+    <t>Procedura per l'affidamento  della fornitura di materiale per laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE980C9E3</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae980c9e3/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAD495EA2A</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento della fornitura di Materiale consumabile</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD495EA2A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad495ea2a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA39E531D6</t>
+  </si>
+  <si>
+    <t>Fornitura prodotti per laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA39E531D6</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba39e531d6-6/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B937681530</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura per allestimento laboratori, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: B937681530, il codice CUP è il seguente: B95I24000230001</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B937681530</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b937681530/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA9A07F8C3</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il servizio di n. 6 datazioni per C14 - C.I.G. BA9A07F8C3</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9A07F8C3</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9a07f8c3/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA9EEAFE7B</t>
+  </si>
+  <si>
+    <t>materiale di consumo per laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9EEAFE7B</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9eeafe7b/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA94229F8B</t>
+  </si>
+  <si>
+    <t>PUBBLICAZIONE SCIENTIFICA</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA94229F8B</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba94229f8b/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA9734AA6B</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la FORNITURA DI UN SERVIZIO DI CONSULENZA PER ACCREDITAMENTO ACCREDIA DEL SISTEMA DI GESTIONE DEL LABORATORIO IN CONFORMITÀ ALLA NORMATIVA UNI CEI EN ISO/IEC 17025: 2018 DALL’OPERATORE ECONOMICO I.R.S.A.Q. SRL PER LA PIENA REALIZZAZIONE DEL PROGETTO ARESS PUGLIA (BURP N. 92 DEL 12/10/2023), NELL'AMBITO DEL PROGETTO CORE-C A VALERE SU AVVISO PUBBLICO, AREA DI INTERVENTO 1, APPROVATO CON D.G.R. N. 1218/2023 CONTRATTO ARESS SOTTOSCRITTO IN DATA 12/10/2024 POTENZIAMENTO DEGLI INVESTIMENTI IN RICERCA E INNOVAZIONE NEL SETTORE DELLA CANNABIS</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9734AA6B</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9734aa6b/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAA7163A8D</t>
+  </si>
+  <si>
+    <t>SPESE POSTALI</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAA7163A8D</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baa7163a8d/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAB07F5BB7</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura di due alimentatori da banco</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB07F5BB7</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab07f5bb7/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA68024F5A</t>
+  </si>
+  <si>
+    <t>Dipartimento di Giurisprudenza</t>
+  </si>
+  <si>
+    <t>Prenotazione alberghiera relatori per convegno febbraio 2026</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA68024F5A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba68024f5a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA54EA54E8</t>
+  </si>
+  <si>
+    <t>Stampa e pubblicazione volume docente</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA54EA54E8</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba54ea54e8/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA014DCB3D</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la FORNITURA DI INVITROGEN™ EVOS™ M3000 IMAGING SYSTEM COMPLETO A VALERE SU PROGETTO PRIN – PROJECTS OF RELEVANT NATIONAL INTEREST (MINISTRY OF UNIVERSITIES AND RESEARCH) TITLE: INNOVATIVE PET TRACERS FOR THE EARLY DIAGNOSIS OF CNS NEURODEGENERATIVE DISORDERS: RADIOSYNTHESIS OF P-GP SELECTIVE INHIBITORS AS NEW POTENTIAL THERANOSTICS PROT.: 2022YFYTY2 – CUP: H53C24001280006.</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA014DCB3D</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba014dcb3d/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA3BD5045A</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la FORNITURA DI CONSUMABILI SPECIFICI DA LABORATORIO DALL’ OPERATORE ECONOMICO NANION TECHNOLOGIES GMBH NELL’AMBITO DEL PROGETTO A.N.K.O.R.A.G.E.</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3BD5045A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3bd5045a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA9025B84F</t>
+  </si>
+  <si>
+    <t>Fornitura di “n. 2 targhe in plexiglass"</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9025B84F</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9025b84f/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA98C8E3EF</t>
+  </si>
+  <si>
+    <t>servizio di organizzazione di un coffee break per circa 20 persone</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA98C8E3EF</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba98c8e3ef/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA96841F26</t>
+  </si>
+  <si>
+    <t>Servizio di organizzazione del secondo training del progetto GREENS</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA96841F26</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba96841f26/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAB06084E3</t>
+  </si>
+  <si>
+    <t>per il servizio di “certificatore esterno”</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB06084E3</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab06084e3/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAB34A8EC6</t>
+  </si>
+  <si>
+    <t>Fornitura di “pagamento open access"</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB34A8EC6</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab34a8ec6/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA8A0A4548</t>
+  </si>
+  <si>
+    <t>fornitura di “reintegro cassette medicali”–</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8A0A4548</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8a0a4548/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC33E718A</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento del servizio manutenzione apparecchiatura</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC33E718A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac33e718a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAEB4BE800</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.Lgs. n. 36/2023, per la fornitura di un generatore di impulsi</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAEB4BE800</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baeb4be800/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAE9FD890A</t>
+  </si>
+  <si>
+    <t>Procedura per l'affidamento del servizio di pubblicazione articolo scientifico su rivista Animals (ISSN: 2076-2615)</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE9FD890A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae9fd890a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA3BCED2A8</t>
+  </si>
+  <si>
+    <t>materiale di consumo - divise ospedaliere</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3BCED2A8</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3bced2a8/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
     <t>B80CE26272</t>
   </si>
   <si>
     <t>Affidamento della procedura negoziata senza previa pubblicazione di bando ai sensi dell’art. 76 comma 2 lett. c) del D.lgs 36/2023, per l’acquisto di buoni pasto elettronici per il Personale Tecnico Amministrativo – Anno 2025.</t>
   </si>
   <si>
     <t>2025/09/02</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B80CE26272</t>
   </si>
   <si>
     <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b80ce26272/@@download/delibera_a_contrarre</t>
   </si>
   <si>
+    <t>BAF4FB6A5E</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAF4FB6A5E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baf4fb6a5e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAB6D71B17</t>
+  </si>
+  <si>
+    <t>Dipartimento di Economia e Finanza</t>
+  </si>
+  <si>
+    <t>Servizio di ristorazione</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB6D71B17</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab6d71b17/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA7FB5D125</t>
+  </si>
+  <si>
+    <t>servizio di  pubblicazione</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7FB5D125</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7fb5d125/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA76164135</t>
+  </si>
+  <si>
+    <t>2026/03/11</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA76164135</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba76164135/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B994A54CCE</t>
+  </si>
+  <si>
+    <t>Rettifica importo per l’affidamento della fornitura di Beni di consumo VWR</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B994A54CCE</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b994a54cce-1/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BADAD3916E</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento del servizio di Revisione linguistica di un lavoro scritto in inglese</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BADAD3916E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-badad3916e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA9CE8753B</t>
+  </si>
+  <si>
+    <t>Fornitura del servizio di catering per n. 25 coffee break riguardante gli incontri di Cyber Challenge 2026</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9CE8753B</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9ce8753b/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
     <t>B67F3B8105</t>
   </si>
   <si>
     <t>D.D.D. n. 675 in data 28/10/2025 Procedura a mezzo affidamento diretto ai sensi dell’art. 76, comma 2, lett. c) del d.lgs. n. 36/2023, per la fornitura del servizio sostitutivo di mensa.  Esecuzione del contratto e chiusura del procedimento.</t>
   </si>
   <si>
     <t>2025/10/28</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B67F3B8105</t>
   </si>
   <si>
     <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b67f3b8105-1/@@download/delibera_a_contrarre</t>
   </si>
   <si>
+    <t>BA67C657F8</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA67C657F8</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba67c657f8/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA1D8A5E69</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.Lgs. n. 36/2023, per integrazione di lavori per l’esigenza di un quadro elettrico nelle stanze 202 e 204- CUP: H93C23001110006</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA1D8A5E69</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba1d8a5e69/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA33D0CB38</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.Lgs. n. 36/2023, per un servizio di intervento tecnico per controllo e ripristino refrigeratore</t>
+  </si>
+  <si>
+    <t>2026/01/30</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA33D0CB38</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba33d0cb38/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA2D0FF0A7</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.Lgs. n. 36/2023, per la fornitura di materiale di consumo da laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2D0FF0A7</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2d0ff0a7/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9E7D7EFB4</t>
+  </si>
+  <si>
+    <t>Oligonucleotidi</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E7D7EFB4</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e7d7efb4/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9E7DD9ACE</t>
+  </si>
+  <si>
+    <t>Materiale di consumo per laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E7DD9ACE</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e7dd9ace/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9E7E901D5</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E7E901D5</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e7e901d5/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9EDEC77F8</t>
+  </si>
+  <si>
+    <t>Reagenti per la ricerca (tris buffer…)</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9EDEC77F8</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9edec77f8/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9EDF179FC</t>
+  </si>
+  <si>
+    <t>Reagenti chimici</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9EDF179FC</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9edf179fc/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA60B144FD</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di Toner per stampante LEXMARK CX522 colori, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: BA60B144FD</t>
+  </si>
+  <si>
+    <t>2026/02/11</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA60B144FD</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba60b144fd/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA6A6C8281</t>
+  </si>
+  <si>
+    <t>Iscrizione Convegno "The 32nd International Horticultural Congress" - 23-28 Agosto 2026 - Kyoto  (Giappone)</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA6A6C8281</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba6a6c8281/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F669BEB9</t>
+  </si>
+  <si>
+    <t>Reagenti per ddPCR</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F669BEB9</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f669beb9/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9E1B0B18C</t>
+  </si>
+  <si>
+    <t>SVILUPPO DI UN SITO WEB</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E1B0B18C</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e1b0b18c/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9E2942C88</t>
+  </si>
+  <si>
+    <t>ACQUISTO DI N. 3 LICENZE SOFTWARE ANNUALI</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E2942C88</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e2942c88/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA20B2E260</t>
+  </si>
+  <si>
+    <t>ACQUISTO DI UN SERVIZIO DI FACCHINAGGIO FINO A 100 ORE PER LE ESIGENZE DEL DIPARTIMENTO</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA20B2E260</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba20b2e260/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9AEC21486</t>
+  </si>
+  <si>
+    <t>Consumabili e reattivi per analisi in ambito ambientale</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9AEC21486</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9aec21486/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9B6603939</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di Stampante multifunzione e servizio di assistenza tecnica, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: B9B6603939. Il codice CUP è il seguente: H99J21004250005</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9B6603939</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9b6603939/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA60260662</t>
+  </si>
+  <si>
+    <t>ACQUISTO DI ATTREZZATURE INFORMATICHE</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA60260662</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba60260662/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA59FE6270</t>
+  </si>
+  <si>
+    <t>Trasporto campioni biologici</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA59FE6270</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba59fe6270/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA65A20045</t>
+  </si>
+  <si>
+    <t>Notebook</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA65A20045</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba65a20045/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA2F18AB99</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura di strumentazione informatica per le esigenze del Centro ADA – Servizi di Ateneo per l'e-learning e la multimedialità, nell’ambito del progetto “EDUNEXT – Next Education Italia”. CUP E83C23003480007</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2F18AB99</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2f18ab99/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA49A153A8</t>
+  </si>
+  <si>
+    <t>fornitura di “Piccola Strumentazione da Laboratorio”</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA49A153A8</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba49a153a8/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA49AFE3EF</t>
+  </si>
+  <si>
+    <t>fornitura di “materiale di consumo specifico per spettrofotometro Agilent”</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA49AFE3EF</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba49afe3ef/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA44337447</t>
+  </si>
+  <si>
+    <t>Fornitura di “Targa premio Diomede "</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA44337447</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba44337447/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA440466E1</t>
+  </si>
+  <si>
+    <t>Fornitura di “Stampa di n. 25 tomi di laurea"</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA440466E1</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba440466e1/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA700EF7E4</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA700EF7E4</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba700ef7e4/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA700F3B30</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA700F3B30</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba700f3b30/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA700F4C03</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA700F4C03</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba700f4c03/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B131DEDA0A</t>
+  </si>
+  <si>
+    <t>“Procedura per l’affidamento della fornitura di materiale di consumo per laboratorio secondo programmazione”</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B131DEDA0A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b131deda0a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b131deda0a-1/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAB785EF3E</t>
+  </si>
+  <si>
+    <t>n.1 stampante HP LaserJet Pro MFP 4102FDW e n. 1 toner per stampante HP LaseJet Pro MFP 4102FDW</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB785EF3E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab785ef3e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BACC04EEA0</t>
+  </si>
+  <si>
+    <t>Procedura per l'affidamento della fornitura di prodotti per laboratorio e trasporto</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BACC04EEA0</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bacc04eea0/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BACA54C506</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento della fornitura di Licenza software OpenAI ChatGPT Plus</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BACA54C506</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baca54c506/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA7E9C4B7D</t>
+  </si>
+  <si>
+    <t>Affidamento diretto per acquisto di materiale di consumo per laboratorio nell'ambito del progetto Prin 2022 ERC LS9 - 2022BZW9PF-Dissection of molecular mechanism underlying tolerance to virus and viroid infection in grafted tomato plants- DiVInGraft CUP:H53D23005160006</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7E9C4B7D</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7e9c4b7d/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA65825DDD</t>
+  </si>
+  <si>
+    <t>D.D. 57 del 18.02.2026 Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per servizio di progettazione grafica e comunicazione, realizzazione di materiali stampati, prenotazione ed emissione di biglietteria di viaggio, prenotazioni servizi alberghieri e di ristorazione, a favore dei partecipanti al Workshop Internazionale “Culture sovrane nel Mediterraneo medievale. Modelli, lessici, simboli tra Oriente e Occidente”, organizzato a Bari in data 11-13 marzo 2026 - PRIN 2020 «Per (ri)scrivere la storia del Mezzogiorno bassomedievale. Forme testuali del potere», codice progetto: 202032CZ3B_002 - CUP: B97G21000080005-Prof.Francesco Violante</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA65825DDD</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba65825ddd/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA7A41E1B8</t>
+  </si>
+  <si>
+    <t>D.D. 59 del 19.2.2026 Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, fornitura n.1 fotocopiatore digitale multifunzione a colori (ricondizionato – pari al nuovo) da installare negli uffici di pertinenza del Dipartimento di Ricerca e Innovazione (plesso Ateneo – Piazza Umberto I n. 1 – 70121, Bari)</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7A41E1B8</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7a41e1b8/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA53ED0444</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di Attrezzature informatiche e materiale informatico con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: BA53ED0444, il codice CUP è il seguente: H39E23000050001</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA53ED0444</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba53ed0444/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9AEC90021</t>
+  </si>
+  <si>
+    <t>consumabili da laboratorio</t>
+  </si>
+  <si>
+    <t>2026/01/28</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9AEC90021</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9aec90021/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA49915067</t>
+  </si>
+  <si>
+    <t>Rata Consorzio BIC Membership Fee 2026 - Associate Member (Category A)  e successivo recesso</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA49915067</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba49915067/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA544B1E38</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di Reagenti per laboratorio, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, nell’ambito PRIN 2022 PNRR "New tools for seedlessness in suistainable table grapes”. Il codice C.I.G. è il seguente: BA544B1E38, il codice CUP è il seguente: H53D23010700001</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA544B1E38</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba544b1e38/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA79C35AA0</t>
+  </si>
+  <si>
+    <t>Organizzazione volo e hotel tramite agenzia viaggi</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA79C35AA0</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba79c35aa0/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA801D9B02</t>
+  </si>
+  <si>
+    <t>Corso per rilascio della qualifica di auditor interno per certificazioni volontarie della produzione integrata (GlobalCAP, SQNPI,UNI11233)</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA801D9B02</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba801d9b02/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA69A254E5</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA69A254E5</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba69a254e5/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B8E9074513</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di Miglioramento e preparazione di terreno in CDS Martucci, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, mediante utilizzo del Mercato elettronico nell’ambito del PIANO NAZIONALE RIPRESA E RESILIENZA (PNRR) MISSIONE 4 COMPONENTE 2 INVESTIMENTO 1.4 “POTENZIAMENTO STRUTTURE DI RICERCA E CREAZIONE DI "CAMPIONI NAZIONALI DI R&amp;S” PROGETTO cod. CN_00000022 AGRITECH. Il codice C.I.G. è il seguente: B8E9074513, il codice CUP è il seguente: H93C22000440007</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B8E9074513</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b8e9074513/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA6EBFCE32</t>
+  </si>
+  <si>
+    <t>Rinnovo di licenza per software</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA6EBFCE32</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba6ebfce32/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BACA019AA4</t>
+  </si>
+  <si>
+    <t>Serviz. di supporto tecnologico e metod...</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BACA019AA4</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baca019aa4/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA7650C59D</t>
+  </si>
+  <si>
+    <t>fornitura di materiale  informatico,  tramite MEPA (Mercato Elettronico della Pubblica Amministrazione) ai  sensi dell’art. 50, comma 1, lett. b), del D. lgs. 36/2023</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7650C59D</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7650c59d-1/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAD61D8D07</t>
+  </si>
+  <si>
+    <t>Procedura per l'affidamento della fornitura di materiale per laboratorio</t>
+  </si>
+  <si>
+    <t>2026/03/13</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD61D8D07</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad61d8d07/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAD608FD87</t>
+  </si>
+  <si>
+    <t>procedura per l'affidamento della fornitura di prodotti da laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD608FD87</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad608fd87/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BACDF7864A</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento della fornitura di software</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BACDF7864A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bacdf7864a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BACFDFC4F5</t>
+  </si>
+  <si>
+    <t>Procedura per l'affidamento del servizio di pagamento Cover picture (relativa alla pubblicazione di un articolo scientifico) su rivista "Acs Omega"</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BACFDFC4F5</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bacfdfc4f5/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9E22D9259</t>
+  </si>
+  <si>
+    <t>procedura per l’affidamento del servizio di ristorazione per relatore</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E22D9259</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e22d9259/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9E5458AC7</t>
+  </si>
+  <si>
+    <t>procedura per l'affidamento della fornitura di materiale di consumo di laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E5458AC7</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e5458ac7/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9E82F9582</t>
+  </si>
+  <si>
+    <t>procedura per l'affidamento del servizio di noleggio auto con conducente</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E82F9582</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e82f9582/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9EBB8E6E8</t>
+  </si>
+  <si>
+    <t>procedura per l'affidamento della fornitura di materiale di consumo per laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9EBB8E6E8</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9ebb8e6e8/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F05E609E</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F05E609E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f05e609e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA05B3CE82</t>
+  </si>
+  <si>
+    <t>procedura per l'affidamento della fornitura di reagenti e consumabili per laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA05B3CE82</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba05b3ce82/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC31FFED0</t>
+  </si>
+  <si>
+    <t>autorizzazione procedura a mezzo affidamenti diretti per fornitura di cartucce e toner</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC31FFED0</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac31ffed0/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BACD8CA328</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BACD8CA328</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bacd8ca328/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAD2BAEA72</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD2BAEA72</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad2baea72/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA42BF7488</t>
+  </si>
+  <si>
+    <t>Acquisto del servizio di pubblicazione scientifica in modalità Open Access</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA42BF7488</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba42bf7488/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA44418DF1</t>
+  </si>
+  <si>
+    <t>Forniture per camera di crescita</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA44418DF1</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba44418df1/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B931429D49</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura per allestimento nuovi laboratori, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: B931429D49, il codice CUP è il seguente: B95I24000230001</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B931429D49</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b931429d49/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9E25BF6A9</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E25BF6A9</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e25bf6a9/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9E3D68D0C</t>
+  </si>
+  <si>
+    <t>Assistenza tecnica e noleggio attrezzature</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E3D68D0C</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e3d68d0c/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9E2283B5E</t>
+  </si>
+  <si>
+    <t>Analisi Mediche</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E2283B5E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e2283b5e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9E3460921</t>
+  </si>
+  <si>
+    <t>Strumentazioni Scientifiche</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E3460921</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e3460921/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA444CA0D9</t>
+  </si>
+  <si>
+    <t>D.D. 41 del 04.2.2026 - Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per pubblicazione del volume dal titolo: “Letteratura e teatro. Studi in onore di Grazia Distaso”, a cura di Stella Castellaneta dell’Università degli Studi di Bari Aldo Moro</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA444CA0D9</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba444ca0d9/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9E38843E0</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E38843E0</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e38843e0/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9EBA73D5C</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9EBA73D5C</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9eba73d5c/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA028298AF</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA028298AF</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba028298af/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA243FE476</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA243FE476</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba243fe476/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA2D861852</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2D861852</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2d861852/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA3D6284CA</t>
+  </si>
+  <si>
+    <t>Reagenti da laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3D6284CA</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3d6284ca/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA548A94A9</t>
+  </si>
+  <si>
+    <t>TONER</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA548A94A9</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba548a94a9/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9919B3B91</t>
+  </si>
+  <si>
+    <t>Olio pompa</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9919B3B91</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9919b3b91/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9E3C1FD8C</t>
+  </si>
+  <si>
+    <t>Prenotazione cena sociale</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E3C1FD8C</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e3c1fd8c/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9EFE87B67</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di servizi postali e di sdoganamento per l’anno solare 2026</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9EFE87B67</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9efe87b67/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9105AF6F8</t>
+  </si>
+  <si>
+    <t>PC e accessori</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9105AF6F8</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9105af6f8/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B991A21659</t>
+  </si>
+  <si>
+    <t>Filtri armadio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B991A21659</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b991a21659/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA29340C4A</t>
+  </si>
+  <si>
+    <t>D.D. 29 del 29.1.2026 Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, servizio di trasporto e/o facchinaggio e disinfestazione presso gli ambienti di pertinenza   del Dipartimento di Ricerca e Innovazione (plesso Ateneo – Piazza Umberto I n. 1, plesso Palazzo Lingue Via Garruba n. 6 e plesso Santa Teresa dei maschi, Città Vecchia) cpv: 63100000-0 - Servizi di facchinaggio interno movimentazione merci e magazzino</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA29340C4A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba29340c4a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B993E6EB2B</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di Reagenti e plasticheria per molecolare con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: B993E6EB2B, il codice CUP è il seguente: H53D23010590001</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B993E6EB2B</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b993e6eb2b/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC085F537</t>
+  </si>
+  <si>
+    <t>Procedura per il servizio di smaltimento/recupero di materiali</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC085F537</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac085f537/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAE641256F</t>
+  </si>
+  <si>
+    <t>Procedura per servizi di formazione, nello specifico di corsi di sicurezza Rischio alto e lavori in quota per studenti Scienze Geologiche e Conservazione e Restauro</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE641256F</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae641256f/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAB453CD09</t>
+  </si>
+  <si>
+    <t>autorizzazione procedura a mezzo affidamenti direttiper fornitura di materiale di consumo per laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB453CD09</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab453cd09/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BADE3CB9D4</t>
+  </si>
+  <si>
+    <t>affidamento per il servizio di trasporto campioni biologici</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BADE3CB9D4</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bade3cb9d4/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA83349713</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento del servizio di Contratto di Manutenzione Reometro</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA83349713</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba83349713/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BABB8A0639</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento del servizio di pubblicazione del volume dal titolo: “Inside of myself. Il pathos giaculatorio della poesia americana”, a cura di Gianfranco Longo dell’Università degli Studi di Bari Aldo Moro</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABB8A0639</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-babb8a0639/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA1E83FE5D</t>
+  </si>
+  <si>
+    <t>D.D. 26 del 26.01.2026 Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per pubblicazione volume OPEN ACCESS dal titolo: “Cinema e Storia 2025, Reframing Italian Film Festivals. Storie, politiche e culture (numero speciale)”, a cura di Federico Zecca nell’ambito del progetto PRIN 2022 Missione 4 “Istruzione e Ricerca” del Piano Nazionale di Ripresa e Resilienza - Componente C2 – Investimento 1.1- Fondo per il Programma Nazionale di Ricerca e Progetti di Rilevante Interesse Nazionale– “Finanziato dall'Unione europea – Next Generation EU”, dal titolo: “Reframing Italian Film Festivals: Histories, Politics, Cultures (RIFF)” -Codice: 2022PEA4ZK – SH5- CUP: H53D23007060006</t>
+  </si>
+  <si>
+    <t>2026/01/26</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA1E83FE5D</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba1e83fe5d/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F6B193BF</t>
+  </si>
+  <si>
+    <t>Servizio di English proofreading</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F6B193BF</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f6b193bf/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAAA33DE15</t>
+  </si>
+  <si>
+    <t>FORNITURA DI HARDWARE VARIO PER LE ESIGENZE DEL DIB FEBBRAIO 2026</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAAA33DE15</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baaa33de15/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA16C07C2D</t>
+  </si>
+  <si>
+    <t>Materiale informatico</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA16C07C2D</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba16c07c2d/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA1F10AFF2</t>
+  </si>
+  <si>
+    <t>Servizio ristorazione Convegno Prof.ssa Martucci giorno 29-11-2026</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA1F10AFF2</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba1f10aff2/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA0866C239</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura TIMBRI per le esigenze del nuovo Direttore Generale e del Direttore Generale Vicario.</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA0866C239</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba0866c239/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA1354A04C</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il Servizio di noleggio di n. 20 erogatori d’acqua per n. 36 mesi per le esigenze della Direzione Generale</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA1354A04C</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba1354a04c/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA1330F915</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la Fornitura di carta A4 per la durata di 24 mesi</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA1330F915</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba1330f915/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA120D91E3</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura del rinnovo – software Gestione trattamento dati personali – Data Protection Manager (DPM) SaaS AGID durata 2026/2028, per le esigenze dell’U.O. Supporto al Responsabile della protezione dati</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA120D91E3</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba120d91e3/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA11FAFBF5</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura di cancelleria per le esigenze dell’Ospedale veterinario di Valenzano-Pronto Soccorso</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA11FAFBF5</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba11fafbf5/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA11DAB227</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il servizio di ristorazione</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA11DAB227</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba11dab227/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA150FA97D</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura di cancelleria Progetto Patto Territoriale per l’alta formazione delle Imprese – Sistema universitario pugliese.</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA150FA97D</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba150fa97d/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA08457A5E</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il servizio di catering per n. 20 persone nell’ambito del Progetto WAGON2AFRICA (Cod. Progetto TNE23-00067), per le esigenze della Sezione Internazionalizzazione – U.O. Cooperazione Internazionale – CUP E17G24000420006</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA08457A5E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba08457a5e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA2F14EA16</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura di strumentazione audio-video per le esigenze del Centro ADA - Servizi di Ateneo per l'e-learning e la Multimedialità. Progetto "EDUNEXT - Next Education Italia". CUP E83C23003480007</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2F14EA16</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2f14ea16/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA3C4FC917</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura di libri per le esigenze del Dirigente della Direzione Appalti Edilizia e Patrimonio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3C4FC917</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3c4fc917/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA3C953DE9</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura di cancelleria per il Magazzino di Scorta, per le esigenze dell’U.O. Fornitura di Beni e Servizi Sottosoglia Comunitaria e gestione Magazzino</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3C953DE9</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3c953de9/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA4EA18AC1</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il Servizio di rinnovo della sottoscrizione del software antiplagio “Compilatio” anno 2026 per le esigenze della Direzione Affari Istituzionali</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA4EA18AC1</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba4ea18ac1/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA4EEAC1EE</t>
+  </si>
+  <si>
+    <t>Consulenza per Attività di Public Engagement</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA4EEAC1EE</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba4eeac1ee/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA3E47953E</t>
+  </si>
+  <si>
+    <t>Manutenzione e riparazione apparecchiature scientifiche</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3E47953E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3e47953e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA3F6848F5</t>
+  </si>
+  <si>
+    <t>Farmaci</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3F6848F5</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3f6848f5/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA3E5D546C</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3E5D546C</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3e5d546c/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab453cd09-1/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA9DD6E179</t>
+  </si>
+  <si>
+    <t>Procedura per la fornitura/servizio di sistema di monitoraggio costiero con webcam ad alta definizione</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9DD6E179</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9dd6e179/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC3313297</t>
+  </si>
+  <si>
+    <t>autorizzazione procedura a mezzo affidamenti diretti per la fornitura di mangime e lettiera</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC3313297</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac3313297/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA8830B88A</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento del servizio di Assistenza iS50 Nicolet NIR</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8830B88A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8830b88a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAB4326460</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB4326460</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab4326460-1/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA7C1493AE</t>
+  </si>
+  <si>
+    <t>Reagenti di laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7C1493AE</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7c1493ae/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA2ED1A227</t>
+  </si>
+  <si>
+    <t>n. 1 cena per il 29/01/2026 e n. 1 pranzo per il 30/01/2026 in occasione del Convegno "Forme della resilienza"</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2ED1A227</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2ed1a227/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA7DF3DB81</t>
+  </si>
+  <si>
+    <t>stampati vari Progetto Prin</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7DF3DB81</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7df3db81/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAB8CF8F7C</t>
+  </si>
+  <si>
+    <t>servizio di analisi</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB8CF8F7C</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab8cf8f7c/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAAE5DA6AC</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAAE5DA6AC</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baae5da6ac/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA48EE5834</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.Lgs. n. 36/2023, per la fornitura di materiale di consumo</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA48EE5834</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba48ee5834/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9A84CE079</t>
+  </si>
+  <si>
+    <t>Fornitura di materiale consumabile per laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9A84CE079</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9a84ce079/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA815DDF76</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA815DDF76</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba815ddf76/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA82501E0A</t>
+  </si>
+  <si>
+    <t>spese postali</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA82501E0A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba82501e0a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA77915E30</t>
+  </si>
+  <si>
+    <t>Kit determinazione glutine</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA77915E30</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba77915e30/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA83A93AF1</t>
+  </si>
+  <si>
+    <t>Proteomic analysis of plant tissue</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA83A93AF1</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba83a93af1/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA7D406A48</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di Azoto e Elio con apparecchiature in pressione e riduttori, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: BA7D406A48. Il codice CUP è il seguente: B49J25000970005</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7D406A48</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7d406a48/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F1CB1FCB</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la Fornitura per l’anno solare 2026 di materiale di consumo necessario al funzionamento corretto del Dipartimento di Farmacia-Scienze del Farmaco</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F1CB1FCB</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f1cb1fcb/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA3677F2F6</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3677F2F6</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3677f2f6/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F808F988</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per l’ Affidamento della “Fornitura di reagenti chimici” dall’operatore economico Zentek srl</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F808F988</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f808f988/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA732D4482</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento della fornitura di libri</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA732D4482</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba732d4482/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC7D6140A</t>
+  </si>
+  <si>
+    <t>Procedura per il servizio di nolo bus con autista per escursione didattica</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC7D6140A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac7d6140a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAD5C02C24</t>
+  </si>
+  <si>
+    <t>Procedura per Servizio di rinnovo annuo nolo Bombola elio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD5C02C24</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad5c02c24/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC4F33836</t>
+  </si>
+  <si>
+    <t>autorizzazione procedura a mezzo affidamenti diretti per fornitura toner</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC4F33836</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac4f33836-1/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC3408CC2</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC3408CC2</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac3408cc2/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9EF8A4FC8</t>
+  </si>
+  <si>
+    <t>OSPITALITA' IN HOTEL PER 13 STUDENTI, 2 DOCENTI E 1 AUTISTA PER 1 GIORNO</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9EF8A4FC8</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9ef8a4fc8/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F64CAEFE</t>
+  </si>
+  <si>
+    <t>Plasticheria da laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F64CAEFE</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f64caefe/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F655A5D6</t>
+  </si>
+  <si>
+    <t>Materiali di consumo per laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F655A5D6</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f655a5d6/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F66338E8</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F66338E8</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f66338e8/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA9FDD3D0F</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9FDD3D0F</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9fdd3d0f/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BACFE38678</t>
+  </si>
+  <si>
+    <t>Procedura per l'affidamento di attrezzatura ed accessorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BACFE38678</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bacfe38678/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA60F80B23</t>
+  </si>
+  <si>
+    <t>D.D. 50 del 12.2.2026 Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, servizio specialistico di organizzazione viaggio studio in Sicilia a favore di studenti e docenti della Scuola di Specializzazione in Beni Archeologici Interateneo Università degli Studi di Bari Aldo Moro – Università di Foggia 22 febbraio - 1° marzo 2026 CUP: B91I23000690002</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA60F80B23</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba60f80b23/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B98D1A33CE</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D. Lgs. n. 36/2023, per la fornitura di n. 1 Microscopio Elettronico a Scansione (SEM) da banco JEOL JCM-7000. CUP: B53C22006120001</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B98D1A33CE</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b98d1a33ce/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9FFF20BAE</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura di bombole gas puri e linea di gas ultrapuri</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9FFF20BAE</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9fff20bae/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9FFADE830</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. n. 36/2023, per la fornitura di un kit manutenzione compressore Ceccato</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9FFADE830</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9ffade830/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA1E85C64E</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.Lgs. n. 36/2023, per la fornitura del servizio di mantenimento dei brevetti europei con rif. n. 75 - 9°annualità - CUP: H93C22000900006</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA1E85C64E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba1e85c64e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA33A8554E</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.Lgs. n. 36/2023, per un servizio di catering</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA33A8554E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba33a8554e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9D65F40E4</t>
+  </si>
+  <si>
+    <t>REAGENTI PER ESPERIMENTI DI BIOCHIMICA, METABOLOMICA E MARCATURA ISOTOPICA</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9D65F40E4</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9d65f40e4/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9E7D169E3</t>
+  </si>
+  <si>
+    <t>Enzimi e reagenti per colture cellulari</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E7D169E3</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e7d169e3/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA2D3F522C</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.Lgs. n. 36/2023, per la fornitura di materiale di consumo da laboratorio– CUP: H93C23001130006</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2D3F522C</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2d3f522c/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA4AE4D307</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura di due FrameGrabber nell’ambito del Progetto PRIN 2022 dal titolo “DAMON: Direct meAsureMent of target fragmentatiON” - CUP: H53D23001090006</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA4AE4D307</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba4ae4d307/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9E7E28BFF</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E7E28BFF</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e7e28bff/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9EDE6DDB1</t>
+  </si>
+  <si>
+    <t>Anticorpi</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9EDE6DDB1</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9ede6ddb1/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9EDE36052</t>
+  </si>
+  <si>
+    <t>Materiali e reagenti per western blot</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9EDE36052</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9ede36052/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA68C15A13</t>
+  </si>
+  <si>
+    <t>Light lunch</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA68C15A13</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba68c15a13/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA694C6635</t>
+  </si>
+  <si>
+    <t>Noleggio annuo bombole di elio e spese accessorie</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA694C6635</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba694c6635/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA1BE25018</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per Fornitura di materiale di consumo per laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA1BE25018</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba1be25018/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA1BFFB3F2</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura di materiale di consumo da laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA1BFFB3F2</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba1bffb3f2/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA87553659</t>
+  </si>
+  <si>
+    <t>AUTORIZZAZIONE PROCEDURA A MEZZO AFFIDAMENTO DIRETTO AI SENSI DELL’ART. 50, COMMA 1, LETT. B) DEL D.LGS. N. 36/2023, PER IL SERVIZIO DI AGENZIA VIAGGI</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA87553659</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba87553659/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA42F9C677</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la FORNITURA DI UN HPLC MODELLO NEXERA LITE SHIMADZU, FINALIZZATA A GARANTIRE LA PIENA REALIZZAZIONE DEL PROGETTO D3 4 HEALTH - DIGITAL DRIVEN DIAGNOSTICS, PROGNOSTICS AND THERAPEUTICS FOR SUSTAINABLE HEALTH CARE</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA42F9C677</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba42f9c677/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA64207D6F</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA64207D6F</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba64207d6f/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA53E3A87A</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la FORNITURA DI UN SONICATORE PULSE 650, 230 V BENCHMARK®, FINALIZZATO A GARANTIRE LA PIENA REALIZZAZIONE DEL PROGETTO D3 4 HEALTH - DIGITAL DRIVEN DIAGNOSTICS, PROGNOSTICS AND THERAPEUTICS FOR SUSTAINABLE HEALTH CARE</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA53E3A87A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba53e3a87a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
     <t>B8F51582BE</t>
   </si>
   <si>
     <t>Decreto  di autorizzazione ad aderire a Consip S.p.A. per l'anno 2025</t>
   </si>
   <si>
     <t>2025/10/30</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B8F51582BE</t>
   </si>
   <si>
     <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b8f51582be/@@download/delibera_a_contrarre</t>
   </si>
   <si>
+    <t>BAAA94DED5</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente il servizio di pubblicazione articolo scientifico, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023 e s.m.i..</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAAA94DED5</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baaa94ded5/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAADEFAA45</t>
+  </si>
+  <si>
+    <t>Licenza software</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAADEFAA45</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baadefaa45/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA9D842CDC</t>
+  </si>
+  <si>
+    <t>D.D. 76 del 27.2.2026 - DECISIONE A CONTRARRE E AFFIDAMENTO DIRETTO, ART. 50, COMMA 1, LETT. B) DEL D.LGS. N. 36/2023 per pubblicazione volume Prof. Giuliano Volpe nell’ambito del PIANO NAZIONALE RIPRESA E RESILIENZA (PNRR )- Missione 4: Istruzione Ricerca, Componente 2: Dalla Ricerca all’Impresa - Investimento 1.3: Creazione di “Partenariati estesi alle università, ai centri di ricerca, alle aziende per il finanziamento di progetti di ricerca di base” –Progetto CHANGES- Project code: PE0000020 CUP: H53C22000860006</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9D842CDC</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9d842cdc/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC9E4BD62</t>
+  </si>
+  <si>
+    <t>affidamento per il servizio di pubblicazione articolo scientifico</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC9E4BD62</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac9e4bd62/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F69494D7</t>
+  </si>
+  <si>
+    <t>Lavori di pulizia e risanamento da muffe della cella frigorifera, smontaggio e montaggio di arredi vari</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F69494D7</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f69494d7/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAEB4421AE</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.Lgs. n. 36/2023, per un servizio di rinnovo licenze</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAEB4421AE</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baeb4421ae/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA0C52CAA5</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. n. 36/2023, per un servizio di coffee break e lunch per n. 36 ospiti</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA0C52CAA5</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba0c52caa5/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA40A7D458</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA40A7D458</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba40a7d458/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BADC26F268</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento del servizio di PUBBLICAZIONE DI UNA MONOGRAFIA AVENTE TITOLO: “DISCONNESSI DALLA POLITICA. PARTECIPAZIONE DEMOCRATICA GIOVANILE: TRA SCUOLA, PIAZZA E SOCIAL NETWORK</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BADC26F268</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-badc26f268/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BADC20F32F</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento del servizio di FORNITURA DI PRODOTTI INFORMATICI E RELATIVA ASSISTENZA INFORMATICA</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BADC20F32F</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-badc20f32f/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
     <t>B712CF9285</t>
   </si>
   <si>
     <t>Autorizzazione procedura a mezzo di affidamenti diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, servizio catering per il giorno 30 maggio p.v. presso il Dipartimento Jonico Uniba in occasione del Progetto Patto Territoriale “Sistema Universitario Pugliese” – CUP F61B23000370006</t>
   </si>
   <si>
     <t>2025/06/03</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B712CF9285</t>
   </si>
   <si>
     <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B712CF9285/@@download/delibera_a_contrarre</t>
   </si>
   <si>
     <t>B712D8CBD1</t>
   </si>
   <si>
     <t>Autorizzazione procedura a mezzo di affidamenti diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per acquisto del servizio di attrezzatura tecnica (service audio, video e luci) in occasione dell'evento TEF - Taranto Eco Forum 2025 per le giornate del 21 e 22 maggio, per le esigenze della Direzione, Terza Missione Centri e Internazionalizzazione - Centro di Eccellenza di Ateneo per la Sostenibilità</t>
   </si>
   <si>
     <t>2025/06/04</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B712D8CBD1</t>
@@ -1246,74 +5539,491 @@
   <si>
     <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del D.Lgs. n. 36/2023, per la fornitura arredi per uso ufficio, per le esigenze del Centro Linguistico di Ateneo</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7DDAF80C9</t>
   </si>
   <si>
     <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7DDAF80C9/@@download/delibera_a_contrarre</t>
   </si>
   <si>
     <t>B7E159B440</t>
   </si>
   <si>
     <t>Autorizzazione procedura a mezzo affidamenti diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il Servizio di verifica della progettazione e supporto alla validazione relativa alla “Realizzazione delle nuove serre del Dipartimento DISSPA nel Campus Quagliariello” CUP: H95E24000220006</t>
   </si>
   <si>
     <t>2025/08/08</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7E159B440</t>
   </si>
   <si>
     <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7E159B440/@@download/delibera_a_contrarre</t>
   </si>
   <si>
+    <t>BA91B3E1D5</t>
+  </si>
+  <si>
+    <t>Procedura per l'affidamento della fornitura di materiale di consumo</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA91B3E1D5</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba91b3e1d5/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BABAC6B365</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABAC6B365</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-babac6b365/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA844D8478</t>
+  </si>
+  <si>
+    <t>Procedura per l'affidamento del servizio di pubblicazione articoli scientifici</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA844D8478</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba844d8478/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC0BD2DE1</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC0BD2DE1</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac0bd2de1/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAAF4BAD20</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAAF4BAD20</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baaf4bad20/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAD6F213A2</t>
+  </si>
+  <si>
+    <t>Procedura per l'affidamento della fornitura di attrezzatura scientifica</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD6F213A2</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad6f213a2/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAD8CEB8CD</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD8CEB8CD</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad8ceb8cd/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAE0E0742E</t>
+  </si>
+  <si>
+    <t>“Procedura per l’affidamento del servizio di fornitura azoto liquido”</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE0E0742E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae0e0742e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BABB85AC73</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento del servizio di pubblicazione del fascicolo della rivista dal titolo: “Politica Antica XV.2025”, a cura di Francesco Mongelli ed Elisabetta Todisco dell’Università degli Studi di Bari Aldo Moro</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABB85AC73</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-babb85ac73/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9E9510322</t>
+  </si>
+  <si>
+    <t>D.D. 15 del 15.1.2026 Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023,    per la realizzazione di un sistema e cruscotto di valutazione ESS/ECG, sito di progetto, piattaforma FAD e supporto gestionale – ACCORDO DI COOPERAZIONE EX ART. 15 LEGGE N. 241/1990 PER LO SVOLGIMENTO DI ATTIVITÀ DI INTERESSE COMUNE RELATIVE ALLA ATTUAZIONE DELLA STRATEGIA REGIONALE PER LO SVILUPPO SOSTENIBILE – CUP MASTER: B39I24002460003 – CUP DERIVATO: B93C25000760002 - Dott.ssa Gabriella Calvano cpv 72222200-9 (Servizi di programmazione di sistemi o tecnologie dell’informazione - PC, periferiche e accessori-Mepa Servizi</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E9510322</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e9510322/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9FA42140C</t>
+  </si>
+  <si>
+    <t>D.D. 16 del 15.1.2026 Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per servizio di ospitalità alberghiera in occasione del ciclo di seminari dal titolo “Dialoghi sul Patrimonio Culturale” che si terrà a Bari dal 19 al 24 gennaio 2026 nell’ambito delle attività previste per il Corso di Dottorato di Interesse Nazionale in Patrimoni Archeologici, Storici, Architettonici, Paesaggistici del Mediterraneo (PasaP_Med) nonché delle attività previste dal Progetto CHANGES - Cultural Heritage Active Innovation for Sustainable Society Missione 4: Istruzione Ricerca - Componente 2: Dalla Ricerca all’Impresa - Investimento 1.3: Creazione di “Partenariati estesi alle università, ai centri di ricerca, alle aziende per il finanziamento di progetti di ricerca di base” – Finanziato dall'Unione europea – Next Generation EU - CUP: H53C22000860006 Rif. –Project code: PE0000020 - SPOKE 1 - P.I. Prof. Giuliano Volpe</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9FA42140C</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9fa42140c/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAD117AAD4</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD117AAD4</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad117aad4/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAF8AC247E</t>
+  </si>
+  <si>
+    <t>Procedura per l'affidamento del servizio di pulizia e selezione di campioni di leguminose e cereali</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAF8AC247E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baf8ac247e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA2DC480BB</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fortnitura di un servizio di CONSULENZA SCIENTIFICA</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2DC480BB</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2dc480bb/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
     <t>B5DAFEA88E</t>
   </si>
   <si>
     <t>Autorizzazione acquisto Buoni Pasto Elettronici Personale Dirigente anno 2025</t>
   </si>
   <si>
     <t>2025/01/30</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5DAFEA88E</t>
   </si>
   <si>
     <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b5dafea88e/@@download/delibera_a_contrarre</t>
   </si>
   <si>
     <t>Aggiudicazione della procedura negoziata senza previa pubblicazione di bando ai sensi dell’art. 76 comma 2 lett. c) del D.lgs 36/2023, per l’acquisto di buoni pasto elettronici per il Personale Tecnico Amministrativo – Anno 2025.</t>
   </si>
   <si>
     <t>2025/04/23</t>
   </si>
   <si>
     <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b67f3b8105/@@download/delibera_a_contrarre</t>
   </si>
   <si>
+    <t>BAEC0D2F97</t>
+  </si>
+  <si>
+    <t>fornitura di attrezzature informatiche e multimediali</t>
+  </si>
+  <si>
+    <t>2026/03/20</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAEC0D2F97</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baec0d2f97/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAEA36572C</t>
+  </si>
+  <si>
+    <t>Procedura per l'affidamento del servizio di rilevazioni satellitari giornaliere e mensili</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAEA36572C</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baea36572c/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAB3EA7E87</t>
+  </si>
+  <si>
+    <t>Procedura per la fornitura di componenti di ricambio e attività di manutenzione su ns. apparecchiature</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB3EA7E87</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab3ea7e87/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC3954BC4</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC3954BC4</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac3954bc4/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA9D7CFDF5</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento del servizio di Estensione noleggio impianto pilota di filtrazione</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9D7CFDF5</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9d7cfdf5/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9fdd3d0f-1/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BACF4DCD38</t>
+  </si>
+  <si>
+    <t>procedura per l'affidamento per il servizio di organizzazione evento</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BACF4DCD38</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bacf4dcd38/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAD6794877</t>
+  </si>
+  <si>
+    <t>Affidamento diretto per fornitura di materiale di ferramenta (duplicati chiave e serrature)</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD6794877</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad6794877/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAB3412301</t>
+  </si>
+  <si>
+    <t>videoproiettore</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB3412301</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab3412301/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab3412301-1/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B70078CDFF</t>
+  </si>
+  <si>
+    <t>DECISIONE A CONTRARRE E AFFIDAMENTO DIRETTO MEDIANTE UTILIZZO DEL MERCATO ELETTRONICO DELLA PUBBLICA AMMINISTRAZIONE, EX ART. 50, COMMA 1, LETT. B) DEL D.LGS. N. 36/2023 E S.M.I. DELLA FORNITURA DI MATERIALE DI CONSUMO PER LABORATORIO NELL’AMBITO DELL’ACCORDO QUADRO C.I.G.: B70078CDFF PER IL PIANO NAZIONALE RIPRESA E RESILIENZA (PNRR) MISSIONE 4 “Istruzione e ricerca” COMPONENTE 2 “Dalla Ricerca all’impresa” INVESTIMENTO 1.3 PROGETTO “INF-ACT ONE HEALTH BASIC AND TRANSLATIONAL RESEARCH ACTIONS ADDRESSING UNMET NEEDS ON” CUP H93C22000640007</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B70078CDFF</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b70078cdff/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA9C654116</t>
+  </si>
+  <si>
+    <t>D.D. n. 77 del 27.02.2026 Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura di materiale informatico di varia natura per le esigenze del Dipartimento di Ricerca e Innovazione Umanistica cpv 30213000-5 Pc, Periferiche e accessori</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9C654116</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9c654116/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAB4F02DC0</t>
+  </si>
+  <si>
+    <t>Notebook e toner</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB4F02DC0</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab4f02dc0/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAB47DC798</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB47DC798</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab47dc798/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9DF254835</t>
+  </si>
+  <si>
+    <t>2026/01/07</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9DF254835</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9df254835/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAB4A87B38</t>
+  </si>
+  <si>
+    <t>autorizzazione procedura a mezzo affidamenti diretti per lavoro di manutenzione su LC-MS</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB4A87B38</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab4a87b38/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F96356F0</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di Lampade a LED, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: B9F96356F0. Il codice CUP è il seguente: H99J21004250005</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F96356F0</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f96356f0/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAD5082EAC</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento della fornitura di Termosonda certificata</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD5082EAC</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad5082eac/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC2FDA9C5</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento della fornitura di Gas Argon</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC2FDA9C5</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac2fda9c5/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BADA16C46B</t>
+  </si>
+  <si>
+    <t>Procedura per l'affidamento della fornitura di materiale per laboratorio e costi accessori</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BADA16C46B</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bada16c46b/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA013C00E3</t>
+  </si>
+  <si>
+    <t>Servizio stampa locandine e materiale per Convegni/seminari/master</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA013C00E3</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba013c00e3/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAD1302E50</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD1302E50</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad1302e50/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAF80CEDCE</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento della fornitura di Carta per fotocopiatrice</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAF80CEDCE</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baf80cedce/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAF4D6F943</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento della fornitura di Notebook Asus</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAF4D6F943</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baf4d6f943/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
     <t>B6E8CECA7C</t>
   </si>
   <si>
     <t>Servizio di trasporto per studenti per il Progetto Cosa si Prova a vivere in una cella</t>
   </si>
   <si>
     <t>2025/05/19</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6E8CECA7C</t>
   </si>
   <si>
     <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6E8CECA7C/@@download/delibera_a_contrarre</t>
   </si>
   <si>
     <t>B6CF63264C</t>
   </si>
   <si>
     <t>PATTI TERRITORIALI_Servizio di noleggio Cupola geodetica presso Campus universitario "Ernesto Quagliariello" e gestione organizzativa logistica - dal 12 al 16 maggio 2025</t>
   </si>
   <si>
     <t>2025/05/13</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6CF63264C</t>
@@ -3523,50 +8233,1949 @@
   <si>
     <t>Inaugurazione dell’anno accademico 2024/2025 e del centenario dell’Università degli Studi di Bari “Aldo Moro”: servizio di allestimento illuminazione artistica facciata Ateneo lato Piazza Cesare Battisti e Piazza Cesare Battisti. Affidamento diretto tramite trattativa diretta sul MePA ex art. 50, comma 1, lett. b), d. lgs. n. 36/2023.</t>
   </si>
   <si>
     <t>2025/01/09</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B51899D500</t>
   </si>
   <si>
     <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B51899D500/@@download/delibera_a_contrarre</t>
   </si>
   <si>
     <t>B51880979B</t>
   </si>
   <si>
     <t>Inaugurazione dell’anno accademico 2024/2025 e del centenario dell’Università degli Studi di Bari “Aldo Moro”: servizio di allestimento illuminazione del Teatro Petruzzelli e del Palazzo Ateneo, proiezione video Camera di commercio e realizzazione cubo in tralicci. Affidamento diretto tramite trattativa diretta sul MePA ex art. 50, comma 1, lett. b), d. lgs. n. 36/2023</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B51880979B</t>
   </si>
   <si>
     <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B51880979B/@@download/delibera_a_contrarre</t>
   </si>
   <si>
+    <t>B997F94E49</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B997F94E49</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b997f94e49/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA6CAAE255</t>
+  </si>
+  <si>
+    <t>Realizzazione di due punti rete</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA6CAAE255</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba6caae255/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA778E0277</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA778E0277</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba778e0277/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9311DB669</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di Attrezzatura per diagnostica molecolare, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: B9311DB669, il codice CUP è il seguente: B95I24000230001.</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9311DB669</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9311db669/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F1C170BA</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di servizi di sdoganamento per l’anno solare 2026</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F1C170BA</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f1c170ba/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA778B5EF7</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente l’attività di facchinaggio, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: BA778B5EF7</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA778B5EF7</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba778b5ef7/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA83BDCA71</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di Materiale da ferramenta, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: BA83BDCA71. Il codice CUP è il seguente: H53D23008770001</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA83BDCA71</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba83bdca71/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA8439169E</t>
+  </si>
+  <si>
+    <t>Iscrizione Convegno "The 32nd International Horticultural Congress" - 23-28 Agosto 2026 - Kyoto (Giappone)</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8439169E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8439169e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA874A45EF</t>
+  </si>
+  <si>
+    <t>SERVIZIO PER LA PUBBLICAZIONE/STAMPA DI UN N.1 VOLUME DAL TITOLO “LE LETTERE DELLE DIOCESI DEL REGNO DI NAPOLI ALLA CONGREGAZIONE DEL SANT’UFFICIO”</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA874A45EF</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba874a45ef-2/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA3BCABC2E</t>
+  </si>
+  <si>
+    <t>materiale di consumo</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3BCABC2E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3bcabc2e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAA88AC1BC</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura del servizio di pubblicazione di un articolo scientifico in Open Access dal titolo “Momentum-resolved two photon interference of weak coherent states” - Article ID: ae24a7 - Rivista Quantum Science and Technology Institute</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAA88AC1BC</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baa88ac1bc/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAE1C2BF7C</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE1C2BF7C</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae1c2bf7c/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAE8025057</t>
+  </si>
+  <si>
+    <t>Procedura per l'affidamento della fornitura di servizi di consulenza tecnica</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE8025057</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae8025057/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA542BC0CC</t>
+  </si>
+  <si>
+    <t>Materiale dpi e vestiario</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA542BC0CC</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba542bc0cc/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAA19AE9C0</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la predisposizione dei Rapporti di certificazione, intermedio e finale in forma di perizia, riguardante la rendicontazione della spesa relativa al Progetto D3 4 HEALTH - DIGITAL DRIVEN DIAGNOSTICS, PROGNOSTICS AND THERAPEUTICS FOR SUSTAINABLE HEALTH CARE - INIZIATIVA PNC_0000001 - SPOKE 3 - II Edizione Università La Sapienza nell’ambito del finanziamento PNC Salute, Investimento I.1 - PNC0000001 -.</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAA19AE9C0</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baa19ae9c0/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BABD2724F8</t>
+  </si>
+  <si>
+    <t>Autorizzazione acquisto Buoni Pasto Elettronici Personale Dirigente anno 2026</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABD2724F8</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-babd2724f8/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BADD526410</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento della fornitura di Personal Computer e di Assistenza informatica</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BADD526410</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-badd526410/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAE0460D09</t>
+  </si>
+  <si>
+    <t>“Procedura per l’affidamento del servizio di gestione viaggi”</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE0460D09</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae0460d09/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BABB8F8ED5</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento del servizio di pubblicazione del volume dal titolo: “Kulturgebundenes Sprachenlernen: Neue Ansätze für den DaF-Unterricht (Titolo provvisorio)”- a cura di Ulrike Rosemarie SIMON  e Ulrike Reeg dell’Università degli Studi di Bari Aldo Moro</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABB8F8ED5</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-babb8f8ed5/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BABB7EA00A</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento del servizio di pubblicazione dell'edizione digitale del volume dal titolo: “Infanzia e Colonialismo nelle lettere del Fondo Graziani (1935-1937)”, a cura di Domenico Francesco Antonio Elia dell’Università degli Studi di Bari Aldo Moro</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABB7EA00A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-babb7ea00a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BABB96BDBC</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento del servizio di realizzazione di uno spettacolo teatrale nell'ambito del progetto Uniba di public engagement "Climate sound festival: ritmi, rotte e racconti del cambiamento climatico", responsabile scientifica Dott.ssa Gabriella Calvano</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABB96BDBC</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-babb96bdbc/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9FAB2B31B</t>
+  </si>
+  <si>
+    <t>fornitura di n. 20 copie del volume “N. KATHERINE – DAI BATTERI ALL'INTELLIGENZA ARTIFICIALE. I FUTURI DELL'UMANO CON I NOSTRI SIMBIONTI NON UMANI”</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9FAB2B31B</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9fab2b31b/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAE21A654A</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento della fornitura di Poltrona ufficio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE21A654A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae21a654a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAD04B72D3</t>
+  </si>
+  <si>
+    <t>Procedura per l'affidamento del servizio di pubblicazione articolo scientifico su rivista Birds ( (ISSN: 2673-6004)</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD04B72D3</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad04b72d3/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAD01417AB</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD01417AB</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad01417ab/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA62F6906C</t>
+  </si>
+  <si>
+    <t>SERVIZIO ORGANIZZAZIONE MISSIONI PER PERNOTTAMENTO E CENE DEI RELATORI PER CONVEGNO</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA62F6906C</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba62f6906c/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA68F79660</t>
+  </si>
+  <si>
+    <t>Fornitura di STAMPA E PUBBLICAZIONE VOLUME DOCENTE</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA68F79660</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba68f79660/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B70BDEEFCD</t>
+  </si>
+  <si>
+    <t>DECISIONE A CONTRARRE E AFFIDAMENTO DIRETTO MEDIANTE UTILIZZO DEL MERCATO ELETTRONICO DELLA PUBBLICA AMMINISTRAZIONE, EX ART. 50, COMMA 1, LETT. B) DEL D.LGS. N. 36/2023 E S.M.I. DELLA FORNITURA DI MATERIALE DI CONSUMO PER LABORATORIO NELL’AMBITO DELL’ACCORDO QUADRO C.I.G.: B70BDEEFCD PER IL PIANO NAZIONALE RIPRESA E RESILIENZA (PNRR) MISSIONE 4 “Istruzione e ricerca” COMPONENTE 2 “Dalla Ricerca all’impresa” INVESTIMENTO 1.3 PROGETTO “INF-ACT ONE HEALTH BASIC AND TRANSLATIONAL RESEARCH ACTIONS ADDRESSING UNMET NEEDS ON” CUP H93C22000640007</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B70BDEEFCD</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b70bdeefcd/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B75339A300</t>
+  </si>
+  <si>
+    <t>DECISIONE A CONTRARRE E AFFIDAMENTO DIRETTO MEDIANTE UTILIZZO DEL MERCATO ELETTRONICO DELLA PUBBLICA AMMINISTRAZIONE, EX ART. 50, COMMA 1, LETT. B) DEL D.LGS. N. 36/2023 E S.M.I. DELLA FORNITURA DI MATERIALE DI CONSUMO PER LABORATORIO NELL’AMBITO DELL’ACCORDO QUADRO C.I.G.: B75339A300 PER IL PIANO NAZIONALE RIPRESA E RESILIENZA (PNRR) MISSIONE 4 “Istruzione e ricerca” COMPONENTE 2 “Dalla Ricerca all’impresa” INVESTIMENTO 1.3 PROGETTO “INF-ACT ONE HEALTH BASIC AND TRANSLATIONAL RESEARCH ACTIONS ADDRESSING UNMET NEEDS ON” CUP H93C22000640007</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B75339A300</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b75339a300/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B7DC16AA25</t>
+  </si>
+  <si>
+    <t>DECISIONE A CONTRARRE E AFFIDAMENTO DIRETTO MEDIANTE UTILIZZO DEL MERCATO ELETTRONICO DELLA PUBBLICA AMMINISTRAZIONE, EX ART. 50, COMMA 1, LETT. B) DEL D.LGS. N. 36/2023 E S.M.I. NELL’AMBITO DELL’ACCORDO QUADRO C.I.G. B7DC16AA25 PER  FORNITURA DI MATERIALE DI CONSUMO PER LABORATORIO NELL’AMBITO DEL PIANO NAZIONALE RIPRESA E RESILIENZA (PNRR) MISSIONE 4 “Istruzione e ricerca” COMPONENTE 2 “Dalla Ricerca all’impresa” INVESTIMENTO 1.3 PROGETTO “INF-ACT ONE HEALTH BASIC AND TRANSLATIONAL RESEARCH ACTIONS ADDRESSING UNMET NEEDS ON” CUP H93C22000640007</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7DC16AA25</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b7dc16aa25/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA01910331</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la FORNITURA DI “MATERIALE DI CONSUMO PER LABORATORIO DALL’OPERATORE ECONOMICO LEVANCHIMICA S.R.L. NELL’AMBITO DEL PROGETTO DI RICERCA COME DA D.D.N. 104/2022</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA01910331</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba01910331/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA91E23552</t>
+  </si>
+  <si>
+    <t>Fornitura di prodotti per laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA91E23552</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba91e23552/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA92916E6B</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA92916E6B</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba92916e6b/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BADDBE3394</t>
+  </si>
+  <si>
+    <t>“Procedura per l’affidamento del servizio di spese postali – oneri doganali”</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BADDBE3394</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baddbe3394/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAD8FC0F15</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento del servizio di PUBBLICAZIONE VOLUME DAL TITOLO: HEALTH LITERACY MIGRATION AND COMMUNICATION LANGUAGES AND HUMAN RIGHTS IN GLOBAL HEALTH</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD8FC0F15</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad8fc0f15/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BADE0FFAF7</t>
+  </si>
+  <si>
+    <t>Procedura per l'affidamento del servizio di noleggio per Viaggio studio per partecipazione a Giornate Fitopatologiche 17-20 marzo 2026 Bologna.</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BADE0FFAF7</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bade0ffaf7/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B7882BD74E</t>
+  </si>
+  <si>
+    <t>Procedura per l'affidamento della fornitura di materiale di consumo di laboratorio nell'ambito dell'Accordo Quadro in essere con il fornitore LIFE TECHNOLOGIES ITALIA (FIL. LIFE TECHNOLOGIES EUROPE BV). Det. n. 47/2026</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7882BD74E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b7882bd74e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAE0EBA7E4</t>
+  </si>
+  <si>
+    <t>Procedura per l'affidamento della fornitura di materiale vario di cancelleria</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE0EBA7E4</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae0eba7e4/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAA9ABEB38</t>
+  </si>
+  <si>
+    <t>ACQUISTO DI N. 50 LICENZE DI SOMMINISTRAZIONE DEL TEST COGNITIVO</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAA9ABEB38</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baa9abeb38/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F8DE6BAD</t>
+  </si>
+  <si>
+    <t>n. 2 voli Bari - Tirana e ritorno</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F8DE6BAD</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f8de6bad/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA18F78B74</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA18F78B74</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba18f78b74/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA9CC95A43</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la FORNITURA DI CONSUMABILI SPECIFICI PER LABORATORIO A FINI DI RICERCA DALL’OPERATORE ECONOMICO FARMALABOR SRL PER LA PIENA REALIZZAZIONE DEL PROGETTO ARESS PUGLIA (BURP N. 92 DEL 12/10/2023),NELL'AMBITO DEL PROGETTO CORE-C A VALERE SU AVVISO PUBBLICO, AREA DI INTERVENTO 1, APPROVATO CON D.G.R. N. 1218/2023 CONTRATTO ARESS SOTTOSCRITTO IN DATA 12/10/2024 POTENZIAMENTO DEGLI INVESTIMENTI IN RICERCA E INNOVAZIONE NEL SETTORE DELLA CANNABIS</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9CC95A43</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9cc95a43/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAA84DDD20</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di Coffee break per 50 persone, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: BAA84DDD20. Il codice CUP è il seguente: H53D23007210001</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAA84DDD20</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baa84ddd20/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAAE83EFB3</t>
+  </si>
+  <si>
+    <t>Acquisto toner</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAAE83EFB3</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baae83efb3/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAAEA37075</t>
+  </si>
+  <si>
+    <t>Materiali da laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAAEA37075</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baaea37075/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F6C2728F</t>
+  </si>
+  <si>
+    <t>Materiale consumo per progetto CAM.PER</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F6C2728F</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f6c2728f/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA544FCC1D</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la FORNITURA DI UN REATTORE A MICROONDE DISCOVER 2.0, FINALIZZATO A GARANTIRE LA PIENA REALIZZAZIONE DEL PROGETTO D3 4 HEALTH - DIGITAL DRIVEN DIAGNOSTICS, PROGNOSTICS AND THERAPEUTICS FOR SUSTAINABLE HEALTH CARE</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA544FCC1D</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba544fcc1d/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA79F9DA39</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la FORNITURA DI UN NANODROP LITE PLUS EACH, FINALIZZATO A GARANTIRE LA PIENA REALIZZAZIONE DEL PROGETTO D3 4 HEALTH - DIGITAL DRIVEN DIAGNOSTICS, PROGNOSTICS AND THERAPEUTICS FOR SUSTAINABLE HEALTH CARE</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA79F9DA39</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba79f9da39/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA8178093D</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8178093D</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8178093d/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9E946238B</t>
+  </si>
+  <si>
+    <t>D.D. 2 del 12.1.26 Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n.  36/2023, servizio di verifica di funzionamento ed eventuale riparazione di attrezzatura informatica in uso  presso la Direzione del Dipartimento di Ricerca e Innovazione Umanistica cpv: 50324000-2 PC, periferiche  e accessori-Mepa Servizi - Servizi di assistenza per computer personali</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E946238B</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e946238b/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F03AB967</t>
+  </si>
+  <si>
+    <t>D.D. 4 del 13.1.26 Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n.  36/2023,  per servizio di  ristorazione (light lunch) in occasione del ciclo di seminari dal titolo “Dialoghi sul  Patrimonio Culturale” che si terranno a Bari  dal 19 al 24 gennaio 2026 nell’ambito delle attività previste per il  Corso di Dottorato di Interesse Nazionale in Patrimoni Archeologici, Storici, Architettonici, Paesaggistici del  Mediterraneo (PasaP_Med, nonché delle attività previste dal Progetto CHANGES - Cultural Heritage Active  Innovation for Sustainable Society Missione 4: Istruzione Ricerca - Componente 2: Dalla Ricerca all’Impresa -  Investimento 1.3: Creazione di “Partenariati estesi alle università, ai centri di ricerca, alle aziende per il  finanziamento di progetti di ricerca di base” – Finanziato dall'Unione europea – Next Generation EU - CUP:  H53C22000860006 Rif. –Project code: PE0000020 - SPOKE 1  - P.I. Prof. Giuliano Volpe</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F03AB967</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f03ab967/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F0F4F495</t>
+  </si>
+  <si>
+    <t>D.D. 5 del 13.1.26 Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023,  per servizio di ristorazione nelle giornate del 19, 22 e 24.01.2026, in occasione di un ciclo di Seminari, nell’ambito  delle attività previste per il Corso di Dottorato di Interesse Nazionale in Patrimoni Archeologici, Storici,  Architettonici, Paesaggistici del Mediterraneo (Pasap_Med), nonché nell’ambito del Progetto CHANGES, Cultural  Heritage Active Innovation for Sustainable Society Missione 4: Istruzione Ricerca - Componente 2: Dalla Ricerca  all’Impresa - Investimento 1.3: Creazione di “Partenariati estesi alle università, ai centri di ricerca, alle aziende per  il finanziamento di progetti di ricerca di base” – Finanziato dall'Unione europea – Next Generation EU - CUP:  H53C22000860006 Rif. –Project code: PE0000020 - Resp. scientifico Prof. Giuliano Volpe - Changes – Spoke 1</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F0F4F495</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f0f4f495/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F0E00023</t>
+  </si>
+  <si>
+    <t>D.D. 9 del 13.1.26 Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n.  36/2023, per servizio di ristorazione in occasione di un Convegno Internazionale di Studi dal titolo:  “Lasciare ogni speranza? Visioni dell’aldilà e destino dei dannati dall’Antichità al Medioevo”</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F0E00023</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f0e00023/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F96475CB</t>
+  </si>
+  <si>
+    <t>D.D. 14 del 15.1.2026 Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per pubblicazione del volume dal titolo: “Traduire la poésie: Réflexions sur la langue et le rythme”, a cura di Concetta Cavallini e Ida Porfido dell’Università degli Studi di Bari Aldo Moro</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F96475CB</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f96475cb/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAD0E0F8C2</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento della fornitura di Azoto liquido</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD0E0F8C2</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad0e0f8c2/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC315528A</t>
+  </si>
+  <si>
+    <t>autorizzazione procedura a mezzo affidamenti diretti per fornitura di 4 tende</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC315528A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac315528a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAEA4BD30E</t>
+  </si>
+  <si>
+    <t>Procedura per l'affidamento del servizio di pubblicazione articolo scientifico su "Journal of Agriculture and Food Research"</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAEA4BD30E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baea4bd30e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA9503CCD6</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il servizio di noleggio autovettura in uso al Magnifico Rettore modello "Tiguan" anno 2025 proroga di 24gg – periodo 6-29 dicembre 2025 targa GL144ML</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9503CCD6</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9503ccd6/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA8ADA614A</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura di cancelleria varia per le esigenze delle varie Direzioni</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8ADA614A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8ada614a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA7FC7AC52</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il servizio contratto di noleggio e manutenzione ordinaria fotocopiatrice multifunzione KYOCERA MZ. 4000 con la durata di 36 mesi, per le esigenze della Direzione Offerta Formativa e Servizi agli Studenti - U.O. Studenti Internazionali</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7FC7AC52</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7fc7ac52/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B8E0ECF8A4</t>
+  </si>
+  <si>
+    <t>Fornitura di “pagamento open access – titolo: "MoO3-based Photocatalysts for the Depolymerization of Lignin under UV-vis Light - Manuscript ID: catalysts-4041700"</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B8E0ECF8A4</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b8e0ecf8a4/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC01DF809</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento del servizio di interventi tecnici informatici</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC01DF809</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac01df809/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA489B4F78</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA489B4F78</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba489b4f78/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA700ED63E</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA700ED63E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba700ed63e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA700EE711</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA700EE711</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba700ee711/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA700F08B7</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA700F08B7</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba700f08b7/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA700F198A</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA700F198A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba700f198a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba700f2a5d-1/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA700F6DA9</t>
+  </si>
+  <si>
+    <t>Fornitura di prodotti chimici e materiale da laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA700F6DA9</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba700f6da9/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA756DBF8E</t>
+  </si>
+  <si>
+    <t>fornitura di “Consumabili da laboratorio”</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA756DBF8E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba756dbf8e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC3B03F6F</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento della fornitura di prodotto per laboratorio c/spese gestione ordine</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC3B03F6F</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac3b03f6f/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC473C594</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC473C594</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac473c594/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAA0604F8E</t>
+  </si>
+  <si>
+    <t>Procedura per l'affidamento della fornitura di iPAd Pro M5</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAA0604F8E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baa0604f8e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9949F4D95</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di Sanger sequencing-oligo synthesis con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: B9949F4D95, il codice CUP è il seguente: H53D23010590001.</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9949F4D95</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9949f4d95/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di Beni di consumo VWR con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: B994A54CCE, il codice CUP è il seguente: H53D23010590001.</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b994a54cce/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA25B0FD69</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del D. Lgs. n. 36/2023, per la fornitura di prodotti e attrezzature per restauro.</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA25B0FD69</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba25b0fd69/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA70ECEA44</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.Lgs. n. 36/2023, per un servizio di pubblicazione di un articolo scientifico</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA70ECEA44</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba70ecea44/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA52F19C5F</t>
+  </si>
+  <si>
+    <t>kit per estrazione DNA da matrice alimentare</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA52F19C5F</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba52f19c5f/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA7CFCBC8F</t>
+  </si>
+  <si>
+    <t>Consumabile da laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7CFCBC8F</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7cfcbc8f/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA7DFFD9F3</t>
+  </si>
+  <si>
+    <t>servizio professionale</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7DFFD9F3</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7dffd9f3/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA83BCEEE2</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA83BCEEE2</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba83bceee2/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA69F6BEF0</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di Servizi per evento conclusivo progetto PRIN CIMA, 26-27 febbraio 2026, Bari C/O DISSPA, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, nell’ambito del Progetto PRIN 2022 PNRR "Circularity in the Mediterranean aquaculture: measurement tools and economic assessment". Il codice C.I.G. è il seguente: BA69F6BEF0, il codice CUP è il seguente: H53D23008360001</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA69F6BEF0</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba69f6bef0/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA73159BBD</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di Kit molecolare BioBive, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: BA73159BBD. Il codice CUP è il seguente: H93C24000580006</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA73159BBD</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba73159bbd/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA5E1DD208</t>
+  </si>
+  <si>
+    <t>Servizio facchinaggio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA5E1DD208</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba5e1dd208/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B992514F72</t>
+  </si>
+  <si>
+    <t>Materiale per cappa</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B992514F72</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b992514f72/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9DEB76D74</t>
+  </si>
+  <si>
+    <t>BREVETTO</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9DEB76D74</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9deb76d74/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA4F0431CC</t>
+  </si>
+  <si>
+    <t>SERVIZIO DI COFFEE BREAK E LUNCH FINO A 5.000,00 EURO IVA ESCLUSA</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA4F0431CC</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba4f0431cc/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA4F8AF4FB</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA4F8AF4FB</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba4f8af4fb/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA44539C6F</t>
+  </si>
+  <si>
+    <t>D.D. 42 del 04.2.2026 Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per pubblicazione del volume: “Gli ipogei di diritto privato nell’Italia tardoantica: approccio interdisciplinare allo studio delle decorazioni pittoriche, Atti del Convegno Nazionale di Studi (Roma, 2-3 maggio 2024) nell’ambito del Progetto PRIN 2020 - “DIAPOH Project: Integrated approaches for the cataloguing, study and dissemination of the Digital Iconographic Atlas of Privately Owned Hypogea of Late Antique Italy” (Protocollo: 20207T3395_003), Responsabile scientifico UR UniBa: Prof.ssa Paola De Santis. CUP: B97G21000070005</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA44539C6F</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba44539c6f/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA44C81EA7</t>
+  </si>
+  <si>
+    <t>D.D. 43 del 05.02.2026 Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per servizio di ristorazione in occasione di due Seminari dal titolo: “Conversazioni americane” e “Conversazioni americane e dintorni”.</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA44C81EA7</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba44c81ea7/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9EAE703CD</t>
+  </si>
+  <si>
+    <t>apparecchiatura da laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9EAE703CD</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9eae703cd/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA082859D0</t>
+  </si>
+  <si>
+    <t>Servizio di biglietteria aerea</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA082859D0</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba082859d0/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA0303B19C</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA0303B19C</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba0303b19c/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA02F71AE7</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA02F71AE7</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba02f71ae7/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA096EAE50</t>
+  </si>
+  <si>
+    <t>Servizio alberghiero</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA096EAE50</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba096eae50/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA5552FA54</t>
+  </si>
+  <si>
+    <t>Coffee Break</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA5552FA54</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba5552fa54/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA576C1E51</t>
+  </si>
+  <si>
+    <t>SERVIZIO DI PUBBLICAZIONE OPEN ACESS articolo scientifico “Making AI Work at Work: The Role of HR practices anf Personal Attitudes in Forestering Meaningful Work with AI"</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA576C1E51</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba576c1e51/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9311AE148</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di Pipetta meccanica monocanale, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: B9311AE148, il codice CUP è il seguente: B95I24000230001</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9311AE148</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9311ae148/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9918047E6</t>
+  </si>
+  <si>
+    <t>Reagenti e prodotti per qPCR</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9918047E6</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9918047e6/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA33ECCCEB</t>
+  </si>
+  <si>
+    <t>Monitors,  Dischi interni e  Dischi esterni</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA33ECCCEB</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba33eccceb/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA42A50775</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA42A50775</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba42a50775/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA58145BD4</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA58145BD4</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba58145bd4/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA645DE8A3</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA645DE8A3</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba645de8a3/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA655ED924</t>
+  </si>
+  <si>
+    <t>D.D. 49 del 12.2.2026 Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per servizio di  organizzazione e gestione  Convegno del titolo “ArcheoVinum - Vino e archeologia per il turismo culturale”  a cura di Giuliano Volpe, organizzato nell’ambito di Tourisma, Salone Archeologia e Turismo Culturale, nonché delle attività di disseminazione del Progetto CHANGES - Cultural Heritage Active Innovation for Sustainable Society Missione 4: Istruzione Ricerca - Componente 2: Dalla Ricerca all’Impresa - Investimento 1.3: Creazione di “Partenariati estesi alle università, ai centri di ricerca, alle aziende per il finanziamento di progetti di ricerca di base” – Finanziato dall'Unione europea – Next Generation EU - CUP: H53C22000860006 Rif. –Project code: PE0000020 - SPOKE 1  - P.I. Prof. Giuliano Volpe</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA655ED924</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba655ed924/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B990F1F0DE</t>
+  </si>
+  <si>
+    <t>Materiale PCR</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B990F1F0DE</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b990f1f0de/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA5B1DD5A6</t>
+  </si>
+  <si>
+    <t>n. 40 copie del volume L’ intelligenza artificiale tra regolazione e esperienze applicative</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA5B1DD5A6</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba5b1dd5a6/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B990E6EEC9</t>
+  </si>
+  <si>
+    <t>Colonne cromatografia</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B990E6EEC9</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b990e6eec9/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA5AD2619B</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di PC fisso, Portatili e UPS, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: BA5AD2619B. Il codice CUP è il seguente: B95I24000230001</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA5AD2619B</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba5ad2619b/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9EBF19364</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di Software per la gestione del laboratorio accreditato, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: B9EBF19364, il codice CUP è il seguente: B95I24000230001</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9EBF19364</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9ebf19364/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9E3D08DD3</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il servizio del Corso di formazione “Addetti antincendio – aggiornamento”, che si svolgerà nei gg. 20 e 22 gennaio 2026, dalle ore 14:00 presso il Comando dei Vigili del Fuoco – Bari Mungivacca</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E3D08DD3</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e3d08dd3/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>SERVIZIO di monitoraggio microbiologico per Legionella e controllo della potabilità dell’acqua presso alcuni edifici universitari per la durata di 24 mesi come da D.lgs. 18/2023</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b677230c82/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA6A9A4E8E</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA6A9A4E8E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba6a9a4e8e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA58B0EF04</t>
+  </si>
+  <si>
+    <t>D.D. n. 46 del 10.02.2026 - Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, fornitura e posa in opera di arredi presso locale situato presso Palazzo Ateneo (primo piano - ufficio prof. Stefano Bronzini) Piazza Umberto I, 1, Bari cpv: 39120000-9 Arredi per ufficio e complementi di arredo</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA58B0EF04</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba58b0ef04/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F80B266B</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento del servizio di fornitura di libri</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F80B266B</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f80b266b/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAB3277FD2</t>
+  </si>
+  <si>
+    <t>Procedura per affidamento per la fornitura di materiale di cancelleria</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB3277FD2</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab3277fd2/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B913AF1A19</t>
+  </si>
+  <si>
+    <t>Servizi specialistici di assistenza tecnica e rendicontazione Progetto Interreg IPA South Adriatic</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B913AF1A19</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b913af1a19/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAB0F3DDEF</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il Servizio di realizzazione e fornitura di supporti grafici finalizzati alla promozione dell’immagine dell’Università degli studi di Bari per la durata di 12 mesi</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB0F3DDEF</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab0f3ddef/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAAF639931</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la SERVIZIO DI allestimento inerenti alle attività previste per “Uniba Celebration” da tenersi nel Polifunzionale studenti per inaugurazione AA 2025/2026</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAAF639931</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baaf639931/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BABE0A195C</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.Lgs. n. 36/2023, per la fornitura di attrezzature informatiche (SSM ed esigenze Rettorato).</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABE0A195C</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-babe0a195c/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA9E9C0C39</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il Servizio di manutenzione annuale della multifunzione UTAX per le esigenze del Seminario di Storia della Scienza</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9E9C0C39</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9e9c0c39/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAB0DB0654</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il servizio di agenzia finalizzato alla realizzazione di un evento previsto nel mese di marzo 2026 nell’ambito del “Mediterranean Data Center Forum”, presso il Centro Congressi della Fiera del Levante di Bari, per le esigenze della Direzione Ricerca, Terza Missione e Internazionalizzazione - Sezione Terza Missione</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB0DB0654</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab0db0654/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BABA1F409E</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il servizio integrato per la gestione di un corso di formazione dal titolo: Africa–Italy Health Bridges: Science, Communities and Shared Futures. Global health and infectious diseases. Organizzato nell’ambito del progetto TNE23-00050 – UNITAFRICA. CUP D81I24000280007</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABA1F409E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baba1f409e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA2B961355</t>
+  </si>
+  <si>
+    <t>fornitura di “Cancelleria”</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2B961355</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2b961355/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC307BEA0</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento della fornitura di Materiali promozionali per eventi Disspa dal 10/03/26 al 04/06/26</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC307BEA0</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac307bea0/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAA00D587D</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAA00D587D</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baa00d587d/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA47F53ED8</t>
+  </si>
+  <si>
+    <t>Licenza software ChatGPT Plus Team</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA47F53ED8</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba47f53ed8/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAF463B78C</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto per il servizio di stampa di locandine</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAF463B78C</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baf463b78c/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B99333AC6B</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il servizio di catering Rettorato per il giorno 22 dicembre p.v. al colonnato dell’atrio di Piazza Umberto di questa Università per le esigenze del Rettorato</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B99333AC6B</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b99333ac6b/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA5DAFA328</t>
+  </si>
+  <si>
+    <t>Servizio coffee break</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA5DAFA328</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba5dafa328/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA83F8C576</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA83F8C576</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba83f8c576/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA420AF547</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura del Servizio di consulenza organizzazione evento finale di progetto con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: BA420AF547, il codice CUP è il seguente: H53D23010590001</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA420AF547</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba420af547/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9E7320192</t>
+  </si>
+  <si>
+    <t>SERVIZIO DI SEQUENZIAMENTO SU PIATTAFORMA ILLUMINA DI CAMPIONI DI RNA</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E7320192</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e7320192/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9BAFE6262</t>
+  </si>
+  <si>
+    <t>SISTEMA INTEGRATO DI AGITATORI ORBITALI DA BANCO ED INCUBATORE STATICO PER PIASTRE</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9BAFE6262</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9bafe6262/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA7690C2A6</t>
+  </si>
+  <si>
+    <t>ACQUISTO DI UN SISTEMA DI ARCHIVIAZIONE DATI</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7690C2A6</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7690c2a6/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA96A3E334</t>
+  </si>
+  <si>
+    <t>Materiale per ricerca in ambito agronomico</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA96A3E334</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba96a3e334/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9A49745FB</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura di un servizio di Consulenza agronomica specialistica ed una Progettazione e realizzazione percorsi educativi e servizi di messa a coltura per la piena realizzazione del Centro pilota Nutraceutica: “Orto Urbano Sostenibile – Biodiversità, Educazione e Benessere”, ai sensi dell'art. 31 della L.R. n. 37/2023.</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9A49745FB</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9a49745fb/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b14bdc0032/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA2417B1D8</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2417B1D8</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2417b1d8/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA3D8A0E52</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la FORNITURA DI UN Mulino a sfere planetario PM 300 FINALIZZATO A GARANTIRE LA PIENA REALIZZAZIONE DEL PROGETTO D3 4 HEALTH - DIGITAL DRIVEN DIAGNOSTICS, PROGNOSTICS AND THERAPEUTICS FOR SUSTAINABLE HEALTH CARE</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3D8A0E52</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3d8a0e52/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA3E7C099A</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la FORNITURA DI UN LIOFILIZZATORE DA BANCO CHRIST MODELLO ALPHA 1-2 LSC BASIC, FINALIZZATO A GARANTIRE LA PIENA REALIZZAZIONE DEL PROGETTO D3 4 HEALTH - DIGITAL DRIVEN DIAGNOSTICS, PROGNOSTICS AND THERAPEUTICS FOR SUSTAINABLE HEALTH CARE</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3E7C099A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3e7c099a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA41A0449E</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la FORNITURA DI UNA STRUMENTAZIONE MAXQ 6000 INC/REF 240V WITH PLATFORM, FINALIZZATA A GARANTIRE LA PIENA REALIZZAZIONE DEL PROGETTO D3 4 HEALTH - DIGITAL DRIVEN DIAGNOSTICS, PROGNOSTICS AND THERAPEUTICS FOR SUSTAINABLE HEALTH CARE</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA41A0449E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba41a0449e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA8834693A</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento della fornitura di IS50 LASER ASSEMBLY</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8834693A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8834693a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC8B80B39</t>
+  </si>
+  <si>
+    <t>“Procedura per l’affidamento fornitura di materiale di consumo per laboratorio”</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC8B80B39</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac8b80b39/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC9156C1C</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC9156C1C</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac9156c1c/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC9034CCB</t>
+  </si>
+  <si>
+    <t>“Procedura per l’affidamento del servizio di spedizione”</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC9034CCB</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac9034ccb/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAC5AAE18F</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento della fornitura di Synology NAS e Assistenza informatica</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC5AAE18F</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac5aae18f/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAAAAAE227</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento della fornitura di plasticheria e prodotti per attività di ricerca in ambito microbiologico</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAAAAAE227</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baaaaae227/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA43DFC34D</t>
+  </si>
+  <si>
+    <t>Stampante</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA43DFC34D</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba43dfc34d/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA9740980A</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la FORNITURA DI CONSUMABILI SPECIFICI DA LABORATORIO PER LA PIENA REALIZZAZIONE DEL PROGETTO REACH-XY -RESEARCH ACTIONS FOR REDUCING THE IMPACT ON AGRICULTURAL AND NATURAL ECOSYSTEMS OF THE HARMFUL PLANTPATHOGEN XYLELLA FASTIDIOSA</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9740980A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9740980a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA9EC4D71A</t>
+  </si>
+  <si>
+    <t>apparecchiatura informatica</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9EC4D71A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9ec4d71a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B98CE035FE</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n.36/2023, per la fornitura di materiale di consumo optomeccanico, nell’ambito del progetto NATIONALQUANTUM SCIENCE AND TECHNOLOGY INSTITUTE - codice progetto PE00000023, finanziatodall'Unione Europea NextGenerationEU nell'ambito del PNRR Missione 4, Componente 2, Investimento1.3</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B98CE035FE</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b98ce035fe/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA4105460E</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura del servizio di pubblicazione di un articolo scientifico dal titolo: Digital Rydberg simulation of dynamical quantum phase transitions in the Schwinger model - ID WG10246”</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA4105460E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba4105460e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA7C15A1B6</t>
+  </si>
+  <si>
+    <t>ACQUISTO DI UN ABBONAMENTO UNLIMITED ANALYSIS PLAN CON DURATA DI 6 MESI – EYE TRACKERS: 01 SYSTEM. UNLIMITED ANALYSIS, VISUALIZATION, AND STORAGE FOR YOUR EYE TRACKING RECORDING</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7C15A1B6</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7c15a1b6/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA59E21C99</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il Servizio quadriennale (2026-2029) per le verifiche periodiche e straordinarie sugli impianti elevatori ai sensi degli artt. 13 e 14 del D.P.R. n. 162 del 30/04/1999 e ss.mm.ii. e del D.P.R. n. 214 del 05/10/2010</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA59E21C99</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba59e21c99/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA6148D629</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per l’acquisto di servizi SIAE in vista di un concerto Karaoke non energivoro – unplugged - senza l’utilizzo dell’energia elettrica, in occasione della Giornata mondiale del risparmio energetico e degli stili di vita sostenibili , inquadrata nell’iniziativa “m’ illumino di meno”, promossa da Rai radio 2 , programmata per il 16 febbraio 2026 presso l’Atrio del Palazzo Ateneo , per le esigenze della Direzione Ricerca, Terza Missione e Internazionalizzazione - Sezione Terza Missione - Centro di Eccellenza di Ateneo “Per La Sostenibilità</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA6148D629</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba6148d629/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA653F6A0D</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il servizio editoriale di editing, stampa e pubblicazione del volume dal titolo "When did we start being modern? Time, Space, Literacy and Communication in Early Modern Europe", per le esigenze del Centro Interuniversitario di Ricerca "Forme e Scritture della Modernità" (CIRM</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA653F6A0D</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba653f6a0d/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA6F6FA066</t>
+  </si>
+  <si>
+    <t>Kit per quantificazione proteica</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA6F6FA066</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba6f6fa066/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9E5E20D24</t>
+  </si>
+  <si>
+    <t>Fornitura di consumabili specifici da laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E5E20D24</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e5e20d24/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA835E91A2</t>
+  </si>
+  <si>
+    <t>C.I.G. BA835E91A2. Affidamento dell’appalto concernente il servizio di pubblicazione articolo scientifico, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023 e s.m.i..</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA835E91A2</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba835e91a2/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA8873690E</t>
+  </si>
+  <si>
+    <t>Affidamento diretto per manutenzione ordinaria della rete fognaria presso il Disspa</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8873690E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8873690e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B82BBA5163</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.Lgs. n. 36/2023, per il servizio di noleggio e installazione transenne ai Corsi di Laurea a numero programmato e prove scritte per l'ammissione ai percorsi di formazione sostegno TFA - X Ciclo A.A. 2024/2025, per le esigenze della Direzione Risorse Umane.</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B82BBA5163</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b82bba5163/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B82DDDBCB4</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il Servizio di acquisto e gestione spazi su piattaforme social per le esigenze della Direzione Affari Istituzionali</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B82DDDBCB4</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b82dddbcb4/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B84231D5FD</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il servizio straordinario svolto presso area a verde Veterinaria particella 1223 sito in agro Valenzano, per le esigenze dello Staff Logistica e Procedimenti Speciali</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B84231D5FD</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b84231d5fd/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B8476C6FD8</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la Fornitura e noleggio di attrezzature informatiche per l’allestimento dell’Aula Magna per la Conferenza di Ateneo del 19 settembre 2025</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B8476C6FD8</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b8476c6fd8/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B859AB69F3</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il servizio di produzione e divulgazione del progetto WAVEpulse per le esigenze del Centro di Eccellenza di Ateneo per la Sostenibilità</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B859AB69F3</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b859ab69f3/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B846BE2321</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura di misuratore pressorio, per le esigenze della Direzione Amministrazione e Finanza - U.O. Affari Generali e Segreteria di Direzione.</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B846BE2321</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b846be2321/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B86F891FAB</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la FORNITURA e posa in opera di ARREDI per le esigenze delle varie Direzioni dell’Amm.ne centrale</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B86F891FAB</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b86f891fab/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
     <t>B61126750A</t>
   </si>
   <si>
     <t>Conferimento di incarico di Supporto al RUP (Art.36, del d.lgs. 36/2023 come modificati e integrati dal d. lgs. n. 209/2024 ) della procedura negoziata relativa alla realizzazione del servizio di depolveratura e disinfezione in loco del materiale bibliografico custodito presso il deposito librario del Seminario giuridico interessato da allagamento, per le esigenze del Polo Bibliotecario Giuridico-politico indetta tramite RDO semplice sul Mercato Elettronico della Pubblica Amministrazione ai sensi dell’art. 50, comma 1, lett. e) del d.lgs. n. 36/2023.</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B61126750A</t>
   </si>
   <si>
     <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B61126750A/@@download/delibera_a_contrarre</t>
   </si>
   <si>
     <t>B6DC636F34</t>
   </si>
   <si>
     <t>Autorizzazione procedura a mezzo di affidamenti diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura di n. 01 bandiera DIM. 90X120 con il logo Progetto MOEBIUS per le esigenze dell’U.O. Servizio di Counseling Psicologico   - CUP H53C24000490001</t>
   </si>
   <si>
     <t>2025/05/28</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6DC636F34</t>
   </si>
   <si>
     <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6DC636F34/@@download/delibera_a_contrarre</t>
@@ -3809,50 +10418,635 @@
     <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B70B15AE93/@@download/delibera_a_contrarre</t>
   </si>
   <si>
     <t>B70DB49962</t>
   </si>
   <si>
     <t>Autorizzazione procedura a mezzo di affidamenti diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il servizio di catering presso Santa Teresa dei Maschi il 29 maggio, in occasione del PhD Day, per le esigenze della Sezione Terza Missione, nell'ambito del Progetto Patti Territoriali – CUP F61B23000370006</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B70DB49962</t>
   </si>
   <si>
     <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B70DB49962/@@download/delibera_a_contrarre</t>
   </si>
   <si>
     <t>B71039AE89</t>
   </si>
   <si>
     <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il servizio di intervento straordinario contrasto alla Xylella - presso Azienda Ricchioni sita in Modugno e Facoltà di Medicina Veterinaria sita in Valenzano, per le esigenze della Direzione Generale - Staff Logistica e Procedimenti Speciali</t>
   </si>
   <si>
     <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B71039AE89</t>
   </si>
   <si>
     <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B71039AE89/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA9742A347</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la FORNITURA DI “REAGENTI CHIMICI E MATERIALI DI CONSUMO VARI” DALL’OPERATORE ECONOMICO LEVANCHIMICA SRL,NELL’AMBITO DEL PROGETTO DI RICERCA COME DA D.D. N. 104/2022 “BANDO PRIN 2022 CODICE PROGETTO N. 202297LJZK CUP H53C24000730006 - PNRR PIANO NAZIONALE DI RIPRESA E RESILIENZA A TITOLARITÀ DEL MINISTERO DELL’UNIVERSITÀ E DELLA RICERCA, LA MISURA M4C2 – INVESTIMENTO 1.1 “FONDO PER IL PROGRAMMA NAZIONALE RICERCA (PNR) E PROGETTI DI RICERCA DI RILEVANTE INTERESSE NAZIONALE (PRIN).</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9742A347</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9742a347/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F6E116EA</t>
+  </si>
+  <si>
+    <t>Assistenza tecnica e noleggio attrezzature per servizio videoregistrazione lezioni progetto CAM.PER</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F6E116EA</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f6e116ea/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B993D50F26</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di Gas per attività di laboratorio di ricerca, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: B993D50F26. Il codice CUP è il seguente: H53D23001640006</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B993D50F26</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b993d50f26/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA683D8DAB</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura di adesione all’Accordo Quadro CONSIP denominato “Carburanti Rete Buoni Acquisto 3”, per la fornitura di Buoni Carburante con ordinativo di esecuzione immediata</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA683D8DAB</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba683d8dab/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B82BA90CC9</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura di n. 02 copie del testo – “Manuale di Legislazione Universitaria” ed. Simone per le esigenze della Direzione Generale</t>
+  </si>
+  <si>
+    <t>2025/09/15</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B82BA90CC9</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b82ba90cc9/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B8325E92D6</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.Lgs. n. 36/2023, per la Fornitura e installazione di apparecchiature per 3 ponti radio, per le esigenze della Direzione Affari Istituzionali - Centro Servizi Informatici</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B8325E92D6</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b8325e92d6/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA779BC802</t>
+  </si>
+  <si>
+    <t>NOTEBOOK ACER</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA779BC802</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba779bc802/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA8542333B</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8542333B</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8542333b/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAAE1A9136</t>
+  </si>
+  <si>
+    <t>Deposito, mantenimento e tutela dei brevetti</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAAE1A9136</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baae1a9136/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA6ECC4341</t>
+  </si>
+  <si>
+    <t>servizio di proroga assicurazione</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA6ECC4341</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba6ecc4341/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BABA386C58</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABA386C58</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baba386c58/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAB4B0FB73</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB4B0FB73</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab4b0fb73/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAB4ECAF89</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB4ECAF89</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab4ecaf89/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAA0364504</t>
+  </si>
+  <si>
+    <t>ITA GrantSpider Custom Account con 2 utenti e 32.000 crediti, accesso di 8 mesi alla piattaforma, assistenza tecnica inclusa</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAA0364504</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baa0364504/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA98820C2C</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura della licenza software PLAXIS 3D per ricerca/consulenza extra Ateneo (Edu+non profit/Com) - Licenza perpetua singola e manutenzione</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA98820C2C</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba98820c2c/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamenti diretti ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la FORNITURA DI MATERIALE DI CONSUMO , FINALIZZATO A GARANTIRE LA PIENA REALIZZAZIONE DEL PROGETTO D3 4 HEALTH - DIGITAL DRIVEN DIAGNOSTICS, PROGNOSTICS AND THERAPEUTICS FOR SUSTAINABLE HEALTH CARE - INIZIATIVA PNC_0000001 - SPOKE 3 - II EDIZIONE</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba544fcc1d-1/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA7249B7DB</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7249B7DB</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7249b7db/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA726160A0</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA726160A0</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba726160a0/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA7829A945</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7829A945</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7829a945/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA947EAF1A</t>
+  </si>
+  <si>
+    <t>n. 20 copie del volume Il fuoco di Prometeo - Intelligence e intelligenza artificiale a cura di Mario Caligiuri</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA947EAF1A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba947eaf1a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BADD0DA84F</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento della fornitura di sedie, cancelleria e altri beni di consumo</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BADD0DA84F</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-badd0da84f/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAE632FA1A</t>
+  </si>
+  <si>
+    <t>“Procedura per l’affidamento della fornitura di materiale di consumo - retini”</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE632FA1A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae632fa1a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAE60D5951</t>
+  </si>
+  <si>
+    <t>Procedura per l'affidamento del servizio noleggio bus per visita didattica</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE60D5951</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae60d5951/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAD9DF5870</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento del servizio di abbonamento per l'anno 2025 alla rivista "Studi sull'integrazione europea"</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD9DF5870</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad9df5870/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA67B5CD47</t>
+  </si>
+  <si>
+    <t>ACQUISTO DI UN SERVIZIO DI FORNITURA PRODOTTI DI STAMPA PER GLI ANNI 2026 E 2027</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA67B5CD47</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba67b5cd47/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B99140D24D</t>
+  </si>
+  <si>
+    <t>Restriction Enzime complete Set</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B99140D24D</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b99140d24d/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9949D5403</t>
+  </si>
+  <si>
+    <t>Affidamento dell’appalto concernente la fornitura di Stampante laser a colori e NAS, con procedura sottosoglia, come disciplinata dall’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023. Il codice C.I.G. è il seguente: B9949D5403, il codice CUP è il seguente: B95I24000230001</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9949D5403</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9949d5403/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B992197E85</t>
+  </si>
+  <si>
+    <t>Materiale di laboratorio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B992197E85</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b992197e85/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA6A82E9ED</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA6A82E9ED</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba6a82e9ed/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BAD0401C9F</t>
+  </si>
+  <si>
+    <t>Procedura per l’affidamento della fornitura di Kit Tamburo Stampante</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD0401C9F</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad0401c9f/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA085D7742</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il servizio di guardiania per la sede del Centro Polifunzionale Studenti piano terra Aula OrientaLab in data 14 dicembre 2025, dalle ore 15:00 alle ore 17;00 al fine di ospitare il “Tavolo Tecnico Comunità Studentesca” della RUS</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA085D7742</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba085d7742/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA121D8451</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.Lgs. n. 36/2023, per le forniture di scopini per WC, cestini per carta e targhette fori porta - ufficio, per le esigenze della Direzione Generale e della Direzione Appalti, Edilizia e Patrimonio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA121D8451</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba121d8451/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA14050913</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura di materiale di magazzino</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA14050913</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba14050913/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA11E69EEE</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura di materiale necessario all'espletamento del corso di formazione "Addetti antincendio - aggiornamento", per le esigenze della Direzione Risorse umane - Sezione Personale Contrattualizzato - U.O. Formazione</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA11E69EEE</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba11e69eee/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA11EDDEA8</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura di n. 01 Agenda Direzionale giornaliera 2026, per le esigenze della Direzione Generale</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA11EDDEA8</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba11eddea8/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA1A2CBDD8</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la fornitura del materiale necessario all' espletamento attività di formazione progetto formativo per dipendenti pubblici "Essere PA", per le esigenze della Direzione Risorse Umane - Sezione Formazione - U.O. Formazione Personale Contrattualizzato</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA1A2CBDD8</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba1a2cbdd8/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA1A28A836</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il servizio di catering destinato a n. 70 persone, presso l’atrio del colonnato del rettorato, per le esigenze della Direzione Affari Istituzionali – Sezione per la Gestione della Comunicazione Integra</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA1A28A836</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba1a28a836/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA3C696B6E</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.Lgs. n. 36/2023, per il servizio spedizione libri verso biblioteche sul territorio nazionale e internazionale, con ritiro in loco presso le strutture afferenti al Siba, comprese le sedi di Giurisprudenza ed Economia di Taranto.</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3C696B6E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3c696b6e/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA389D47DE</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il Servizio di stampa e pubblicazione volume Contini, Maria Sinatra “Empatia vs benevolenza /cod.511.2 Ed. Franco Angeli</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA389D47DE</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba389d47de/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA3C873512</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la FORNITURA di attrezzature informatiche per le esigenze del CSI e della Direzione Appalti Edilizia e Patrimonio</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3C873512</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3c873512/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA4B2939D1</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.Lgs. n. 36/2023, per la fornitura di n.1 fascia salvamuro per le esigenze dell'U.O. Servizio Prevenzione e Protezione.</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA4B2939D1</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba4b2939d1/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA4A0BAF5A</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.Lgs. n. 36/2023, per la fornitura spille per finisher – stampante Kyocera 7003i, per le esigenze della Direzione Risorse Umane</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA4A0BAF5A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba4a0baf5a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA4F869B35</t>
+  </si>
+  <si>
+    <t>Hardware vario robotica gennaio 2026 per il progetto DARE</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA4F869B35</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba4f869b35/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA4A1759AD</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per la stampa del diploma SSIS Liuzzi Daniela per le esigenze dell’U.O. Corsi di Perfezionamento, alta Formazione e Formazione Insegnanti</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA4A1759AD</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba4a1759ad/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA4044FAD4</t>
+  </si>
+  <si>
+    <t>Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per il servizio di catering nell’ambito del Progetto DESK (Developing Shared Knowledge in Innovative Materials and Digital Transformation for Sustainable Economy and Green Transition - Codice identificativo: TNE23-00022), in programma il 9 febbraio 2026 presso l’Aula Magna “Aldo Cossu” del Palazzo Ateneo, per le esigenze della Sezione Internazionalizzazione – U.O. Cooperazione Internazionale. CUP: H91I24000380007</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA4044FAD4</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba4044fad4/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F5BFBA1D</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F5BFBA1D</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f5bfba1d/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F8547E66</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F8547E66</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f8547e66/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA41F31A09</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA41F31A09</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba41f31a09/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA53BCF9A9</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA53BCF9A9</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba53bcf9a9/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA483ECA24</t>
+  </si>
+  <si>
+    <t>Arredi ed illuminazione</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA483ECA24</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba483eca24/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>BA481D2E2A</t>
+  </si>
+  <si>
+    <t>Segnaletica e pensilina</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA481D2E2A</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba481d2e2a/@@download/delibera_a_contrarre</t>
+  </si>
+  <si>
+    <t>B9F0E98D8E</t>
+  </si>
+  <si>
+    <t>D.D. 24 del 21.1.2026 Autorizzazione procedura a mezzo affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023, per servizio di ristorazione in occasione di un Convegno Internazionale di Studi dal titolo: “Lasciare ogni speranza? Visioni dell’aldilà e destino dei dannati dall’Antichità al Medioevo”</t>
+  </si>
+  <si>
+    <t>https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F0E98D8E</t>
+  </si>
+  <si>
+    <t>https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f0e98d8e/@@download/delibera_a_contrarre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3868,52 +11062,52 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <numFmt numFmtId="164" formatCode="#,##0.00"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:G293" totalsRowShown="0">
-  <autoFilter ref="A1:G293"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:G907" totalsRowShown="0">
+  <autoFilter ref="A1:G907"/>
   <tableColumns count="7">
     <tableColumn id="1" name="CIG" dataDxfId="0"/>
     <tableColumn id="2" name="Struttura proponente" dataDxfId="0"/>
     <tableColumn id="3" name="Oggetto" dataDxfId="0"/>
     <tableColumn id="4" name="Data affidamento" dataDxfId="0"/>
     <tableColumn id="5" name="Link BDNCP" dataDxfId="0"/>
     <tableColumn id="6" name="URL Delibera" dataDxfId="0"/>
     <tableColumn id="7" name="Procedure collegate" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -4167,56 +11361,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B0A88D2E2F" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b0a88d2e2f/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B80CE26272" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b80ce26272/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B67F3B8105" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b67f3b8105-1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B8F51582BE" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b8f51582be/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B712CF9285" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B712CF9285/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B712D8CBD1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B712D8CBD1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B712DF30D4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B712DF30D4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B71D14CD4B" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B71D14CD4B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B71D1E076F" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B71D1E076F/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B71E9C602D" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B71E9C602D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B72C14BA5D" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B72C14BA5D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B730464946" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B730464946/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7315AFE8B" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7315AFE8B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B731C58D8E" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B731C58D8E/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B732E67496" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B732E67496/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B73BB5B60B" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B73BB5B60B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B73BB901C9" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B73BB901C9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B73BE82002" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B73BE82002/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B74302EE12" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B74302EE12/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7430F73F4" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7430F73F4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B743E3B66B" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B743E3B66B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B74585F8D4" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B74585F8D4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7458A636D" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7458A636D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7496D0014" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7496D0014/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7496E623B" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7496E623B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B749706CA0" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B749706CA0/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B749816D16" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B749816D16/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B749852E99" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B749852E99/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B74B3A9E5B" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B74B3A9E5B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B74B4016FC" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B74B4016FC/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B74BEC7AF4" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B74BEC7AF4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B74C7D864F" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B74C7D864F/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B74ED49C18" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B74ED49C18/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B753B2A0A4" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B753B2A0A4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7552D3707" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7552D3707/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7556F3E75" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7556F3E75/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7672B47B7" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7672B47B7/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7672BF0CD" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7672BF0CD/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7672D0ED0" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7672D0ED0/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7672D4221." TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7672D4221./@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7672D856D" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7672D856D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B775A78A07" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B775A78A07/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B77CBF83CE" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B77CBF83CE/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B77CDE1756" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B77CDE1756/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B77F072DC1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B77F072DC1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B783423A1A" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B783423A1A/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7834C5FC8" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7834C5FC8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B786EE3582" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B786EE3582/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B78ACB8C01" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B78ACB8C01/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A05A4F77" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A05A4F77/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A0675BF1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A0675BF1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A06D7CD0" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A06D7CD0/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A0809956" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A0809956/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A08579B4" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A08579B4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A251628D" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A251628D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A274F819" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A274F819/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A33DE534" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A33DE534/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A3423E22" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A3423E22/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A344D0CF" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A344D0CF/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A3499F82" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A3499F82/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A34FF3B2" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A34FF3B2/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A6D8CE7B" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A6D8CE7B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A71D46F0" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A71D46F0/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7AB47961F" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7AB47961F/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7ADAB5370" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7ADAB5370/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7AE932832" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7AE932832/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7AF50F26A" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7AF50F26A/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7B95209B2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7B95209B2/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7BA1AA2AE" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7BA1AA2AE/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7BF900515" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7BF900515/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7C4247D7D" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7C4247D7D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7C42D7455" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7C42D7455/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7C5678717" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7C5678717/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7CB2B4455" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7CB2B4455/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7CB30030D" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7CB30030D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7CB356A03" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7CB356A03/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7CB735BCF" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7CB735BCF/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7CC010A99" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7CC010A99/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7CF1FDDCF" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7CF1FDDCF/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7CF2DC5D8" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7CF2DC5D8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7CF37DAB3" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7CF37DAB3/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7CF440B9E" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7CF440B9E/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7CF4E8643" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7CF4E8643/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7D0785278" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7D0785278/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7D0831069" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7D0831069/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7D088A9D8" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7D088A9D8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7D10417AB" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7D10417AB/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7D8EB62B8" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7D8EB62B8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7D8EFAAD3" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7D8EFAAD3/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7D8F3F3C6" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7D8F3F3C6/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7DDA9B409" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7DDA9B409/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7DDAF80C9" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7DDAF80C9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7E159B440" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7E159B440/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5DAFEA88E" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b5dafea88e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B67F3B8105" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b67f3b8105/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6E8CECA7C" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6E8CECA7C/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6CF63264C" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6CF63264C/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6D1B723A8" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6D1B723A8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6DC5EB15A" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6DC5EB15A/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6E8B4D406" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6E8B4D406/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6BB4FD4C8" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6BB4FD4C8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6C272DFC7" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6C272DFC7/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B68A03ACA4" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B68A03ACA4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6A5061C3B" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6A5061C3B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6D2562707" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6D2562707/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6BFA3FC08" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6BFA3FC08/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B692CE62B2" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B692CE62B2/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6CF09CA38" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6CF09CA38/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6C14C3DAA" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6C14C3DAA/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6CF39F679" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6CF39F679/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6844FAF5B" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6844FAF5B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6B5C55871" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6B5C55871/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B68E8AE6F1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B68E8AE6F1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6835EE499" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6835EE499/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6B764856D" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6B764856D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B66708AE3E" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B66708AE3E/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6A4C182F8" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6A4C182F8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6BA90DAE2" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6BA90DAE2/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6BEABCF0E" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6BEABCF0E/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B672CC1021" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B672CC1021/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6D27498E9" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6D27498E9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6748E69DF" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6748E69DF/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B652EDA73B" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B652EDA73B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6A4CDC4B6" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6A4CDC4B6/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B68F231060" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B68F231060/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B68C251E63" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B68C251E63/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B67A7FE32F" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B67A7FE32F/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B67A81ED94" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B67A81ED94/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B67E9A7269" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B67E9A7269/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B67C061312" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B67C061312/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B66734D5BO" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B66734D5BO/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6677E71CF" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6677E71CF/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6ADD3EAB6" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6ADD3EAB6/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6878BD670" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6878BD670/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6CF2A3684" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6CF2A3684/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6DC96C593" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6DC96C593/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B68A0CA37C" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B68A0CA37C/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6BB2E7C1A" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6BB2E7C1A/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B69D6EF3F6" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B69D6EF3F6/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6981B3D84" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6981B3D84/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6672078A9" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6672078A9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6883E7CED" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6883E7CED/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6820B1DD5" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6820B1DD5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6498CE4A6" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6498CE4A6/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6B64F9CD7" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6B64F9CD7/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6B6E97C8C" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6B6E97C8C/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B677230C82" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B677230C82/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6BEA2FAB4" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6BEA2FAB4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B67A85C0C2" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B67A85C0C2/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B691D14487" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B691D14487/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B64267ABEC" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B64267ABEC/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B63C0B71F8" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B63C0B71F8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B64DCB6E5E" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B64DCB6E5E/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B62ECC5AD7" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B62ECC5AD7/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6E057F8B9" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6E057F8B9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B67E2A384C" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B67E2A384C/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6366B6BEC" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6366B6BEC/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B62EC5B360" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B62EC5B360/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B61E66560F" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B61E66560F/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B656F4500B" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B656F4500B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B67BD54E8E" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B67BD54E8E/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B61E88FF39" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B61E88FF39/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B61E426B8C" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B61E426B8C/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B61484159B" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B61484159B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B639993533" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B639993533/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6399C5E73" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6399C5E73/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B63C4C9DD7" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B63C4C9DD7/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B61E7DCB83" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B61E7DCB83/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B611E92F9B" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B611E92F9B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B64AC89CDB" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B64AC89CDB/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B67E2001CB" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B67E2001CB/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6E8D26A59" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6E8D26A59/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B621C92B1D" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B621C92B1D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B624483110" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B624483110/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B698114A4F" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B698114A4F/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5FD91125B" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5FD91125B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B61E722208" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B61E722208/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6529B7A0E" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6529B7A0E/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B631131940" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B631131940/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B61E580914" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B61E580914/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5FD8D1D87" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5FD8D1D87/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B62998FFDE" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B62998FFDE/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B62EC9D9D5" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B62EC9D9D5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B64990C7CF" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B64990C7CF/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5FD650C8F" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5FD650C8F/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5F22642AB" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5F22642AB/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B611E0B038" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B611E0B038/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6113656A5" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6113656A5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B644FF897A" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B644FF897A/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5F81DDBFF" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5F81DDBFF/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5E5E2936C" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5E5E2936C/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6365D1EF1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6365D1EF1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5F1E6459F" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5F1E6459F/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5F20214D9" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5F20214D9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5F20AD60" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5F20AD60/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B63193569E" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B63193569E/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B611320DB2" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B611320DB2/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B611310082" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B611310082/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5F2125B66" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5F2125B66/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5F8215A36" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5F8215A36/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6003E9D6C" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6003E9D6C/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6299B70E5" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6299B70E5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B60036B574" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B60036B574/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B600387C8D" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B600387C8D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B629B83C7C" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B629B83C7C/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6145E9678" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6145E9678/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5BC618229" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5BC618229/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5FE8AC322" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5FE8AC322/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5D9B0BF5D" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5D9B0BF5D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5D545DBBA" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5D545DBBA/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5F95233AC" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5F95233AC/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6B4F87A5A" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6B4F87A5A/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6671CC7F9" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6671CC7F9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5E27A1344" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5E27A1344/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5AA913D86" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5AA913D86/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5B914E20E" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5B914E20E/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5D4160051" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5D4160051/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5D89E36FB" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5D89E36FB/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5B5F792A5" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5B5F792A5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B681626A8D" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B681626A8D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6137D25E1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6137D25E1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B611138AFD" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B611138AFD/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B621CEB491" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B621CEB491/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B611121803" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B611121803/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5FD0F5130" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5FD0F5130/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5C1C8DAE1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5C1C8DAE1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B616FD3D23" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B616FD3D23/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5C1E33721" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5C1E33721/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5D428E986" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5D428E986/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5BC644677" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5BC644677/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5D9A9D49A" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5D9A9D49A/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5B5AF9BF9" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5B5AF9BF9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5B61D76BA" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5B61D76BA/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5A307FC72" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5A307FC72/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B588B28916" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B588B28916/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B591C2A323" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B591C2A323/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5A97F0943" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5A97F0943/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5D53B72C0" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5D53B72C0/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5A30284A9" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5A30284A9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B57A7260A6" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B57A7260A6/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5912BA962" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5912BA962/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B591A36685" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B591A36685/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5747DAC6B" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5747DAC6B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5F1F8A83?" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5F1F8A83%3F/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5C91AAFFA" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5C91AAFFA/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B591113C4F" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B591113C4F/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5910203CA" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5910203CA/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B55DF3F7AD" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B55DF3F7AD/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B57648331D" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B57648331D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5AA7B2A39" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5AA7B2A39/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5621DF2BD" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5621DF2BD/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B57709DFA6" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B57709DFA6/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5F945F1EE" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5F945F1EE/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B592F0D919" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B592F0D919/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5779F44C7" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5779F44C7/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B54E9B9AE9" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B54E9B9AE9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5663FE357" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5663FE357/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B56CD95606" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B56CD95606/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B54EA51859" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B54EA51859/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B54EA02728" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B54EA02728/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B552533FCC" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B552533FCC/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B54447AD5E" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B54447AD5E/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B62E918250" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B62E918250/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5C1AF0611" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5C1AF0611/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5F1ABF3B0" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5F1ABF3B0/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B55D8EBECD" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B55D8EBECD/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B51F69E8EE" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B51F69E8EE/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B51899D500" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B51899D500/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B51880979B" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B51880979B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B61126750A" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B61126750A/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6DC636F34" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6DC636F34/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6E43D8C27" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6E43D8C27/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6EF5051F2" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6EF5051F2/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6F6553F2E" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6F6553F2E/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6F65A3137" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6F65A3137/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6F68D10F3" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6F68D10F3/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6F6913768" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6F6913768/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6FE34809D" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6FE34809D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6FE3A6E2B" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6FE3A6E2B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6FE49643C" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6FE49643C/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6FE509323" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6FE509323/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6FE5D075A" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6FE5D075A/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6FFAD60BA" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6FFAD60BA/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6FFB6029B" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6FFB6029B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6FFBA5B89" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6FFBA5B89/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B70335F837" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B70335F837/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7033CB159" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7033CB159/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7065BE981" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7065BE981/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7088DA2A5" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7088DA2A5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B70B15AE93" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B70B15AE93/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B70DB49962" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B70DB49962/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B71039AE89" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B71039AE89/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA1465C687" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba1465c687/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F67196B6" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f67196b6-1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9FA0108FB" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9fa0108fb/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8182A588" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8182a588-1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E8800B91" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e8800b91/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAA29FDF10" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baa29fdf10/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC4900A93" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac4900a93/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B0A88D2E2F" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b0a88d2e2f/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9EEF5841" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9eef5841/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA81D9A240" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba81d9a240-1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8EAB21EC" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8eab21ec/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8EC5B0A5" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8ec5b0a5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAA71F530B" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baa71f530b/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA93724797" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba93724797/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAA96B244B" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baa96b244b/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA971D6770" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba971d6770/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA97E25FB7" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba97e25fb7/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAAA534D2C" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baaa534d2c/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA07163660" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba07163660/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F01EB7B4" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f01eb7b4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F0B88696" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f0b88696/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F0C0E52B" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f0c0e52b/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F0D72AF1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f0d72af1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F0CD26E9" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f0cd26e9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE692663A" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae692663a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA49BA3C16" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba49ba3c16/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA5FAACB08" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba5faacb08/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABA7118D4" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baba7118d4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA489B3EA5" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba489b3ea5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA968F862D" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba968f862d/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC36FFF1A" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac36fff1a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABA58B6FE" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baba58b6fe/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABA58B6FE" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baba58b6fe-1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B14BDC0032" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b14bdc0032-1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA883D4E67" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba883d4e67/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA973D3B79" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba973d3b79/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA0DE4F8FA" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba0de4f8fa/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABAA8FA94" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-babaa8fa94/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2BFE2156" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2bfe2156/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2C646766" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2c646766/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA36645FD3" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba36645fd3/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA53210EB7" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba53210eb7/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA78530B91" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba78530b91/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA74B94125" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba74b94125/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA816BC77F" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba816bc77f/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8182A588" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8182a588/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA81D9A240" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba81d9a240/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA52E46E3F" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba52e46e3f/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3D91708A" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3d91708a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA427F3433" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba427f3433/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA07163660" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba07163660-1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9126AAE58" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9126aae58/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA389B4D74" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba389b4d74/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA64CAF8A8" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba64caf8a8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE9E7FC55" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae9e7fc55/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAAA9F597A" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baaa9f597a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2EB46FEE" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2eb46fee/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA4872C8BB" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba4872c8bb/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7218B0E3" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7218b0e3/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA723F3D36" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba723f3d36/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA72579F0C" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba72579f0c/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA90487324" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba90487324/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA783C1CB5" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba783c1cb5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9EBB24F6C" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9ebb24f6c/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E3527D58" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e3527d58/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B95CC18ABF" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b95cc18abf/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA49688586" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba49688586/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB1451EBA" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab1451eba/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA723992F4" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba723992f4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA6CB4A311" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba6cb4a311/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA73A90674" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba73a90674/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA730C519E" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba730c519e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7360CC7C" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7360cc7c/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9313CF307" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9313cf307/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B994B1C1DD" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b994b1c1dd/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA747A307E" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba747a307e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA75353590" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba75353590/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7715BDE4" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7715bde4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB4CB46E0" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab4cb46e0/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA47F8BD0F" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba47f8bd0f/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F5CFF0AF" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f5cff0af/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F846109D" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f846109d/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA54183E7C" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba54183e7c/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA6D766145" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba6d766145/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA67C8A681" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba67c8a681/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA6F191973" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba6f191973/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA733AE867" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba733ae867/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA44F683CF" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba44f683cf/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9235BE1C0" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9235be1c0/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD6BF98D8" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad6bf98d8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD48E457E" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad48e457e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA5434FA18" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba5434fa18/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB8270EAD" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab8270ead/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABA3E49EB" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baba3e49eb/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABA61BDD1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baba61bdd1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E5B6A073" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e5b6a073/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E79226C3" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e79226c3/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E78F40CF" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e78f40cf/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA07EDA2EF" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba07eda2ef/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA1678972C" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba1678972c/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BACF06F63F" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bacf06f63f/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAF4E30888" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baf4e30888/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BADB9BE646" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-badb9be646/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAF83DC325" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baf83dc325/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA598ABAEF" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba598abaef/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA6A067EE5" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba6a067ee5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA68BB9E26" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba68bb9e26/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA83F82D33" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba83f82d33/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B808A2DAAD" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b808a2daad/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B8126EF701" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b8126ef701/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B84150EBFE" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b84150ebfe/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B846A32E9E" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b846a32e9e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B8590DEA61" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b8590dea61/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B8644AED2F" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b8644aed2f/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B86468A600" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b86468a600/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA88F0D14B" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba88f0d14b/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA012D2C78" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba012d2c78/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8E2733DE" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8e2733de/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA92BE3E1B" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba92be3e1b/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA88493C06" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba88493c06/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2D8CAEF6" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2d8caef6/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA51BF619A" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba51bf619a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E9602AD4" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e9602ad4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9FEEFB906" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9feefb906/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8A2D21C3" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8a2d21c3/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA54625138" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba54625138/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8EC6DF7B" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8ec6df7b/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8473688D" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8473688d/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA39BEE7F7" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba39bee7f7/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3F71F8DE" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3f71f8de/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB066841C" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab066841c/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD14010C3" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad14010c3/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA20222B24" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba20222b24/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAF30E4855" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baf30e4855/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAF313D4C9" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baf313d4c9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC37D8231" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac37d8231/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA95237F39" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba95237f39/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA952F07E6" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba952f07e6/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9CEB5B2F" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9ceb5b2f/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB2F30B76" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab2f30b76/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2B933D5C" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2b933d5c/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC30365B2" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac30365b2/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA49924CC4" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba49924cc4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC30E4549" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac30e4549/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC401703F" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac401703f/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA6E833E8D" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba6e833e8d/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA700F2A5D" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba700f2a5d/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB01E9E43" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab01e9e43/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA700F5CD6" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba700f5cd6/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7BE0C790" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7be0c790/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA75605EF5" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba75605ef5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC5FCDB6B" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac5fcdb6b/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE07B3B4E" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae07b3b4e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD493AC74" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad493ac74/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE148F7F4" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae148f7f4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC1597DC5" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac1597dc5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE980C9E3" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae980c9e3/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD495EA2A" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad495ea2a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA39E531D6" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba39e531d6-6/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B937681530" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b937681530/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9A07F8C3" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9a07f8c3/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9EEAFE7B" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9eeafe7b/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA94229F8B" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba94229f8b/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9734AA6B" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9734aa6b/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAA7163A8D" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baa7163a8d/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB07F5BB7" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab07f5bb7/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA68024F5A" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba68024f5a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA54EA54E8" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba54ea54e8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA014DCB3D" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba014dcb3d/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3BD5045A" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3bd5045a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9025B84F" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9025b84f/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA98C8E3EF" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba98c8e3ef/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA96841F26" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba96841f26/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB06084E3" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab06084e3/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB34A8EC6" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab34a8ec6/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8A0A4548" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8a0a4548/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC33E718A" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac33e718a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAEB4BE800" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baeb4be800/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE9FD890A" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae9fd890a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3BCED2A8" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3bced2a8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B80CE26272" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b80ce26272/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAF4FB6A5E" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baf4fb6a5e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB6D71B17" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab6d71b17/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7FB5D125" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7fb5d125/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA76164135" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba76164135/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B994A54CCE" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b994a54cce-1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BADAD3916E" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-badad3916e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9CE8753B" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9ce8753b/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B67F3B8105" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b67f3b8105-1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA67C657F8" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba67c657f8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA1D8A5E69" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba1d8a5e69/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA33D0CB38" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba33d0cb38/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2D0FF0A7" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2d0ff0a7/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E7D7EFB4" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e7d7efb4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E7DD9ACE" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e7dd9ace/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E7E901D5" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e7e901d5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9EDEC77F8" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9edec77f8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9EDF179FC" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9edf179fc/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA60B144FD" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba60b144fd/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA6A6C8281" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba6a6c8281/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F669BEB9" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f669beb9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E1B0B18C" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e1b0b18c/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E2942C88" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e2942c88/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA20B2E260" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba20b2e260/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9AEC21486" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9aec21486/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9B6603939" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9b6603939/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA60260662" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba60260662/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA59FE6270" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba59fe6270/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA65A20045" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba65a20045/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2F18AB99" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2f18ab99/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA49A153A8" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba49a153a8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA49AFE3EF" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba49afe3ef/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA44337447" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba44337447/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA440466E1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba440466e1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA700EF7E4" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba700ef7e4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA700F3B30" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba700f3b30/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA700F4C03" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba700f4c03/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B131DEDA0A" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b131deda0a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B131DEDA0A" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b131deda0a-1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB785EF3E" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab785ef3e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BACC04EEA0" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bacc04eea0/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BACA54C506" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baca54c506/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7E9C4B7D" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7e9c4b7d/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA65825DDD" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba65825ddd/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7A41E1B8" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7a41e1b8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA53ED0444" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba53ed0444/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9AEC90021" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9aec90021/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA49915067" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba49915067/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA544B1E38" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba544b1e38/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA79C35AA0" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba79c35aa0/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA801D9B02" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba801d9b02/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA69A254E5" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba69a254e5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B8E9074513" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b8e9074513/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA6EBFCE32" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba6ebfce32/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BACA019AA4" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baca019aa4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7650C59D" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7650c59d-1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD61D8D07" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad61d8d07/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD608FD87" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad608fd87/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BACDF7864A" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bacdf7864a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BACFDFC4F5" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bacfdfc4f5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E22D9259" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e22d9259/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E5458AC7" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e5458ac7/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E82F9582" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e82f9582/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9EBB8E6E8" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9ebb8e6e8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F05E609E" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f05e609e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA05B3CE82" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba05b3ce82/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC31FFED0" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac31ffed0/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BACD8CA328" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bacd8ca328/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD2BAEA72" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad2baea72/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA42BF7488" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba42bf7488/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA44418DF1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba44418df1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B931429D49" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b931429d49/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E25BF6A9" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e25bf6a9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E3D68D0C" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e3d68d0c/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E2283B5E" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e2283b5e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E3460921" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e3460921/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA444CA0D9" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba444ca0d9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E38843E0" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e38843e0/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9EBA73D5C" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9eba73d5c/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA028298AF" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba028298af/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA243FE476" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba243fe476/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2D861852" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2d861852/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3D6284CA" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3d6284ca/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA548A94A9" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba548a94a9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9919B3B91" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9919b3b91/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E3C1FD8C" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e3c1fd8c/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9EFE87B67" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9efe87b67/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9105AF6F8" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9105af6f8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B991A21659" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b991a21659/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA29340C4A" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba29340c4a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B993E6EB2B" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b993e6eb2b/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC085F537" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac085f537/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE641256F" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae641256f/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB453CD09" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab453cd09/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BADE3CB9D4" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bade3cb9d4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA83349713" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba83349713/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABB8A0639" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-babb8a0639/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA1E83FE5D" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba1e83fe5d/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F6B193BF" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f6b193bf/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAAA33DE15" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baaa33de15/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA16C07C2D" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba16c07c2d/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA1F10AFF2" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba1f10aff2/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA0866C239" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba0866c239/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA1354A04C" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba1354a04c/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA1330F915" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba1330f915/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA120D91E3" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba120d91e3/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA11FAFBF5" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba11fafbf5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA11DAB227" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba11dab227/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA150FA97D" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba150fa97d/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA08457A5E" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba08457a5e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2F14EA16" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2f14ea16/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3C4FC917" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3c4fc917/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3C953DE9" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3c953de9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA4EA18AC1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba4ea18ac1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA4EEAC1EE" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba4eeac1ee/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3E47953E" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3e47953e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3F6848F5" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3f6848f5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3E5D546C" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3e5d546c/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB453CD09" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab453cd09-1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9DD6E179" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9dd6e179/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC3313297" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac3313297/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8830B88A" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8830b88a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB4326460" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab4326460-1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7C1493AE" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7c1493ae/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2ED1A227" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2ed1a227/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7DF3DB81" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7df3db81/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB8CF8F7C" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab8cf8f7c/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAAE5DA6AC" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baae5da6ac/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA48EE5834" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba48ee5834/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9A84CE079" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9a84ce079/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA815DDF76" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba815ddf76/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA82501E0A" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba82501e0a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA77915E30" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba77915e30/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA83A93AF1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba83a93af1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7D406A48" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7d406a48/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F1CB1FCB" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f1cb1fcb/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3677F2F6" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3677f2f6/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F808F988" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f808f988/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA732D4482" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba732d4482/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC7D6140A" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac7d6140a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD5C02C24" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad5c02c24/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC4F33836" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac4f33836-1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC3408CC2" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac3408cc2/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9EF8A4FC8" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9ef8a4fc8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F64CAEFE" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f64caefe/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F655A5D6" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f655a5d6/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F66338E8" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f66338e8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9FDD3D0F" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9fdd3d0f/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BACFE38678" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bacfe38678/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA60F80B23" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba60f80b23/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B98D1A33CE" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b98d1a33ce/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9FFF20BAE" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9fff20bae/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9FFADE830" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9ffade830/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA1E85C64E" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba1e85c64e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA33A8554E" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba33a8554e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9D65F40E4" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9d65f40e4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E7D169E3" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e7d169e3/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2D3F522C" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2d3f522c/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA4AE4D307" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba4ae4d307/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E7E28BFF" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e7e28bff/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9EDE6DDB1" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9ede6ddb1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9EDE36052" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9ede36052/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA68C15A13" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba68c15a13/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA694C6635" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba694c6635/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA1BE25018" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba1be25018/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA1BFFB3F2" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba1bffb3f2/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA87553659" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba87553659/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA42F9C677" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba42f9c677/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA64207D6F" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba64207d6f/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA53E3A87A" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba53e3a87a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B8F51582BE" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b8f51582be/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAAA94DED5" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baaa94ded5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAADEFAA45" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baadefaa45/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9D842CDC" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9d842cdc/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC9E4BD62" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac9e4bd62/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F69494D7" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f69494d7/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAEB4421AE" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baeb4421ae/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA0C52CAA5" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba0c52caa5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA40A7D458" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba40a7d458/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BADC26F268" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-badc26f268/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BADC20F32F" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-badc20f32f/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B712CF9285" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B712CF9285/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B712D8CBD1" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B712D8CBD1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B712DF30D4" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B712DF30D4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B71D14CD4B" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B71D14CD4B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B71D1E076F" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B71D1E076F/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B71E9C602D" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B71E9C602D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B72C14BA5D" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B72C14BA5D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B730464946" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B730464946/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7315AFE8B" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7315AFE8B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B731C58D8E" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B731C58D8E/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B732E67496" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B732E67496/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B73BB5B60B" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B73BB5B60B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B73BB901C9" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B73BB901C9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B73BE82002" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B73BE82002/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B74302EE12" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B74302EE12/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7430F73F4" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7430F73F4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B743E3B66B" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B743E3B66B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B74585F8D4" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B74585F8D4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7458A636D" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7458A636D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7496D0014" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7496D0014/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7496E623B" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7496E623B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B749706CA0" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B749706CA0/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B749816D16" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B749816D16/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B749852E99" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B749852E99/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B74B3A9E5B" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B74B3A9E5B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B74B4016FC" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B74B4016FC/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B74BEC7AF4" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B74BEC7AF4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B74C7D864F" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B74C7D864F/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B74ED49C18" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B74ED49C18/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B753B2A0A4" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B753B2A0A4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7552D3707" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7552D3707/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7556F3E75" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7556F3E75/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7672B47B7" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7672B47B7/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7672BF0CD" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7672BF0CD/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7672D0ED0" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7672D0ED0/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7672D4221." TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7672D4221./@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7672D856D" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7672D856D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B775A78A07" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B775A78A07/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B77CBF83CE" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B77CBF83CE/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B77CDE1756" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B77CDE1756/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B77F072DC1" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B77F072DC1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B783423A1A" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B783423A1A/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7834C5FC8" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7834C5FC8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B786EE3582" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B786EE3582/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B78ACB8C01" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B78ACB8C01/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A05A4F77" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A05A4F77/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A0675BF1" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A0675BF1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A06D7CD0" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A06D7CD0/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A0809956" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A0809956/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A08579B4" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A08579B4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A251628D" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A251628D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A274F819" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A274F819/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A33DE534" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A33DE534/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A3423E22" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A3423E22/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A344D0CF" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A344D0CF/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A3499F82" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A3499F82/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A34FF3B2" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A34FF3B2/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A6D8CE7B" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A6D8CE7B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A71D46F0" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7A71D46F0/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7AB47961F" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7AB47961F/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7ADAB5370" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7ADAB5370/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7AE932832" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7AE932832/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7AF50F26A" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7AF50F26A/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7B95209B2" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7B95209B2/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7BA1AA2AE" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7BA1AA2AE/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7BF900515" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7BF900515/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7C4247D7D" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7C4247D7D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7C42D7455" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7C42D7455/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7C5678717" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7C5678717/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7CB2B4455" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7CB2B4455/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7CB30030D" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7CB30030D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7CB356A03" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7CB356A03/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7CB735BCF" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7CB735BCF/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7CC010A99" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7CC010A99/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7CF1FDDCF" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7CF1FDDCF/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7CF2DC5D8" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7CF2DC5D8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7CF37DAB3" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7CF37DAB3/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7CF440B9E" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7CF440B9E/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7CF4E8643" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7CF4E8643/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7D0785278" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7D0785278/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7D0831069" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7D0831069/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7D088A9D8" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7D088A9D8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7D10417AB" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7D10417AB/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7D8EB62B8" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7D8EB62B8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7D8EFAAD3" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7D8EFAAD3/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7D8F3F3C6" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7D8F3F3C6/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7DDA9B409" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7DDA9B409/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7DDAF80C9" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7DDAF80C9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7E159B440" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7E159B440/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA91B3E1D5" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba91b3e1d5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABAC6B365" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-babac6b365/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA844D8478" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba844d8478/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC0BD2DE1" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac0bd2de1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAAF4BAD20" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baaf4bad20/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD6F213A2" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad6f213a2/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD8CEB8CD" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad8ceb8cd/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE0E0742E" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae0e0742e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABB85AC73" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-babb85ac73/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E9510322" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e9510322/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9FA42140C" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9fa42140c/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD117AAD4" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad117aad4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAF8AC247E" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baf8ac247e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2DC480BB" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2dc480bb/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5DAFEA88E" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b5dafea88e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B67F3B8105" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b67f3b8105/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAEC0D2F97" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baec0d2f97/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAEA36572C" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baea36572c/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB3EA7E87" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab3ea7e87/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC3954BC4" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac3954bc4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9D7CFDF5" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9d7cfdf5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9FDD3D0F" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9fdd3d0f-1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BACF4DCD38" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bacf4dcd38/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD6794877" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad6794877/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB3412301" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab3412301/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB3412301" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab3412301-1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B70078CDFF" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b70078cdff/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9C654116" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9c654116/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB4F02DC0" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab4f02dc0/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB47DC798" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab47dc798/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9DF254835" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9df254835/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB4A87B38" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab4a87b38/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F96356F0" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f96356f0/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD5082EAC" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad5082eac/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC2FDA9C5" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac2fda9c5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BADA16C46B" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bada16c46b/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA013C00E3" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba013c00e3/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD1302E50" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad1302e50/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAF80CEDCE" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baf80cedce/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAF4D6F943" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baf4d6f943/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6E8CECA7C" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6E8CECA7C/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6CF63264C" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6CF63264C/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6D1B723A8" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6D1B723A8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6DC5EB15A" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6DC5EB15A/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6E8B4D406" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6E8B4D406/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6BB4FD4C8" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6BB4FD4C8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6C272DFC7" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6C272DFC7/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B68A03ACA4" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B68A03ACA4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6A5061C3B" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6A5061C3B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6D2562707" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6D2562707/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6BFA3FC08" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6BFA3FC08/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B692CE62B2" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B692CE62B2/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6CF09CA38" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6CF09CA38/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6C14C3DAA" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6C14C3DAA/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6CF39F679" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6CF39F679/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6844FAF5B" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6844FAF5B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6B5C55871" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6B5C55871/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B68E8AE6F1" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B68E8AE6F1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6835EE499" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6835EE499/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6B764856D" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6B764856D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B66708AE3E" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B66708AE3E/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6A4C182F8" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6A4C182F8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6BA90DAE2" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6BA90DAE2/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6BEABCF0E" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6BEABCF0E/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B672CC1021" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B672CC1021/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6D27498E9" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6D27498E9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6748E69DF" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6748E69DF/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B652EDA73B" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B652EDA73B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6A4CDC4B6" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6A4CDC4B6/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B68F231060" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B68F231060/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B68C251E63" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B68C251E63/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B67A7FE32F" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B67A7FE32F/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B67A81ED94" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B67A81ED94/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B67E9A7269" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B67E9A7269/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B67C061312" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B67C061312/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B66734D5BO" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B66734D5BO/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6677E71CF" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6677E71CF/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6ADD3EAB6" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6ADD3EAB6/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6878BD670" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6878BD670/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6CF2A3684" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6CF2A3684/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6DC96C593" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6DC96C593/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B68A0CA37C" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B68A0CA37C/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6BB2E7C1A" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6BB2E7C1A/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B69D6EF3F6" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B69D6EF3F6/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6981B3D84" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6981B3D84/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6672078A9" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6672078A9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6883E7CED" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6883E7CED/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6820B1DD5" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6820B1DD5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6498CE4A6" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6498CE4A6/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6B64F9CD7" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6B64F9CD7/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6B6E97C8C" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6B6E97C8C/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B677230C82" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B677230C82/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6BEA2FAB4" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6BEA2FAB4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B67A85C0C2" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B67A85C0C2/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B691D14487" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B691D14487/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B64267ABEC" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B64267ABEC/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B63C0B71F8" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B63C0B71F8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B64DCB6E5E" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B64DCB6E5E/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B62ECC5AD7" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B62ECC5AD7/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6E057F8B9" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6E057F8B9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B67E2A384C" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B67E2A384C/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6366B6BEC" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6366B6BEC/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B62EC5B360" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B62EC5B360/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B61E66560F" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B61E66560F/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B656F4500B" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B656F4500B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B67BD54E8E" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B67BD54E8E/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B61E88FF39" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B61E88FF39/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B61E426B8C" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B61E426B8C/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B61484159B" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B61484159B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B639993533" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B639993533/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6399C5E73" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6399C5E73/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B63C4C9DD7" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B63C4C9DD7/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B61E7DCB83" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B61E7DCB83/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B611E92F9B" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B611E92F9B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B64AC89CDB" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B64AC89CDB/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B67E2001CB" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B67E2001CB/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6E8D26A59" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6E8D26A59/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B621C92B1D" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B621C92B1D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B624483110" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B624483110/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B698114A4F" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B698114A4F/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5FD91125B" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5FD91125B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B61E722208" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B61E722208/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6529B7A0E" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6529B7A0E/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B631131940" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B631131940/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B61E580914" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B61E580914/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5FD8D1D87" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5FD8D1D87/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B62998FFDE" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B62998FFDE/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B62EC9D9D5" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B62EC9D9D5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B64990C7CF" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B64990C7CF/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5FD650C8F" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5FD650C8F/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5F22642AB" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5F22642AB/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B611E0B038" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B611E0B038/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6113656A5" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6113656A5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B644FF897A" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B644FF897A/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5F81DDBFF" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5F81DDBFF/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5E5E2936C" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5E5E2936C/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6365D1EF1" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6365D1EF1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5F1E6459F" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5F1E6459F/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5F20214D9" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5F20214D9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5F20AD60" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5F20AD60/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B63193569E" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B63193569E/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B611320DB2" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B611320DB2/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B611310082" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B611310082/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5F2125B66" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5F2125B66/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5F8215A36" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5F8215A36/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6003E9D6C" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6003E9D6C/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6299B70E5" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6299B70E5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B60036B574" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B60036B574/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B600387C8D" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B600387C8D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B629B83C7C" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B629B83C7C/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6145E9678" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6145E9678/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5BC618229" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5BC618229/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5FE8AC322" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5FE8AC322/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5D9B0BF5D" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5D9B0BF5D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5D545DBBA" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5D545DBBA/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5F95233AC" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5F95233AC/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6B4F87A5A" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6B4F87A5A/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6671CC7F9" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6671CC7F9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5E27A1344" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5E27A1344/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5AA913D86" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5AA913D86/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5B914E20E" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5B914E20E/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5D4160051" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5D4160051/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5D89E36FB" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5D89E36FB/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5B5F792A5" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5B5F792A5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B681626A8D" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B681626A8D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6137D25E1" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6137D25E1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B611138AFD" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B611138AFD/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B621CEB491" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B621CEB491/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B611121803" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B611121803/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5FD0F5130" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5FD0F5130/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5C1C8DAE1" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5C1C8DAE1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B616FD3D23" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B616FD3D23/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5C1E33721" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5C1E33721/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5D428E986" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5D428E986/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5BC644677" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5BC644677/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5D9A9D49A" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5D9A9D49A/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5B5AF9BF9" TargetMode="External"/><Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5B5AF9BF9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5B61D76BA" TargetMode="External"/><Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5B61D76BA/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5A307FC72" TargetMode="External"/><Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5A307FC72/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B588B28916" TargetMode="External"/><Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B588B28916/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B591C2A323" TargetMode="External"/><Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B591C2A323/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5A97F0943" TargetMode="External"/><Relationship Id="rId1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5A97F0943/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5D53B72C0" TargetMode="External"/><Relationship Id="rId1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5D53B72C0/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5A30284A9" TargetMode="External"/><Relationship Id="rId1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5A30284A9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B57A7260A6" TargetMode="External"/><Relationship Id="rId1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B57A7260A6/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5912BA962" TargetMode="External"/><Relationship Id="rId1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5912BA962/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B591A36685" TargetMode="External"/><Relationship Id="rId1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B591A36685/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5747DAC6B" TargetMode="External"/><Relationship Id="rId1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5747DAC6B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5F1F8A83?" TargetMode="External"/><Relationship Id="rId1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5F1F8A83%3F/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5C91AAFFA" TargetMode="External"/><Relationship Id="rId1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5C91AAFFA/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B591113C4F" TargetMode="External"/><Relationship Id="rId1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B591113C4F/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5910203CA" TargetMode="External"/><Relationship Id="rId1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5910203CA/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B55DF3F7AD" TargetMode="External"/><Relationship Id="rId1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B55DF3F7AD/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B57648331D" TargetMode="External"/><Relationship Id="rId1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B57648331D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5AA7B2A39" TargetMode="External"/><Relationship Id="rId1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5AA7B2A39/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5621DF2BD" TargetMode="External"/><Relationship Id="rId1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5621DF2BD/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B57709DFA6" TargetMode="External"/><Relationship Id="rId1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B57709DFA6/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5F945F1EE" TargetMode="External"/><Relationship Id="rId1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5F945F1EE/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B592F0D919" TargetMode="External"/><Relationship Id="rId1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B592F0D919/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5779F44C7" TargetMode="External"/><Relationship Id="rId1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5779F44C7/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B54E9B9AE9" TargetMode="External"/><Relationship Id="rId1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B54E9B9AE9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5663FE357" TargetMode="External"/><Relationship Id="rId1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5663FE357/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B56CD95606" TargetMode="External"/><Relationship Id="rId1306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B56CD95606/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B54EA51859" TargetMode="External"/><Relationship Id="rId1308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B54EA51859/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B54EA02728" TargetMode="External"/><Relationship Id="rId1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B54EA02728/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B552533FCC" TargetMode="External"/><Relationship Id="rId1312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B552533FCC/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B54447AD5E" TargetMode="External"/><Relationship Id="rId1314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B54447AD5E/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B62E918250" TargetMode="External"/><Relationship Id="rId1316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B62E918250/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5C1AF0611" TargetMode="External"/><Relationship Id="rId1318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5C1AF0611/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5F1ABF3B0" TargetMode="External"/><Relationship Id="rId1320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B5F1ABF3B0/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B55D8EBECD" TargetMode="External"/><Relationship Id="rId1322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B55D8EBECD/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B51F69E8EE" TargetMode="External"/><Relationship Id="rId1324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B51F69E8EE/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B51899D500" TargetMode="External"/><Relationship Id="rId1326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B51899D500/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B51880979B" TargetMode="External"/><Relationship Id="rId1328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B51880979B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B997F94E49" TargetMode="External"/><Relationship Id="rId1330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b997f94e49/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA6CAAE255" TargetMode="External"/><Relationship Id="rId1332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba6caae255/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA778E0277" TargetMode="External"/><Relationship Id="rId1334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba778e0277/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9311DB669" TargetMode="External"/><Relationship Id="rId1336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9311db669/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F1C170BA" TargetMode="External"/><Relationship Id="rId1338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f1c170ba/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA778B5EF7" TargetMode="External"/><Relationship Id="rId1340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba778b5ef7/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA83BDCA71" TargetMode="External"/><Relationship Id="rId1342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba83bdca71/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8439169E" TargetMode="External"/><Relationship Id="rId1344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8439169e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA874A45EF" TargetMode="External"/><Relationship Id="rId1346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba874a45ef-2/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3BCABC2E" TargetMode="External"/><Relationship Id="rId1348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3bcabc2e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAA88AC1BC" TargetMode="External"/><Relationship Id="rId1350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baa88ac1bc/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE1C2BF7C" TargetMode="External"/><Relationship Id="rId1352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae1c2bf7c/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE8025057" TargetMode="External"/><Relationship Id="rId1354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae8025057/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA542BC0CC" TargetMode="External"/><Relationship Id="rId1356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba542bc0cc/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAA19AE9C0" TargetMode="External"/><Relationship Id="rId1358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baa19ae9c0/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABD2724F8" TargetMode="External"/><Relationship Id="rId1360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-babd2724f8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BADD526410" TargetMode="External"/><Relationship Id="rId1362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-badd526410/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE0460D09" TargetMode="External"/><Relationship Id="rId1364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae0460d09/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABB8F8ED5" TargetMode="External"/><Relationship Id="rId1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-babb8f8ed5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABB7EA00A" TargetMode="External"/><Relationship Id="rId1368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-babb7ea00a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABB96BDBC" TargetMode="External"/><Relationship Id="rId1370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-babb96bdbc/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9FAB2B31B" TargetMode="External"/><Relationship Id="rId1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9fab2b31b/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE21A654A" TargetMode="External"/><Relationship Id="rId1374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae21a654a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD04B72D3" TargetMode="External"/><Relationship Id="rId1376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad04b72d3/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD01417AB" TargetMode="External"/><Relationship Id="rId1378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad01417ab/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA62F6906C" TargetMode="External"/><Relationship Id="rId1380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba62f6906c/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA68F79660" TargetMode="External"/><Relationship Id="rId1382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba68f79660/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B70BDEEFCD" TargetMode="External"/><Relationship Id="rId1384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b70bdeefcd/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B75339A300" TargetMode="External"/><Relationship Id="rId1386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b75339a300/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7DC16AA25" TargetMode="External"/><Relationship Id="rId1388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b7dc16aa25/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA01910331" TargetMode="External"/><Relationship Id="rId1390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba01910331/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA91E23552" TargetMode="External"/><Relationship Id="rId1392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba91e23552/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA92916E6B" TargetMode="External"/><Relationship Id="rId1394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba92916e6b/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BADDBE3394" TargetMode="External"/><Relationship Id="rId1396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baddbe3394/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD8FC0F15" TargetMode="External"/><Relationship Id="rId1398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad8fc0f15/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BADE0FFAF7" TargetMode="External"/><Relationship Id="rId1400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bade0ffaf7/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7882BD74E" TargetMode="External"/><Relationship Id="rId1402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b7882bd74e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE0EBA7E4" TargetMode="External"/><Relationship Id="rId1404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae0eba7e4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAA9ABEB38" TargetMode="External"/><Relationship Id="rId1406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baa9abeb38/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F8DE6BAD" TargetMode="External"/><Relationship Id="rId1408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f8de6bad/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA18F78B74" TargetMode="External"/><Relationship Id="rId1410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba18f78b74/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9CC95A43" TargetMode="External"/><Relationship Id="rId1412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9cc95a43/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAA84DDD20" TargetMode="External"/><Relationship Id="rId1414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baa84ddd20/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAAE83EFB3" TargetMode="External"/><Relationship Id="rId1416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baae83efb3/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAAEA37075" TargetMode="External"/><Relationship Id="rId1418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baaea37075/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F6C2728F" TargetMode="External"/><Relationship Id="rId1420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f6c2728f/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA544FCC1D" TargetMode="External"/><Relationship Id="rId1422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba544fcc1d/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA79F9DA39" TargetMode="External"/><Relationship Id="rId1424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba79f9da39/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8178093D" TargetMode="External"/><Relationship Id="rId1426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8178093d/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E946238B" TargetMode="External"/><Relationship Id="rId1428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e946238b/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F03AB967" TargetMode="External"/><Relationship Id="rId1430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f03ab967/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F0F4F495" TargetMode="External"/><Relationship Id="rId1432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f0f4f495/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F0E00023" TargetMode="External"/><Relationship Id="rId1434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f0e00023/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F96475CB" TargetMode="External"/><Relationship Id="rId1436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f96475cb/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD0E0F8C2" TargetMode="External"/><Relationship Id="rId1438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad0e0f8c2/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC315528A" TargetMode="External"/><Relationship Id="rId1440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac315528a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAEA4BD30E" TargetMode="External"/><Relationship Id="rId1442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baea4bd30e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9503CCD6" TargetMode="External"/><Relationship Id="rId1444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9503ccd6/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8ADA614A" TargetMode="External"/><Relationship Id="rId1446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8ada614a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7FC7AC52" TargetMode="External"/><Relationship Id="rId1448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7fc7ac52/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B8E0ECF8A4" TargetMode="External"/><Relationship Id="rId1450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b8e0ecf8a4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC01DF809" TargetMode="External"/><Relationship Id="rId1452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac01df809/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA489B4F78" TargetMode="External"/><Relationship Id="rId1454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba489b4f78/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA700ED63E" TargetMode="External"/><Relationship Id="rId1456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba700ed63e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA700EE711" TargetMode="External"/><Relationship Id="rId1458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba700ee711/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA700F08B7" TargetMode="External"/><Relationship Id="rId1460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba700f08b7/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA700F198A" TargetMode="External"/><Relationship Id="rId1462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba700f198a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA700F2A5D" TargetMode="External"/><Relationship Id="rId1464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba700f2a5d-1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA700F6DA9" TargetMode="External"/><Relationship Id="rId1466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba700f6da9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA756DBF8E" TargetMode="External"/><Relationship Id="rId1468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba756dbf8e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC3B03F6F" TargetMode="External"/><Relationship Id="rId1470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac3b03f6f/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC473C594" TargetMode="External"/><Relationship Id="rId1472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac473c594/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAA0604F8E" TargetMode="External"/><Relationship Id="rId1474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baa0604f8e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9949F4D95" TargetMode="External"/><Relationship Id="rId1476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9949f4d95/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B994A54CCE" TargetMode="External"/><Relationship Id="rId1478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b994a54cce/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA25B0FD69" TargetMode="External"/><Relationship Id="rId1480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba25b0fd69/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA70ECEA44" TargetMode="External"/><Relationship Id="rId1482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba70ecea44/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA52F19C5F" TargetMode="External"/><Relationship Id="rId1484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba52f19c5f/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7CFCBC8F" TargetMode="External"/><Relationship Id="rId1486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7cfcbc8f/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7DFFD9F3" TargetMode="External"/><Relationship Id="rId1488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7dffd9f3/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA83BCEEE2" TargetMode="External"/><Relationship Id="rId1490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba83bceee2/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA69F6BEF0" TargetMode="External"/><Relationship Id="rId1492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba69f6bef0/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA73159BBD" TargetMode="External"/><Relationship Id="rId1494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba73159bbd/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA5E1DD208" TargetMode="External"/><Relationship Id="rId1496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba5e1dd208/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B992514F72" TargetMode="External"/><Relationship Id="rId1498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b992514f72/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9DEB76D74" TargetMode="External"/><Relationship Id="rId1500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9deb76d74/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA4F0431CC" TargetMode="External"/><Relationship Id="rId1502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba4f0431cc/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA4F8AF4FB" TargetMode="External"/><Relationship Id="rId1504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba4f8af4fb/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA44539C6F" TargetMode="External"/><Relationship Id="rId1506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba44539c6f/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA44C81EA7" TargetMode="External"/><Relationship Id="rId1508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba44c81ea7/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9EAE703CD" TargetMode="External"/><Relationship Id="rId1510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9eae703cd/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA082859D0" TargetMode="External"/><Relationship Id="rId1512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba082859d0/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA0303B19C" TargetMode="External"/><Relationship Id="rId1514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba0303b19c/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA02F71AE7" TargetMode="External"/><Relationship Id="rId1516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba02f71ae7/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA096EAE50" TargetMode="External"/><Relationship Id="rId1518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba096eae50/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA5552FA54" TargetMode="External"/><Relationship Id="rId1520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba5552fa54/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA576C1E51" TargetMode="External"/><Relationship Id="rId1522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba576c1e51/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9311AE148" TargetMode="External"/><Relationship Id="rId1524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9311ae148/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9918047E6" TargetMode="External"/><Relationship Id="rId1526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9918047e6/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA33ECCCEB" TargetMode="External"/><Relationship Id="rId1528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba33eccceb/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA42A50775" TargetMode="External"/><Relationship Id="rId1530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba42a50775/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA58145BD4" TargetMode="External"/><Relationship Id="rId1532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba58145bd4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA645DE8A3" TargetMode="External"/><Relationship Id="rId1534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba645de8a3/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA655ED924" TargetMode="External"/><Relationship Id="rId1536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba655ed924/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B990F1F0DE" TargetMode="External"/><Relationship Id="rId1538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b990f1f0de/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA5B1DD5A6" TargetMode="External"/><Relationship Id="rId1540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba5b1dd5a6/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B990E6EEC9" TargetMode="External"/><Relationship Id="rId1542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b990e6eec9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA5AD2619B" TargetMode="External"/><Relationship Id="rId1544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba5ad2619b/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9EBF19364" TargetMode="External"/><Relationship Id="rId1546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9ebf19364/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E3D08DD3" TargetMode="External"/><Relationship Id="rId1548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e3d08dd3/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B677230C82" TargetMode="External"/><Relationship Id="rId1550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b677230c82/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA6A9A4E8E" TargetMode="External"/><Relationship Id="rId1552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba6a9a4e8e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA58B0EF04" TargetMode="External"/><Relationship Id="rId1554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba58b0ef04/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F80B266B" TargetMode="External"/><Relationship Id="rId1556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f80b266b/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB3277FD2" TargetMode="External"/><Relationship Id="rId1558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab3277fd2/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B913AF1A19" TargetMode="External"/><Relationship Id="rId1560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b913af1a19/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB0F3DDEF" TargetMode="External"/><Relationship Id="rId1562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab0f3ddef/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAAF639931" TargetMode="External"/><Relationship Id="rId1564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baaf639931/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABE0A195C" TargetMode="External"/><Relationship Id="rId1566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-babe0a195c/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9E9C0C39" TargetMode="External"/><Relationship Id="rId1568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9e9c0c39/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB0DB0654" TargetMode="External"/><Relationship Id="rId1570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab0db0654/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABA1F409E" TargetMode="External"/><Relationship Id="rId1572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baba1f409e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2B961355" TargetMode="External"/><Relationship Id="rId1574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2b961355/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC307BEA0" TargetMode="External"/><Relationship Id="rId1576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac307bea0/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAA00D587D" TargetMode="External"/><Relationship Id="rId1578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baa00d587d/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA47F53ED8" TargetMode="External"/><Relationship Id="rId1580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba47f53ed8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAF463B78C" TargetMode="External"/><Relationship Id="rId1582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baf463b78c/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B99333AC6B" TargetMode="External"/><Relationship Id="rId1584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b99333ac6b/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA5DAFA328" TargetMode="External"/><Relationship Id="rId1586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba5dafa328/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA83F8C576" TargetMode="External"/><Relationship Id="rId1588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba83f8c576/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA420AF547" TargetMode="External"/><Relationship Id="rId1590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba420af547/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E7320192" TargetMode="External"/><Relationship Id="rId1592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e7320192/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9BAFE6262" TargetMode="External"/><Relationship Id="rId1594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9bafe6262/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7690C2A6" TargetMode="External"/><Relationship Id="rId1596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7690c2a6/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA96A3E334" TargetMode="External"/><Relationship Id="rId1598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba96a3e334/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9A49745FB" TargetMode="External"/><Relationship Id="rId1600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9a49745fb/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B14BDC0032" TargetMode="External"/><Relationship Id="rId1602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b14bdc0032/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA2417B1D8" TargetMode="External"/><Relationship Id="rId1604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba2417b1d8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3D8A0E52" TargetMode="External"/><Relationship Id="rId1606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3d8a0e52/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3E7C099A" TargetMode="External"/><Relationship Id="rId1608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3e7c099a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA41A0449E" TargetMode="External"/><Relationship Id="rId1610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba41a0449e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8834693A" TargetMode="External"/><Relationship Id="rId1612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8834693a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC8B80B39" TargetMode="External"/><Relationship Id="rId1614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac8b80b39/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC9156C1C" TargetMode="External"/><Relationship Id="rId1616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac9156c1c/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC9034CCB" TargetMode="External"/><Relationship Id="rId1618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac9034ccb/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAC5AAE18F" TargetMode="External"/><Relationship Id="rId1620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bac5aae18f/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAAAAAE227" TargetMode="External"/><Relationship Id="rId1622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baaaaae227/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA43DFC34D" TargetMode="External"/><Relationship Id="rId1624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba43dfc34d/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9740980A" TargetMode="External"/><Relationship Id="rId1626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9740980a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9EC4D71A" TargetMode="External"/><Relationship Id="rId1628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9ec4d71a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B98CE035FE" TargetMode="External"/><Relationship Id="rId1630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b98ce035fe/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA4105460E" TargetMode="External"/><Relationship Id="rId1632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba4105460e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7C15A1B6" TargetMode="External"/><Relationship Id="rId1634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7c15a1b6/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA59E21C99" TargetMode="External"/><Relationship Id="rId1636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba59e21c99/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA6148D629" TargetMode="External"/><Relationship Id="rId1638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba6148d629/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA653F6A0D" TargetMode="External"/><Relationship Id="rId1640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba653f6a0d/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA6F6FA066" TargetMode="External"/><Relationship Id="rId1642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba6f6fa066/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9E5E20D24" TargetMode="External"/><Relationship Id="rId1644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9e5e20d24/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA835E91A2" TargetMode="External"/><Relationship Id="rId1646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba835e91a2/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8873690E" TargetMode="External"/><Relationship Id="rId1648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8873690e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B82BBA5163" TargetMode="External"/><Relationship Id="rId1650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b82bba5163/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B82DDDBCB4" TargetMode="External"/><Relationship Id="rId1652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b82dddbcb4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B84231D5FD" TargetMode="External"/><Relationship Id="rId1654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b84231d5fd/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B8476C6FD8" TargetMode="External"/><Relationship Id="rId1656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b8476c6fd8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B859AB69F3" TargetMode="External"/><Relationship Id="rId1658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b859ab69f3/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B846BE2321" TargetMode="External"/><Relationship Id="rId1660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b846be2321/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B86F891FAB" TargetMode="External"/><Relationship Id="rId1662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b86f891fab/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B61126750A" TargetMode="External"/><Relationship Id="rId1664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B61126750A/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6DC636F34" TargetMode="External"/><Relationship Id="rId1666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6DC636F34/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6E43D8C27" TargetMode="External"/><Relationship Id="rId1668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6E43D8C27/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6EF5051F2" TargetMode="External"/><Relationship Id="rId1670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6EF5051F2/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6F6553F2E" TargetMode="External"/><Relationship Id="rId1672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6F6553F2E/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6F65A3137" TargetMode="External"/><Relationship Id="rId1674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6F65A3137/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6F68D10F3" TargetMode="External"/><Relationship Id="rId1676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6F68D10F3/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6F6913768" TargetMode="External"/><Relationship Id="rId1678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6F6913768/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6FE34809D" TargetMode="External"/><Relationship Id="rId1680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6FE34809D/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6FE3A6E2B" TargetMode="External"/><Relationship Id="rId1682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6FE3A6E2B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6FE49643C" TargetMode="External"/><Relationship Id="rId1684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6FE49643C/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6FE509323" TargetMode="External"/><Relationship Id="rId1686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6FE509323/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6FE5D075A" TargetMode="External"/><Relationship Id="rId1688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6FE5D075A/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6FFAD60BA" TargetMode="External"/><Relationship Id="rId1690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6FFAD60BA/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6FFB6029B" TargetMode="External"/><Relationship Id="rId1692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6FFB6029B/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6FFBA5B89" TargetMode="External"/><Relationship Id="rId1694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B6FFBA5B89/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B70335F837" TargetMode="External"/><Relationship Id="rId1696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B70335F837/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7033CB159" TargetMode="External"/><Relationship Id="rId1698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7033CB159/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7065BE981" TargetMode="External"/><Relationship Id="rId1700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7065BE981/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7088DA2A5" TargetMode="External"/><Relationship Id="rId1702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B7088DA2A5/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B70B15AE93" TargetMode="External"/><Relationship Id="rId1704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B70B15AE93/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B70DB49962" TargetMode="External"/><Relationship Id="rId1706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B70DB49962/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B71039AE89" TargetMode="External"/><Relationship Id="rId1708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/CIG-B71039AE89/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA9742A347" TargetMode="External"/><Relationship Id="rId1710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba9742a347/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F6E116EA" TargetMode="External"/><Relationship Id="rId1712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f6e116ea/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B993D50F26" TargetMode="External"/><Relationship Id="rId1714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b993d50f26/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA683D8DAB" TargetMode="External"/><Relationship Id="rId1716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba683d8dab/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B82BA90CC9" TargetMode="External"/><Relationship Id="rId1718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b82ba90cc9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B8325E92D6" TargetMode="External"/><Relationship Id="rId1720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b8325e92d6/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA779BC802" TargetMode="External"/><Relationship Id="rId1722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba779bc802/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA8542333B" TargetMode="External"/><Relationship Id="rId1724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba8542333b/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAAE1A9136" TargetMode="External"/><Relationship Id="rId1726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baae1a9136/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA6ECC4341" TargetMode="External"/><Relationship Id="rId1728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba6ecc4341/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BABA386C58" TargetMode="External"/><Relationship Id="rId1730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baba386c58/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB4B0FB73" TargetMode="External"/><Relationship Id="rId1732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab4b0fb73/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAB4ECAF89" TargetMode="External"/><Relationship Id="rId1734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bab4ecaf89/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAA0364504" TargetMode="External"/><Relationship Id="rId1736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-baa0364504/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA98820C2C" TargetMode="External"/><Relationship Id="rId1738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba98820c2c/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA544FCC1D" TargetMode="External"/><Relationship Id="rId1740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba544fcc1d-1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7249B7DB" TargetMode="External"/><Relationship Id="rId1742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7249b7db/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA726160A0" TargetMode="External"/><Relationship Id="rId1744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba726160a0/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA7829A945" TargetMode="External"/><Relationship Id="rId1746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba7829a945/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA947EAF1A" TargetMode="External"/><Relationship Id="rId1748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba947eaf1a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BADD0DA84F" TargetMode="External"/><Relationship Id="rId1750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-badd0da84f/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE632FA1A" TargetMode="External"/><Relationship Id="rId1752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae632fa1a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAE60D5951" TargetMode="External"/><Relationship Id="rId1754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bae60d5951/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD9DF5870" TargetMode="External"/><Relationship Id="rId1756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad9df5870/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA67B5CD47" TargetMode="External"/><Relationship Id="rId1758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba67b5cd47/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B99140D24D" TargetMode="External"/><Relationship Id="rId1760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b99140d24d/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9949D5403" TargetMode="External"/><Relationship Id="rId1762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9949d5403/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B992197E85" TargetMode="External"/><Relationship Id="rId1764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b992197e85/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA6A82E9ED" TargetMode="External"/><Relationship Id="rId1766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba6a82e9ed/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BAD0401C9F" TargetMode="External"/><Relationship Id="rId1768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-bad0401c9f/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA085D7742" TargetMode="External"/><Relationship Id="rId1770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba085d7742/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA121D8451" TargetMode="External"/><Relationship Id="rId1772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba121d8451/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA14050913" TargetMode="External"/><Relationship Id="rId1774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba14050913/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA11E69EEE" TargetMode="External"/><Relationship Id="rId1776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba11e69eee/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA11EDDEA8" TargetMode="External"/><Relationship Id="rId1778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba11eddea8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA1A2CBDD8" TargetMode="External"/><Relationship Id="rId1780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba1a2cbdd8/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA1A28A836" TargetMode="External"/><Relationship Id="rId1782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba1a28a836/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3C696B6E" TargetMode="External"/><Relationship Id="rId1784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3c696b6e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA389D47DE" TargetMode="External"/><Relationship Id="rId1786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba389d47de/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA3C873512" TargetMode="External"/><Relationship Id="rId1788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba3c873512/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA4B2939D1" TargetMode="External"/><Relationship Id="rId1790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba4b2939d1/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA4A0BAF5A" TargetMode="External"/><Relationship Id="rId1792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba4a0baf5a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA4F869B35" TargetMode="External"/><Relationship Id="rId1794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba4f869b35/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA4A1759AD" TargetMode="External"/><Relationship Id="rId1796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba4a1759ad/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA4044FAD4" TargetMode="External"/><Relationship Id="rId1798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba4044fad4/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F5BFBA1D" TargetMode="External"/><Relationship Id="rId1800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f5bfba1d/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F8547E66" TargetMode="External"/><Relationship Id="rId1802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f8547e66/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA41F31A09" TargetMode="External"/><Relationship Id="rId1804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba41f31a09/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA53BCF9A9" TargetMode="External"/><Relationship Id="rId1806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba53bcf9a9/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA483ECA24" TargetMode="External"/><Relationship Id="rId1808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba483eca24/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=BA481D2E2A" TargetMode="External"/><Relationship Id="rId1810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-ba481d2e2a/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B9F0E98D8E" TargetMode="External"/><Relationship Id="rId1812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.ict.uniba.it/affidamenti-diretti/cig-b9f0e98d8e/@@download/delibera_a_contrarre" TargetMode="External"/><Relationship Id="rId1813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G293"/>
+  <dimension ref="A1:G907"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -4227,6155 +11421,19049 @@
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G3" s="1"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G4" s="1"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G5" s="1"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="G6" s="1"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="G7" s="1"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="G8" s="1"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="G9" s="1"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="G10" s="1"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="G11" s="1"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="G12" s="1"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="G13" s="1"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>56</v>
+        <v>37</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="G14" s="1"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>56</v>
+        <v>76</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="G15" s="1"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>73</v>
+        <v>37</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="G16" s="1"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="G17" s="1"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>8</v>
+        <v>89</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>82</v>
+        <v>90</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>78</v>
+        <v>37</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="G18" s="1"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>87</v>
+        <v>37</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="G19" s="1"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>8</v>
+        <v>99</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>78</v>
+        <v>101</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
       <c r="G20" s="1"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>96</v>
+        <v>32</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="G21" s="1"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>78</v>
+        <v>32</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="G22" s="1"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>96</v>
+        <v>32</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="G23" s="1"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="G24" s="1"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>114</v>
+        <v>32</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="G25" s="1"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>8</v>
+        <v>126</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>114</v>
+        <v>128</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="G26" s="1"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
-        <v>121</v>
+        <v>131</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>122</v>
+        <v>133</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>114</v>
+        <v>134</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="G27" s="1"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
-        <v>125</v>
+        <v>137</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>126</v>
+        <v>138</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>127</v>
+        <v>140</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>128</v>
+        <v>141</v>
       </c>
       <c r="G28" s="1"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>130</v>
+        <v>143</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>114</v>
+        <v>144</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>131</v>
+        <v>145</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>132</v>
+        <v>146</v>
       </c>
       <c r="G29" s="1"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>133</v>
+        <v>147</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>134</v>
+        <v>148</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>135</v>
+        <v>149</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>136</v>
+        <v>150</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>137</v>
+        <v>151</v>
       </c>
       <c r="G30" s="1"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
-        <v>138</v>
+        <v>152</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>139</v>
+        <v>153</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>114</v>
+        <v>154</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>140</v>
+        <v>155</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>141</v>
+        <v>156</v>
       </c>
       <c r="G31" s="1"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>142</v>
+        <v>157</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>143</v>
+        <v>158</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>114</v>
+        <v>144</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>144</v>
+        <v>159</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>145</v>
+        <v>160</v>
       </c>
       <c r="G32" s="1"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
-        <v>146</v>
+        <v>161</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>147</v>
+        <v>162</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>114</v>
+        <v>163</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>148</v>
+        <v>164</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>149</v>
+        <v>165</v>
       </c>
       <c r="G33" s="1"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
-        <v>150</v>
+        <v>161</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>152</v>
+        <v>163</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>153</v>
+        <v>164</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>154</v>
+        <v>166</v>
       </c>
       <c r="G34" s="1"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
-        <v>155</v>
+        <v>167</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>156</v>
+        <v>168</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>157</v>
+        <v>169</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>158</v>
+        <v>170</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>159</v>
+        <v>171</v>
       </c>
       <c r="G35" s="1"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>109</v>
+        <v>163</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>162</v>
+        <v>174</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>163</v>
+        <v>175</v>
       </c>
       <c r="G36" s="1"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1" t="s">
-        <v>164</v>
+        <v>176</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>165</v>
+        <v>177</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>152</v>
+        <v>55</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>166</v>
+        <v>178</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>167</v>
+        <v>179</v>
       </c>
       <c r="G37" s="1"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1" t="s">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>169</v>
+        <v>181</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>109</v>
+        <v>182</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>170</v>
+        <v>183</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>171</v>
+        <v>184</v>
       </c>
       <c r="G38" s="1"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="1" t="s">
-        <v>172</v>
+        <v>185</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>173</v>
+        <v>186</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>174</v>
+        <v>187</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>175</v>
+        <v>188</v>
       </c>
       <c r="G39" s="1"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="1" t="s">
-        <v>176</v>
+        <v>189</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>177</v>
+        <v>190</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>178</v>
+        <v>191</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>180</v>
+        <v>193</v>
       </c>
       <c r="G40" s="1"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="1" t="s">
-        <v>181</v>
+        <v>194</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>182</v>
+        <v>195</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>157</v>
+        <v>191</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>183</v>
+        <v>196</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>184</v>
+        <v>197</v>
       </c>
       <c r="G41" s="1"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="1" t="s">
-        <v>185</v>
+        <v>198</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>186</v>
+        <v>199</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>109</v>
+        <v>200</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>187</v>
+        <v>201</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>188</v>
+        <v>202</v>
       </c>
       <c r="G42" s="1"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="1" t="s">
-        <v>189</v>
+        <v>203</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>190</v>
+        <v>204</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>157</v>
+        <v>134</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>191</v>
+        <v>205</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>192</v>
+        <v>206</v>
       </c>
       <c r="G43" s="1"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="1" t="s">
-        <v>193</v>
+        <v>207</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>194</v>
+        <v>26</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>157</v>
+        <v>208</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>195</v>
+        <v>209</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>196</v>
+        <v>210</v>
       </c>
       <c r="G44" s="1"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="1" t="s">
-        <v>197</v>
+        <v>211</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>8</v>
+        <v>89</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>198</v>
+        <v>212</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>157</v>
+        <v>85</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>199</v>
+        <v>213</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>200</v>
+        <v>214</v>
       </c>
       <c r="G45" s="1"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="1" t="s">
-        <v>201</v>
+        <v>215</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>202</v>
+        <v>26</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>203</v>
+        <v>27</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>204</v>
+        <v>216</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>205</v>
+        <v>217</v>
       </c>
       <c r="G46" s="1"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="1" t="s">
-        <v>206</v>
+        <v>24</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>207</v>
+        <v>26</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>208</v>
+        <v>27</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>209</v>
+        <v>28</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>210</v>
+        <v>218</v>
       </c>
       <c r="G47" s="1"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="1" t="s">
-        <v>211</v>
+        <v>58</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>208</v>
+        <v>27</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>213</v>
+        <v>60</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="G48" s="1"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="1" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="G49" s="1"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>8</v>
+        <v>89</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>208</v>
+        <v>227</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="G50" s="1"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="1" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>8</v>
+        <v>89</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
       <c r="G51" s="1"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="1" t="s">
-        <v>228</v>
+        <v>98</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>8</v>
+        <v>99</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>230</v>
+        <v>10</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>231</v>
+        <v>102</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="G52" s="1"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="1" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>8</v>
+        <v>89</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="G53" s="1"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="1" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>235</v>
+        <v>227</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="G54" s="1"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="1" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>235</v>
+        <v>139</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="G55" s="1"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="1" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>225</v>
+        <v>252</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="G56" s="1"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="1" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>230</v>
+        <v>257</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="G57" s="1"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="1" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>8</v>
+        <v>126</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>225</v>
+        <v>191</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="G58" s="1"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="1" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>230</v>
+        <v>266</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="G59" s="1"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="1" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>230</v>
+        <v>271</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>264</v>
+        <v>272</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>265</v>
+        <v>273</v>
       </c>
       <c r="G60" s="1"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="1" t="s">
-        <v>266</v>
+        <v>274</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>267</v>
+        <v>26</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>225</v>
+        <v>271</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>268</v>
+        <v>275</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="G61" s="1"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="1" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C62" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D62" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="D62" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E62" s="1" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="G62" s="1"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="1" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>225</v>
+        <v>63</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="G63" s="1"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="1" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>279</v>
+        <v>26</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>225</v>
+        <v>208</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="G64" s="1"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="1" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>225</v>
+        <v>239</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="G65" s="1"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="1" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="G66" s="1"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="1" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>288</v>
+        <v>182</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="G67" s="1"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="1" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>225</v>
+        <v>302</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="G68" s="1"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="1" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="G69" s="1"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="1" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>305</v>
+        <v>71</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>225</v>
+        <v>271</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="G70" s="1"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="1" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>309</v>
+        <v>301</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>288</v>
+        <v>149</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="G71" s="1"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="1" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>314</v>
+        <v>271</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="G72" s="1"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="1" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>314</v>
+        <v>271</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="G73" s="1"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="1" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>322</v>
+        <v>317</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>314</v>
+        <v>271</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="G74" s="1"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" s="1" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="G75" s="1"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="G76" s="1"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>332</v>
+        <v>271</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="G77" s="1"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>332</v>
+        <v>271</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="G78" s="1"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>344</v>
+        <v>71</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>301</v>
+        <v>329</v>
       </c>
       <c r="E79" s="1" t="s">
         <v>345</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>346</v>
       </c>
       <c r="G79" s="1"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="1" t="s">
         <v>347</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C80" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="E80" s="1" t="s">
         <v>348</v>
       </c>
-      <c r="D80" s="1" t="s">
+      <c r="F80" s="1" t="s">
         <v>349</v>
-      </c>
-[...4 lines deleted...]
-        <v>351</v>
       </c>
       <c r="G80" s="1"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E81" s="1" t="s">
         <v>352</v>
       </c>
-      <c r="B81" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C81" s="1" t="s">
+      <c r="F81" s="1" t="s">
         <v>353</v>
-      </c>
-[...7 lines deleted...]
-        <v>355</v>
       </c>
       <c r="G81" s="1"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E82" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="F82" s="1" t="s">
         <v>356</v>
-      </c>
-[...13 lines deleted...]
-        <v>359</v>
       </c>
       <c r="G82" s="1"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="1" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>361</v>
+        <v>317</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>349</v>
+        <v>21</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="G83" s="1"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="E84" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="F84" s="1" t="s">
         <v>364</v>
-      </c>
-[...13 lines deleted...]
-        <v>367</v>
       </c>
       <c r="G84" s="1"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="E85" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="F85" s="1" t="s">
         <v>368</v>
-      </c>
-[...13 lines deleted...]
-        <v>371</v>
       </c>
       <c r="G85" s="1"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="D86" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="B86" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C86" s="1" t="s">
+      <c r="E86" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="D86" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E86" s="1" t="s">
+      <c r="F86" s="1" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
       <c r="G86" s="1"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="E87" s="1" t="s">
         <v>376</v>
       </c>
-      <c r="B87" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C87" s="1" t="s">
+      <c r="F87" s="1" t="s">
         <v>377</v>
-      </c>
-[...7 lines deleted...]
-        <v>379</v>
       </c>
       <c r="G87" s="1"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="E88" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="F88" s="1" t="s">
         <v>380</v>
-      </c>
-[...13 lines deleted...]
-        <v>383</v>
       </c>
       <c r="G88" s="1"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="E89" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="F89" s="1" t="s">
         <v>384</v>
-      </c>
-[...13 lines deleted...]
-        <v>387</v>
       </c>
       <c r="G89" s="1"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="E90" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="F90" s="1" t="s">
         <v>388</v>
-      </c>
-[...13 lines deleted...]
-        <v>391</v>
       </c>
       <c r="G90" s="1"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="1" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C91" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="E91" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="F91" s="1" t="s">
         <v>393</v>
-      </c>
-[...7 lines deleted...]
-        <v>396</v>
       </c>
       <c r="G91" s="1"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="E92" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="F92" s="1" t="s">
         <v>397</v>
-      </c>
-[...13 lines deleted...]
-        <v>401</v>
       </c>
       <c r="G92" s="1"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="1" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>399</v>
+        <v>307</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="G93" s="1"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" s="1" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>408</v>
+        <v>163</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="G94" s="1"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" s="1" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>413</v>
+        <v>163</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="G95" s="1"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" s="1" t="s">
-        <v>18</v>
+        <v>410</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>416</v>
+        <v>162</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>417</v>
+        <v>169</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>21</v>
+        <v>411</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>418</v>
+        <v>412</v>
       </c>
       <c r="G96" s="1"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" s="1" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>8</v>
+        <v>370</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>422</v>
+        <v>416</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>423</v>
+        <v>417</v>
       </c>
       <c r="G97" s="1"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" s="1" t="s">
-        <v>424</v>
+        <v>418</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>8</v>
+        <v>370</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>425</v>
+        <v>419</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>426</v>
+        <v>420</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>428</v>
+        <v>422</v>
       </c>
       <c r="G98" s="1"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" s="1" t="s">
-        <v>429</v>
+        <v>423</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>8</v>
+        <v>370</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>430</v>
+        <v>424</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>431</v>
+        <v>420</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>433</v>
+        <v>426</v>
       </c>
       <c r="G99" s="1"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" s="1" t="s">
-        <v>434</v>
+        <v>427</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>8</v>
+        <v>370</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>435</v>
+        <v>428</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>421</v>
+        <v>101</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>436</v>
+        <v>429</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>437</v>
+        <v>430</v>
       </c>
       <c r="G100" s="1"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" s="1" t="s">
-        <v>438</v>
+        <v>431</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>8</v>
+        <v>370</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>439</v>
+        <v>432</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>421</v>
+        <v>433</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>440</v>
+        <v>434</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>441</v>
+        <v>435</v>
       </c>
       <c r="G101" s="1"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" s="1" t="s">
-        <v>442</v>
+        <v>436</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>443</v>
+        <v>36</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>426</v>
+        <v>391</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>444</v>
+        <v>437</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>445</v>
+        <v>438</v>
       </c>
       <c r="G102" s="1"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" s="1" t="s">
-        <v>446</v>
+        <v>439</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>447</v>
+        <v>440</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>431</v>
+        <v>441</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>449</v>
+        <v>443</v>
       </c>
       <c r="G103" s="1"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" s="1" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>452</v>
+        <v>391</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>453</v>
+        <v>446</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>454</v>
+        <v>447</v>
       </c>
       <c r="G104" s="1"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" s="1" t="s">
-        <v>455</v>
+        <v>448</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>456</v>
+        <v>449</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>457</v>
+        <v>441</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>458</v>
+        <v>450</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>459</v>
+        <v>451</v>
       </c>
       <c r="G105" s="1"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" s="1" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>461</v>
+        <v>453</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>421</v>
+        <v>372</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>462</v>
+        <v>454</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>463</v>
+        <v>455</v>
       </c>
       <c r="G106" s="1"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" s="1" t="s">
-        <v>464</v>
+        <v>456</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>465</v>
+        <v>457</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>452</v>
+        <v>271</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>467</v>
+        <v>459</v>
       </c>
       <c r="G107" s="1"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" s="1" t="s">
-        <v>468</v>
+        <v>460</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>469</v>
+        <v>461</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>417</v>
+        <v>208</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>470</v>
+        <v>462</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>471</v>
+        <v>463</v>
       </c>
       <c r="G108" s="1"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" s="1" t="s">
-        <v>472</v>
+        <v>464</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>473</v>
+        <v>465</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>426</v>
+        <v>466</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>474</v>
+        <v>467</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>475</v>
+        <v>468</v>
       </c>
       <c r="G109" s="1"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" s="1" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>477</v>
+        <v>470</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>426</v>
+        <v>471</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="G110" s="1"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" s="1" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>481</v>
+        <v>475</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>426</v>
+        <v>471</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
       <c r="G111" s="1"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" s="1" t="s">
-        <v>484</v>
+        <v>478</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="G112" s="1"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" s="1" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>490</v>
+        <v>484</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="G113" s="1"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" s="1" t="s">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="G114" s="1"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" s="1" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>500</v>
+        <v>494</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>501</v>
+        <v>495</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
       <c r="G115" s="1"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" s="1" t="s">
-        <v>503</v>
+        <v>497</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>504</v>
+        <v>498</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>452</v>
+        <v>499</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>505</v>
+        <v>500</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>506</v>
+        <v>501</v>
       </c>
       <c r="G116" s="1"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" s="1" t="s">
-        <v>507</v>
+        <v>502</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>508</v>
+        <v>503</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>509</v>
+        <v>466</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>511</v>
+        <v>505</v>
       </c>
       <c r="G117" s="1"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" s="1" t="s">
-        <v>512</v>
+        <v>506</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>513</v>
+        <v>507</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>457</v>
+        <v>508</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>514</v>
+        <v>509</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>515</v>
+        <v>510</v>
       </c>
       <c r="G118" s="1"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" s="1" t="s">
-        <v>516</v>
+        <v>511</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>8</v>
+        <v>370</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>452</v>
+        <v>76</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="G119" s="1"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" s="1" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>521</v>
+        <v>516</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>452</v>
+        <v>76</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="G120" s="1"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" s="1" t="s">
-        <v>524</v>
+        <v>519</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>525</v>
+        <v>317</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>526</v>
+        <v>63</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>527</v>
+        <v>520</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>528</v>
+        <v>521</v>
       </c>
       <c r="G121" s="1"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" s="1" t="s">
-        <v>529</v>
+        <v>522</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>530</v>
+        <v>523</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>421</v>
+        <v>191</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>531</v>
+        <v>524</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>532</v>
+        <v>525</v>
       </c>
       <c r="G122" s="1"/>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" s="1" t="s">
-        <v>533</v>
+        <v>526</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>534</v>
+        <v>301</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>526</v>
+        <v>134</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>535</v>
+        <v>527</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>536</v>
+        <v>528</v>
       </c>
       <c r="G123" s="1"/>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" s="1" t="s">
-        <v>537</v>
+        <v>529</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>538</v>
+        <v>530</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>539</v>
+        <v>32</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>540</v>
+        <v>531</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>541</v>
+        <v>532</v>
       </c>
       <c r="G124" s="1"/>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" s="1" t="s">
-        <v>542</v>
+        <v>533</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>543</v>
+        <v>534</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>457</v>
+        <v>535</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>545</v>
+        <v>537</v>
       </c>
       <c r="G125" s="1"/>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" s="1" t="s">
-        <v>546</v>
+        <v>538</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>547</v>
+        <v>539</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>431</v>
+        <v>63</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>548</v>
+        <v>540</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>549</v>
+        <v>541</v>
       </c>
       <c r="G126" s="1"/>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" s="1" t="s">
-        <v>550</v>
+        <v>542</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>551</v>
+        <v>543</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>431</v>
+        <v>208</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="G127" s="1"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" s="1" t="s">
-        <v>554</v>
+        <v>546</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>555</v>
+        <v>71</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>486</v>
+        <v>63</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>556</v>
+        <v>547</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>557</v>
+        <v>548</v>
       </c>
       <c r="G128" s="1"/>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" s="1" t="s">
-        <v>558</v>
+        <v>549</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>559</v>
+        <v>550</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>560</v>
+        <v>63</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>561</v>
+        <v>551</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>562</v>
+        <v>552</v>
       </c>
       <c r="G129" s="1"/>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" s="1" t="s">
-        <v>563</v>
+        <v>553</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>564</v>
+        <v>554</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>426</v>
+        <v>227</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>565</v>
+        <v>555</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>566</v>
+        <v>556</v>
       </c>
       <c r="G130" s="1"/>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" s="1" t="s">
-        <v>567</v>
+        <v>557</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>568</v>
+        <v>301</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>496</v>
+        <v>227</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>569</v>
+        <v>558</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>570</v>
+        <v>559</v>
       </c>
       <c r="G131" s="1"/>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" s="1" t="s">
-        <v>571</v>
+        <v>560</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>8</v>
+        <v>561</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>572</v>
+        <v>562</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>573</v>
+        <v>154</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>574</v>
+        <v>563</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>575</v>
+        <v>564</v>
       </c>
       <c r="G132" s="1"/>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" s="1" t="s">
-        <v>576</v>
+        <v>565</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>577</v>
+        <v>566</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>578</v>
+        <v>391</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>579</v>
+        <v>567</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>580</v>
+        <v>568</v>
       </c>
       <c r="G133" s="1"/>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" s="1" t="s">
-        <v>581</v>
+        <v>569</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>8</v>
+        <v>561</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>582</v>
+        <v>570</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>583</v>
+        <v>182</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>584</v>
+        <v>571</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>585</v>
+        <v>572</v>
       </c>
       <c r="G134" s="1"/>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" s="1" t="s">
-        <v>586</v>
+        <v>573</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>587</v>
+        <v>574</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>486</v>
+        <v>575</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>588</v>
+        <v>576</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>589</v>
+        <v>577</v>
       </c>
       <c r="G135" s="1"/>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" s="1" t="s">
-        <v>590</v>
+        <v>578</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>591</v>
+        <v>579</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>426</v>
+        <v>575</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>592</v>
+        <v>580</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>593</v>
+        <v>581</v>
       </c>
       <c r="G136" s="1"/>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" s="1" t="s">
-        <v>594</v>
+        <v>582</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>595</v>
+        <v>36</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>421</v>
+        <v>144</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>596</v>
+        <v>583</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>597</v>
+        <v>584</v>
       </c>
       <c r="G137" s="1"/>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" s="1" t="s">
-        <v>598</v>
+        <v>585</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>599</v>
+        <v>586</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>486</v>
+        <v>37</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>600</v>
+        <v>587</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>601</v>
+        <v>588</v>
       </c>
       <c r="G138" s="1"/>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" s="1" t="s">
-        <v>602</v>
+        <v>589</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>603</v>
+        <v>590</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>452</v>
+        <v>37</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>604</v>
+        <v>591</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>605</v>
+        <v>592</v>
       </c>
       <c r="G139" s="1"/>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" s="1" t="s">
-        <v>606</v>
+        <v>593</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>607</v>
+        <v>594</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>608</v>
+        <v>144</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>609</v>
+        <v>595</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>610</v>
+        <v>596</v>
       </c>
       <c r="G140" s="1"/>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" s="1" t="s">
-        <v>611</v>
+        <v>597</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>612</v>
+        <v>598</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>608</v>
+        <v>307</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>613</v>
+        <v>599</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>614</v>
+        <v>600</v>
       </c>
       <c r="G141" s="1"/>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" s="1" t="s">
-        <v>615</v>
+        <v>601</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>616</v>
+        <v>602</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>578</v>
+        <v>191</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>617</v>
+        <v>603</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>618</v>
+        <v>604</v>
       </c>
       <c r="G142" s="1"/>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" s="1" t="s">
-        <v>619</v>
+        <v>605</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>620</v>
+        <v>606</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>486</v>
+        <v>144</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>621</v>
+        <v>607</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>622</v>
+        <v>608</v>
       </c>
       <c r="G143" s="1"/>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" s="1" t="s">
-        <v>623</v>
+        <v>609</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>624</v>
+        <v>610</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>625</v>
+        <v>134</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>626</v>
+        <v>611</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>627</v>
+        <v>612</v>
       </c>
       <c r="G144" s="1"/>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" s="1" t="s">
-        <v>628</v>
+        <v>613</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>629</v>
+        <v>614</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>630</v>
+        <v>144</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>631</v>
+        <v>615</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>632</v>
+        <v>616</v>
       </c>
       <c r="G145" s="1"/>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" s="1" t="s">
-        <v>633</v>
+        <v>617</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>634</v>
+        <v>618</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>452</v>
+        <v>144</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>635</v>
+        <v>619</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>636</v>
+        <v>620</v>
       </c>
       <c r="G146" s="1"/>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" s="1" t="s">
-        <v>637</v>
+        <v>621</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>638</v>
+        <v>622</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>452</v>
+        <v>149</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>639</v>
+        <v>623</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>640</v>
+        <v>624</v>
       </c>
       <c r="G147" s="1"/>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" s="1" t="s">
-        <v>641</v>
+        <v>625</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>642</v>
+        <v>148</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>625</v>
+        <v>271</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>643</v>
+        <v>626</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>644</v>
+        <v>627</v>
       </c>
       <c r="G148" s="1"/>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" s="1" t="s">
-        <v>645</v>
+        <v>628</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>646</v>
+        <v>629</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>431</v>
+        <v>307</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>647</v>
+        <v>630</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>648</v>
+        <v>631</v>
       </c>
       <c r="G149" s="1"/>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" s="1" t="s">
-        <v>649</v>
+        <v>632</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>650</v>
+        <v>148</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>526</v>
+        <v>271</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>651</v>
+        <v>633</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>652</v>
+        <v>634</v>
       </c>
       <c r="G150" s="1"/>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" s="1" t="s">
-        <v>653</v>
+        <v>635</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>654</v>
+        <v>636</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>496</v>
+        <v>208</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>655</v>
+        <v>637</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>656</v>
+        <v>638</v>
       </c>
       <c r="G151" s="1"/>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" s="1" t="s">
-        <v>657</v>
+        <v>639</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>658</v>
+        <v>640</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>659</v>
+        <v>466</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>660</v>
+        <v>641</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>661</v>
+        <v>642</v>
       </c>
       <c r="G152" s="1"/>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" s="1" t="s">
-        <v>662</v>
+        <v>643</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>663</v>
+        <v>644</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>664</v>
+        <v>144</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>665</v>
+        <v>645</v>
       </c>
       <c r="F153" s="1" t="s">
-        <v>666</v>
+        <v>646</v>
       </c>
       <c r="G153" s="1"/>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" s="1" t="s">
-        <v>667</v>
+        <v>647</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>668</v>
+        <v>648</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>669</v>
+        <v>257</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>670</v>
+        <v>649</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>671</v>
+        <v>650</v>
       </c>
       <c r="G154" s="1"/>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" s="1" t="s">
-        <v>672</v>
+        <v>651</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>673</v>
+        <v>652</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>664</v>
+        <v>252</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>674</v>
+        <v>653</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>675</v>
+        <v>654</v>
       </c>
       <c r="G155" s="1"/>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" s="1" t="s">
-        <v>676</v>
+        <v>655</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>677</v>
+        <v>256</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>421</v>
+        <v>257</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>678</v>
+        <v>656</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>679</v>
+        <v>657</v>
       </c>
       <c r="G156" s="1"/>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" s="1" t="s">
-        <v>680</v>
+        <v>658</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>681</v>
+        <v>659</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>486</v>
+        <v>128</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>682</v>
+        <v>660</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>683</v>
+        <v>661</v>
       </c>
       <c r="G157" s="1"/>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" s="1" t="s">
-        <v>684</v>
+        <v>662</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>685</v>
+        <v>663</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>686</v>
+        <v>252</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>687</v>
+        <v>664</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>688</v>
+        <v>665</v>
       </c>
       <c r="G158" s="1"/>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" s="1" t="s">
-        <v>689</v>
+        <v>666</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>690</v>
+        <v>667</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>686</v>
+        <v>252</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>691</v>
+        <v>668</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>692</v>
+        <v>669</v>
       </c>
       <c r="G159" s="1"/>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" s="1" t="s">
-        <v>693</v>
+        <v>670</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>694</v>
+        <v>671</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>695</v>
+        <v>200</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>696</v>
+        <v>672</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>697</v>
+        <v>673</v>
       </c>
       <c r="G160" s="1"/>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" s="1" t="s">
-        <v>698</v>
+        <v>674</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>699</v>
+        <v>675</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>539</v>
+        <v>232</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>700</v>
+        <v>676</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>701</v>
+        <v>677</v>
       </c>
       <c r="G161" s="1"/>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" s="1" t="s">
-        <v>702</v>
+        <v>678</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>703</v>
+        <v>679</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>625</v>
+        <v>55</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>704</v>
+        <v>680</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>705</v>
+        <v>681</v>
       </c>
       <c r="G162" s="1"/>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" s="1" t="s">
-        <v>706</v>
+        <v>682</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>707</v>
+        <v>683</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>695</v>
+        <v>55</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>708</v>
+        <v>684</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>709</v>
+        <v>685</v>
       </c>
       <c r="G163" s="1"/>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" s="1" t="s">
-        <v>710</v>
+        <v>686</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>711</v>
+        <v>687</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>695</v>
+        <v>76</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>712</v>
+        <v>688</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>713</v>
+        <v>689</v>
       </c>
       <c r="G164" s="1"/>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" s="1" t="s">
-        <v>714</v>
+        <v>690</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>715</v>
+        <v>691</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>716</v>
+        <v>85</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>717</v>
+        <v>692</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>718</v>
+        <v>693</v>
       </c>
       <c r="G165" s="1"/>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" s="1" t="s">
-        <v>719</v>
+        <v>694</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>720</v>
+        <v>695</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>630</v>
+        <v>154</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>721</v>
+        <v>696</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>722</v>
+        <v>697</v>
       </c>
       <c r="G166" s="1"/>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" s="1" t="s">
-        <v>723</v>
+        <v>698</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>724</v>
+        <v>699</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>659</v>
+        <v>154</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>725</v>
+        <v>700</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>726</v>
+        <v>701</v>
       </c>
       <c r="G167" s="1"/>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" s="1" t="s">
-        <v>727</v>
+        <v>702</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>8</v>
+        <v>703</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>728</v>
+        <v>704</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>578</v>
+        <v>372</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>729</v>
+        <v>705</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>730</v>
+        <v>706</v>
       </c>
       <c r="G168" s="1"/>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" s="1" t="s">
-        <v>731</v>
+        <v>707</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>8</v>
+        <v>703</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>732</v>
+        <v>708</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>695</v>
+        <v>149</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>733</v>
+        <v>709</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>734</v>
+        <v>710</v>
       </c>
       <c r="G169" s="1"/>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" s="1" t="s">
-        <v>735</v>
+        <v>711</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>736</v>
+        <v>712</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>737</v>
+        <v>10</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>738</v>
+        <v>713</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>739</v>
+        <v>714</v>
       </c>
       <c r="G170" s="1"/>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" s="1" t="s">
-        <v>740</v>
+        <v>715</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>741</v>
+        <v>716</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>669</v>
+        <v>227</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>742</v>
+        <v>717</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>743</v>
+        <v>718</v>
       </c>
       <c r="G171" s="1"/>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" s="1" t="s">
-        <v>744</v>
+        <v>719</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>745</v>
+        <v>720</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>625</v>
+        <v>76</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>746</v>
+        <v>721</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>747</v>
+        <v>722</v>
       </c>
       <c r="G172" s="1"/>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" s="1" t="s">
-        <v>748</v>
+        <v>723</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>749</v>
+        <v>724</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>421</v>
+        <v>85</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>750</v>
+        <v>725</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>751</v>
+        <v>726</v>
       </c>
       <c r="G173" s="1"/>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" s="1" t="s">
-        <v>752</v>
+        <v>727</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>753</v>
+        <v>728</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>695</v>
+        <v>85</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>754</v>
+        <v>729</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>755</v>
+        <v>730</v>
       </c>
       <c r="G174" s="1"/>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" s="1" t="s">
-        <v>756</v>
+        <v>731</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>757</v>
+        <v>732</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>758</v>
+        <v>154</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>759</v>
+        <v>733</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>760</v>
+        <v>734</v>
       </c>
       <c r="G175" s="1"/>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" s="1" t="s">
-        <v>761</v>
+        <v>735</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>762</v>
+        <v>736</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>608</v>
+        <v>307</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>763</v>
+        <v>737</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>764</v>
+        <v>738</v>
       </c>
       <c r="G176" s="1"/>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" s="1" t="s">
-        <v>765</v>
+        <v>739</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>766</v>
+        <v>740</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>767</v>
+        <v>169</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>768</v>
+        <v>741</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>769</v>
+        <v>742</v>
       </c>
       <c r="G177" s="1"/>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" s="1" t="s">
-        <v>770</v>
+        <v>743</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>771</v>
+        <v>744</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>695</v>
+        <v>144</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>772</v>
+        <v>745</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>773</v>
+        <v>746</v>
       </c>
       <c r="G178" s="1"/>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" s="1" t="s">
-        <v>774</v>
+        <v>747</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>775</v>
+        <v>748</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>539</v>
+        <v>252</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>776</v>
+        <v>749</v>
       </c>
       <c r="F179" s="1" t="s">
-        <v>777</v>
+        <v>750</v>
       </c>
       <c r="G179" s="1"/>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" s="1" t="s">
-        <v>778</v>
+        <v>751</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>779</v>
+        <v>752</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>578</v>
+        <v>252</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>780</v>
+        <v>753</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>781</v>
+        <v>754</v>
       </c>
       <c r="G180" s="1"/>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" s="1" t="s">
-        <v>782</v>
+        <v>755</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>783</v>
+        <v>756</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>695</v>
+        <v>232</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>784</v>
+        <v>757</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>785</v>
+        <v>758</v>
       </c>
       <c r="G181" s="1"/>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" s="1" t="s">
-        <v>786</v>
+        <v>759</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>787</v>
+        <v>760</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>788</v>
+        <v>761</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>789</v>
+        <v>762</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>790</v>
+        <v>763</v>
       </c>
       <c r="G182" s="1"/>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" s="1" t="s">
-        <v>791</v>
+        <v>764</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>792</v>
+        <v>251</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>758</v>
+        <v>441</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>793</v>
+        <v>765</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>794</v>
+        <v>766</v>
       </c>
       <c r="G183" s="1"/>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" s="1" t="s">
-        <v>795</v>
+        <v>767</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>8</v>
+        <v>768</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>796</v>
+        <v>769</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>758</v>
+        <v>307</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>797</v>
+        <v>770</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>798</v>
+        <v>771</v>
       </c>
       <c r="G184" s="1"/>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" s="1" t="s">
-        <v>799</v>
+        <v>772</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>8</v>
+        <v>768</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>800</v>
+        <v>773</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>630</v>
+        <v>208</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>801</v>
+        <v>774</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>802</v>
+        <v>775</v>
       </c>
       <c r="G185" s="1"/>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" s="1" t="s">
-        <v>803</v>
+        <v>776</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>8</v>
+        <v>768</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>804</v>
+        <v>773</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>767</v>
+        <v>777</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>805</v>
+        <v>778</v>
       </c>
       <c r="F186" s="1" t="s">
-        <v>806</v>
+        <v>779</v>
       </c>
       <c r="G186" s="1"/>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" s="1" t="s">
-        <v>807</v>
+        <v>780</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>808</v>
+        <v>781</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>664</v>
+        <v>85</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>809</v>
+        <v>782</v>
       </c>
       <c r="F187" s="1" t="s">
-        <v>810</v>
+        <v>783</v>
       </c>
       <c r="G187" s="1"/>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" s="1" t="s">
-        <v>811</v>
+        <v>784</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>812</v>
+        <v>785</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>716</v>
+        <v>391</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>813</v>
+        <v>786</v>
       </c>
       <c r="F188" s="1" t="s">
-        <v>814</v>
+        <v>787</v>
       </c>
       <c r="G188" s="1"/>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" s="1" t="s">
-        <v>815</v>
+        <v>788</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>8</v>
+        <v>89</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>816</v>
+        <v>789</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>737</v>
+        <v>169</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>817</v>
+        <v>790</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>818</v>
+        <v>791</v>
       </c>
       <c r="G189" s="1"/>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" s="1" t="s">
-        <v>819</v>
+        <v>792</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>820</v>
+        <v>793</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>630</v>
+        <v>794</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>821</v>
+        <v>795</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>822</v>
+        <v>796</v>
       </c>
       <c r="G190" s="1"/>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" s="1" t="s">
-        <v>823</v>
+        <v>797</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>824</v>
+        <v>554</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>767</v>
+        <v>372</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>825</v>
+        <v>798</v>
       </c>
       <c r="F191" s="1" t="s">
-        <v>826</v>
+        <v>799</v>
       </c>
       <c r="G191" s="1"/>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" s="1" t="s">
-        <v>827</v>
+        <v>800</v>
       </c>
       <c r="B192" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>828</v>
+        <v>801</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>829</v>
+        <v>433</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>830</v>
+        <v>802</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>831</v>
+        <v>803</v>
       </c>
       <c r="G192" s="1"/>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" s="1" t="s">
-        <v>832</v>
+        <v>804</v>
       </c>
       <c r="B193" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>833</v>
+        <v>805</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>664</v>
+        <v>806</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>834</v>
+        <v>807</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>835</v>
+        <v>808</v>
       </c>
       <c r="G193" s="1"/>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" s="1" t="s">
-        <v>836</v>
+        <v>809</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>837</v>
+        <v>810</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>767</v>
+        <v>191</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>838</v>
+        <v>811</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>839</v>
+        <v>812</v>
       </c>
       <c r="G194" s="1"/>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" s="1" t="s">
-        <v>840</v>
+        <v>813</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>841</v>
+        <v>814</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>767</v>
+        <v>415</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>842</v>
+        <v>815</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>843</v>
+        <v>816</v>
       </c>
       <c r="G195" s="1"/>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" s="1" t="s">
-        <v>844</v>
+        <v>817</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>845</v>
+        <v>818</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>767</v>
+        <v>415</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>846</v>
+        <v>819</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>847</v>
+        <v>820</v>
       </c>
       <c r="G196" s="1"/>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" s="1" t="s">
-        <v>848</v>
+        <v>821</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>849</v>
+        <v>818</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>686</v>
+        <v>415</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>850</v>
+        <v>822</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>851</v>
+        <v>823</v>
       </c>
       <c r="G197" s="1"/>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" s="1" t="s">
-        <v>852</v>
+        <v>824</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>853</v>
+        <v>825</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>716</v>
+        <v>415</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>854</v>
+        <v>826</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>855</v>
+        <v>827</v>
       </c>
       <c r="G198" s="1"/>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" s="1" t="s">
-        <v>856</v>
+        <v>828</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>857</v>
+        <v>829</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>737</v>
+        <v>415</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>858</v>
+        <v>830</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>859</v>
+        <v>831</v>
       </c>
       <c r="G199" s="1"/>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" s="1" t="s">
-        <v>860</v>
+        <v>832</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>861</v>
+        <v>833</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>862</v>
+        <v>834</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>863</v>
+        <v>835</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>864</v>
+        <v>836</v>
       </c>
       <c r="G200" s="1"/>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" s="1" t="s">
-        <v>865</v>
+        <v>837</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>866</v>
+        <v>838</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>767</v>
+        <v>372</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>867</v>
+        <v>839</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>868</v>
+        <v>840</v>
       </c>
       <c r="G201" s="1"/>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" s="1" t="s">
-        <v>869</v>
+        <v>841</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>870</v>
+        <v>842</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>737</v>
+        <v>16</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>871</v>
+        <v>843</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>872</v>
+        <v>844</v>
       </c>
       <c r="G202" s="1"/>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" s="1" t="s">
-        <v>873</v>
+        <v>845</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>8</v>
+        <v>370</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>874</v>
+        <v>846</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>758</v>
+        <v>293</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>875</v>
+        <v>847</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>876</v>
+        <v>848</v>
       </c>
       <c r="G203" s="1"/>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" s="1" t="s">
-        <v>877</v>
+        <v>849</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>8</v>
+        <v>370</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>878</v>
+        <v>850</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>695</v>
+        <v>415</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>879</v>
+        <v>851</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>880</v>
+        <v>852</v>
       </c>
       <c r="G204" s="1"/>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" s="1" t="s">
-        <v>881</v>
+        <v>853</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>8</v>
+        <v>370</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>882</v>
+        <v>854</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>862</v>
+        <v>182</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>883</v>
+        <v>855</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>884</v>
+        <v>856</v>
       </c>
       <c r="G205" s="1"/>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" s="1" t="s">
-        <v>885</v>
+        <v>857</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>886</v>
+        <v>858</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>887</v>
+        <v>182</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>888</v>
+        <v>859</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>889</v>
+        <v>860</v>
       </c>
       <c r="G206" s="1"/>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" s="1" t="s">
-        <v>890</v>
+        <v>861</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>891</v>
+        <v>862</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>716</v>
+        <v>191</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>892</v>
+        <v>863</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>893</v>
+        <v>864</v>
       </c>
       <c r="G207" s="1"/>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" s="1" t="s">
-        <v>894</v>
+        <v>865</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>8</v>
+        <v>370</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>895</v>
+        <v>866</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>896</v>
+        <v>139</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>897</v>
+        <v>867</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>898</v>
+        <v>868</v>
       </c>
       <c r="G208" s="1"/>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" s="1" t="s">
-        <v>899</v>
+        <v>869</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>900</v>
+        <v>870</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>767</v>
+        <v>362</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>901</v>
+        <v>871</v>
       </c>
       <c r="F209" s="1" t="s">
-        <v>902</v>
+        <v>872</v>
       </c>
       <c r="G209" s="1"/>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" s="1" t="s">
-        <v>903</v>
+        <v>873</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>904</v>
+        <v>874</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>905</v>
+        <v>139</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>906</v>
+        <v>875</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>907</v>
+        <v>876</v>
       </c>
       <c r="G210" s="1"/>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" s="1" t="s">
-        <v>908</v>
+        <v>877</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>909</v>
+        <v>878</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>910</v>
+        <v>37</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>911</v>
+        <v>879</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>912</v>
+        <v>880</v>
       </c>
       <c r="G211" s="1"/>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" s="1" t="s">
-        <v>913</v>
+        <v>881</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>914</v>
+        <v>882</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>767</v>
+        <v>134</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>915</v>
+        <v>883</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>916</v>
+        <v>884</v>
       </c>
       <c r="G212" s="1"/>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" s="1" t="s">
-        <v>917</v>
+        <v>885</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>918</v>
+        <v>886</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>919</v>
+        <v>134</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>920</v>
+        <v>887</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>921</v>
+        <v>888</v>
       </c>
       <c r="G213" s="1"/>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" s="1" t="s">
-        <v>922</v>
+        <v>889</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>923</v>
+        <v>890</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>578</v>
+        <v>134</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>924</v>
+        <v>891</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>925</v>
+        <v>892</v>
       </c>
       <c r="G214" s="1"/>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" s="1" t="s">
-        <v>926</v>
+        <v>893</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>927</v>
+        <v>894</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>905</v>
+        <v>362</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>928</v>
+        <v>895</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>929</v>
+        <v>896</v>
       </c>
       <c r="G215" s="1"/>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" s="1" t="s">
-        <v>930</v>
+        <v>897</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>931</v>
+        <v>148</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>932</v>
+        <v>271</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>933</v>
+        <v>898</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>934</v>
+        <v>899</v>
       </c>
       <c r="G216" s="1"/>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" s="1" t="s">
-        <v>935</v>
+        <v>900</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>936</v>
+        <v>148</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>937</v>
+        <v>271</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>938</v>
+        <v>901</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>939</v>
+        <v>902</v>
       </c>
       <c r="G217" s="1"/>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" s="1" t="s">
-        <v>940</v>
+        <v>903</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>941</v>
+        <v>148</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>716</v>
+        <v>271</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>942</v>
+        <v>904</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>943</v>
+        <v>905</v>
       </c>
       <c r="G218" s="1"/>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" s="1" t="s">
-        <v>944</v>
+        <v>906</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>945</v>
+        <v>907</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>910</v>
+        <v>777</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>946</v>
+        <v>908</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>947</v>
+        <v>909</v>
       </c>
       <c r="G219" s="1"/>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" s="1" t="s">
-        <v>948</v>
+        <v>906</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>949</v>
+        <v>907</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>950</v>
+        <v>777</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>951</v>
+        <v>908</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>952</v>
+        <v>910</v>
       </c>
       <c r="G220" s="1"/>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" s="1" t="s">
-        <v>953</v>
+        <v>911</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>8</v>
+        <v>126</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>954</v>
+        <v>912</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>486</v>
+        <v>307</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>955</v>
+        <v>913</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>956</v>
+        <v>914</v>
       </c>
       <c r="G221" s="1"/>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" s="1" t="s">
-        <v>957</v>
+        <v>915</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>958</v>
+        <v>916</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>716</v>
+        <v>777</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>959</v>
+        <v>917</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>960</v>
+        <v>918</v>
       </c>
       <c r="G222" s="1"/>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" s="1" t="s">
-        <v>961</v>
+        <v>919</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>962</v>
+        <v>920</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>737</v>
+        <v>777</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>963</v>
+        <v>921</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>964</v>
+        <v>922</v>
       </c>
       <c r="G223" s="1"/>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" s="1" t="s">
-        <v>965</v>
+        <v>923</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>966</v>
+        <v>924</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>664</v>
+        <v>208</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>967</v>
+        <v>925</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>968</v>
+        <v>926</v>
       </c>
       <c r="G224" s="1"/>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" s="1" t="s">
-        <v>969</v>
+        <v>927</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>970</v>
+        <v>928</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>737</v>
+        <v>329</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>971</v>
+        <v>929</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>972</v>
+        <v>930</v>
       </c>
       <c r="G225" s="1"/>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" s="1" t="s">
-        <v>973</v>
+        <v>931</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>974</v>
+        <v>932</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>767</v>
+        <v>208</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>975</v>
+        <v>933</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>976</v>
+        <v>934</v>
       </c>
       <c r="G226" s="1"/>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" s="1" t="s">
-        <v>977</v>
+        <v>935</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>978</v>
+        <v>936</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>979</v>
+        <v>208</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>980</v>
+        <v>937</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>981</v>
+        <v>938</v>
       </c>
       <c r="G227" s="1"/>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" s="1" t="s">
-        <v>982</v>
+        <v>939</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>983</v>
+        <v>940</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>788</v>
+        <v>941</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>984</v>
+        <v>942</v>
       </c>
       <c r="F228" s="1" t="s">
-        <v>985</v>
+        <v>943</v>
       </c>
       <c r="G228" s="1"/>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" s="1" t="s">
-        <v>986</v>
+        <v>944</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>987</v>
+        <v>945</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>979</v>
+        <v>266</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>988</v>
+        <v>946</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>989</v>
+        <v>947</v>
       </c>
       <c r="G229" s="1"/>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" s="1" t="s">
-        <v>990</v>
+        <v>948</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>991</v>
+        <v>949</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>910</v>
+        <v>208</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>992</v>
+        <v>950</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>993</v>
+        <v>951</v>
       </c>
       <c r="G230" s="1"/>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" s="1" t="s">
-        <v>994</v>
+        <v>952</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>995</v>
+        <v>953</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>979</v>
+        <v>329</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>996</v>
+        <v>954</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>997</v>
+        <v>955</v>
       </c>
       <c r="G231" s="1"/>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" s="1" t="s">
-        <v>998</v>
+        <v>956</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>999</v>
+        <v>957</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>910</v>
+        <v>208</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>1000</v>
+        <v>958</v>
       </c>
       <c r="F232" s="1" t="s">
-        <v>1001</v>
+        <v>959</v>
       </c>
       <c r="G232" s="1"/>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" s="1" t="s">
-        <v>1002</v>
+        <v>960</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>1003</v>
+        <v>195</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>1004</v>
+        <v>372</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>1005</v>
+        <v>961</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>1006</v>
+        <v>962</v>
       </c>
       <c r="G233" s="1"/>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" s="1" t="s">
-        <v>1007</v>
+        <v>963</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>1008</v>
+        <v>964</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>1004</v>
+        <v>139</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>1009</v>
+        <v>965</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>1010</v>
+        <v>966</v>
       </c>
       <c r="G234" s="1"/>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" s="1" t="s">
-        <v>1011</v>
+        <v>967</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>1012</v>
+        <v>968</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>1013</v>
+        <v>149</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>1014</v>
+        <v>969</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>1015</v>
+        <v>970</v>
       </c>
       <c r="G235" s="1"/>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" s="1" t="s">
-        <v>1016</v>
+        <v>971</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>1017</v>
+        <v>972</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>1018</v>
+        <v>777</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>1019</v>
+        <v>973</v>
       </c>
       <c r="F236" s="1" t="s">
-        <v>1020</v>
+        <v>974</v>
       </c>
       <c r="G236" s="1"/>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" s="1" t="s">
-        <v>1021</v>
+        <v>975</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>8</v>
+        <v>768</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>1022</v>
+        <v>976</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>1023</v>
+        <v>208</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>1024</v>
+        <v>977</v>
       </c>
       <c r="F237" s="1" t="s">
-        <v>1025</v>
+        <v>978</v>
       </c>
       <c r="G237" s="1"/>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" s="1" t="s">
-        <v>1026</v>
+        <v>979</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>1027</v>
+        <v>980</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>932</v>
+        <v>981</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>1028</v>
+        <v>982</v>
       </c>
       <c r="F238" s="1" t="s">
-        <v>1029</v>
+        <v>983</v>
       </c>
       <c r="G238" s="1"/>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" s="1" t="s">
-        <v>1030</v>
+        <v>984</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>1031</v>
+        <v>985</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>910</v>
+        <v>981</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>1032</v>
+        <v>986</v>
       </c>
       <c r="F239" s="1" t="s">
-        <v>1033</v>
+        <v>987</v>
       </c>
       <c r="G239" s="1"/>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" s="1" t="s">
-        <v>1034</v>
+        <v>988</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>1035</v>
+        <v>989</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>1013</v>
+        <v>981</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>1036</v>
+        <v>990</v>
       </c>
       <c r="F240" s="1" t="s">
-        <v>1037</v>
+        <v>991</v>
       </c>
       <c r="G240" s="1"/>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" s="1" t="s">
-        <v>1038</v>
+        <v>992</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>1039</v>
+        <v>993</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>1040</v>
+        <v>981</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>1041</v>
+        <v>994</v>
       </c>
       <c r="F241" s="1" t="s">
-        <v>1042</v>
+        <v>995</v>
       </c>
       <c r="G241" s="1"/>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" s="1" t="s">
-        <v>1043</v>
+        <v>996</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>8</v>
+        <v>99</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>1044</v>
+        <v>997</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>1018</v>
+        <v>293</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>1045</v>
+        <v>998</v>
       </c>
       <c r="F242" s="1" t="s">
-        <v>1046</v>
+        <v>999</v>
       </c>
       <c r="G242" s="1"/>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" s="1" t="s">
-        <v>1047</v>
+        <v>1000</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>8</v>
+        <v>99</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>1048</v>
+        <v>1001</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>1049</v>
+        <v>415</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>1050</v>
+        <v>1002</v>
       </c>
       <c r="F243" s="1" t="s">
-        <v>1051</v>
+        <v>1003</v>
       </c>
       <c r="G243" s="1"/>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" s="1" t="s">
-        <v>1052</v>
+        <v>1004</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>8</v>
+        <v>99</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>1053</v>
+        <v>1005</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>1054</v>
+        <v>415</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>1055</v>
+        <v>1006</v>
       </c>
       <c r="F244" s="1" t="s">
-        <v>1056</v>
+        <v>1007</v>
       </c>
       <c r="G244" s="1"/>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" s="1" t="s">
-        <v>1057</v>
+        <v>1008</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>8</v>
+        <v>99</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>1058</v>
+        <v>1009</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>767</v>
+        <v>420</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>1059</v>
+        <v>1010</v>
       </c>
       <c r="F245" s="1" t="s">
-        <v>1060</v>
+        <v>1011</v>
       </c>
       <c r="G245" s="1"/>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" s="1" t="s">
-        <v>1061</v>
+        <v>1012</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>8</v>
+        <v>99</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>1062</v>
+        <v>1001</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>910</v>
+        <v>32</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>1063</v>
+        <v>1013</v>
       </c>
       <c r="F246" s="1" t="s">
-        <v>1064</v>
+        <v>1014</v>
       </c>
       <c r="G246" s="1"/>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" s="1" t="s">
-        <v>1065</v>
+        <v>1015</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>8</v>
+        <v>99</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>1066</v>
+        <v>1016</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>932</v>
+        <v>101</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>1067</v>
+        <v>1017</v>
       </c>
       <c r="F247" s="1" t="s">
-        <v>1068</v>
+        <v>1018</v>
       </c>
       <c r="G247" s="1"/>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" s="1" t="s">
-        <v>1069</v>
+        <v>1019</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>1070</v>
+        <v>1020</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>932</v>
+        <v>144</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>1071</v>
+        <v>1021</v>
       </c>
       <c r="F248" s="1" t="s">
-        <v>1072</v>
+        <v>1022</v>
       </c>
       <c r="G248" s="1"/>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" s="1" t="s">
-        <v>1073</v>
+        <v>1023</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>1074</v>
+        <v>36</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>1075</v>
+        <v>43</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>1076</v>
+        <v>1024</v>
       </c>
       <c r="F249" s="1" t="s">
-        <v>1077</v>
+        <v>1025</v>
       </c>
       <c r="G249" s="1"/>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" s="1" t="s">
-        <v>1078</v>
+        <v>1026</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>1079</v>
+        <v>36</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>1080</v>
+        <v>981</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>1081</v>
+        <v>1027</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>1082</v>
+        <v>1028</v>
       </c>
       <c r="G250" s="1"/>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" s="1" t="s">
-        <v>1083</v>
+        <v>1029</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>8</v>
+        <v>89</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>1084</v>
+        <v>1030</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>1004</v>
+        <v>232</v>
       </c>
       <c r="E251" s="1" t="s">
-        <v>1085</v>
+        <v>1031</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>1086</v>
+        <v>1032</v>
       </c>
       <c r="G251" s="1"/>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" s="1" t="s">
-        <v>1087</v>
+        <v>1033</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>1088</v>
+        <v>1034</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>1075</v>
+        <v>266</v>
       </c>
       <c r="E252" s="1" t="s">
-        <v>1089</v>
+        <v>1035</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>1090</v>
+        <v>1036</v>
       </c>
       <c r="G252" s="1"/>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" s="1" t="s">
-        <v>1091</v>
+        <v>1037</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>1092</v>
+        <v>1038</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>1093</v>
+        <v>266</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>1094</v>
+        <v>1039</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>1095</v>
+        <v>1040</v>
       </c>
       <c r="G253" s="1"/>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" s="1" t="s">
-        <v>1096</v>
+        <v>1041</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>1097</v>
+        <v>190</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>767</v>
+        <v>293</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>1098</v>
+        <v>1042</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>1099</v>
+        <v>1043</v>
       </c>
       <c r="G254" s="1"/>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" s="1" t="s">
-        <v>1100</v>
+        <v>1044</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>1101</v>
+        <v>1045</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>1049</v>
+        <v>293</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>1102</v>
+        <v>1046</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>1103</v>
+        <v>1047</v>
       </c>
       <c r="G255" s="1"/>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" s="1" t="s">
-        <v>1104</v>
+        <v>1048</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>1105</v>
+        <v>1049</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>1093</v>
+        <v>420</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>1106</v>
+        <v>1050</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>1107</v>
+        <v>1051</v>
       </c>
       <c r="G256" s="1"/>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" s="1" t="s">
-        <v>1108</v>
+        <v>1052</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>1109</v>
+        <v>1053</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>1110</v>
+        <v>32</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>1111</v>
+        <v>1054</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>1112</v>
+        <v>1055</v>
       </c>
       <c r="G257" s="1"/>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" s="1" t="s">
-        <v>1113</v>
+        <v>1056</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>1114</v>
+        <v>1057</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>413</v>
+        <v>232</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>1115</v>
+        <v>1058</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>1116</v>
+        <v>1059</v>
       </c>
       <c r="G258" s="1"/>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" s="1" t="s">
-        <v>1117</v>
+        <v>1060</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>1118</v>
+        <v>317</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>1119</v>
+        <v>32</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>1120</v>
+        <v>1061</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>1121</v>
+        <v>1062</v>
       </c>
       <c r="G259" s="1"/>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" s="1" t="s">
-        <v>1122</v>
+        <v>1063</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>1123</v>
+        <v>190</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>1124</v>
+        <v>32</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>1125</v>
+        <v>1064</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>1126</v>
+        <v>1065</v>
       </c>
       <c r="G260" s="1"/>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" s="1" t="s">
-        <v>1127</v>
+        <v>1066</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>1128</v>
+        <v>190</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>1124</v>
+        <v>239</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>1129</v>
+        <v>1067</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>1130</v>
+        <v>1068</v>
       </c>
       <c r="G261" s="1"/>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" s="1" t="s">
-        <v>1131</v>
+        <v>1069</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>1132</v>
+        <v>190</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>1075</v>
+        <v>182</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>1133</v>
+        <v>1070</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>1134</v>
+        <v>1071</v>
       </c>
       <c r="G262" s="1"/>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" s="1" t="s">
-        <v>1135</v>
+        <v>1072</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>1136</v>
+        <v>190</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>1137</v>
+        <v>191</v>
       </c>
       <c r="E263" s="1" t="s">
-        <v>1138</v>
+        <v>1073</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>1139</v>
+        <v>1074</v>
       </c>
       <c r="G263" s="1"/>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" s="1" t="s">
-        <v>1140</v>
+        <v>1075</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>1141</v>
+        <v>1076</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>686</v>
+        <v>227</v>
       </c>
       <c r="E264" s="1" t="s">
-        <v>1142</v>
+        <v>1077</v>
       </c>
       <c r="F264" s="1" t="s">
-        <v>1143</v>
+        <v>1078</v>
       </c>
       <c r="G264" s="1"/>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" s="1" t="s">
-        <v>1144</v>
+        <v>1079</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>1145</v>
+        <v>1080</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>979</v>
+        <v>134</v>
       </c>
       <c r="E265" s="1" t="s">
-        <v>1146</v>
+        <v>1081</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>1147</v>
+        <v>1082</v>
       </c>
       <c r="G265" s="1"/>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" s="1" t="s">
-        <v>1148</v>
+        <v>1083</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>1149</v>
+        <v>1084</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>767</v>
+        <v>433</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>1150</v>
+        <v>1085</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>1151</v>
+        <v>1086</v>
       </c>
       <c r="G266" s="1"/>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" s="1" t="s">
-        <v>1152</v>
+        <v>1087</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>1153</v>
+        <v>1088</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>1075</v>
+        <v>293</v>
       </c>
       <c r="E267" s="1" t="s">
-        <v>1154</v>
+        <v>1089</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>1155</v>
+        <v>1090</v>
       </c>
       <c r="G267" s="1"/>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" s="1" t="s">
-        <v>1156</v>
+        <v>1091</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>1157</v>
+        <v>1092</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>1158</v>
+        <v>32</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>1159</v>
+        <v>1093</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>1160</v>
+        <v>1094</v>
       </c>
       <c r="G268" s="1"/>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" s="1" t="s">
-        <v>1161</v>
+        <v>1095</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>1162</v>
+        <v>1096</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>1163</v>
+        <v>191</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>1164</v>
+        <v>1097</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>1165</v>
+        <v>1098</v>
       </c>
       <c r="G269" s="1"/>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" s="1" t="s">
-        <v>1166</v>
+        <v>1099</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>1167</v>
+        <v>1100</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>1163</v>
+        <v>806</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>1168</v>
+        <v>1101</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>1169</v>
+        <v>1102</v>
       </c>
       <c r="G270" s="1"/>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" s="1" t="s">
-        <v>1170</v>
+        <v>1103</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>1171</v>
+        <v>1104</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>152</v>
+        <v>191</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>1172</v>
+        <v>1105</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>1173</v>
+        <v>1106</v>
       </c>
       <c r="G271" s="1"/>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" s="1" t="s">
-        <v>1174</v>
+        <v>1107</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>1175</v>
+        <v>1108</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>1176</v>
+        <v>191</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>1177</v>
+        <v>1109</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>1178</v>
+        <v>1110</v>
       </c>
       <c r="G272" s="1"/>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" s="1" t="s">
-        <v>1179</v>
+        <v>1111</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>1180</v>
+        <v>1112</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>1181</v>
+        <v>169</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>1182</v>
+        <v>1113</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>1183</v>
+        <v>1114</v>
       </c>
       <c r="G273" s="1"/>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" s="1" t="s">
-        <v>1184</v>
+        <v>1115</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>1185</v>
+        <v>1116</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>1186</v>
+        <v>128</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>1187</v>
+        <v>1117</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>1188</v>
+        <v>1118</v>
       </c>
       <c r="G274" s="1"/>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" s="1" t="s">
-        <v>1189</v>
+        <v>1119</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>1190</v>
+        <v>1120</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>35</v>
+        <v>307</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>1191</v>
+        <v>1121</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>1192</v>
+        <v>1122</v>
       </c>
       <c r="G275" s="1"/>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" s="1" t="s">
-        <v>1193</v>
+        <v>1123</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>1194</v>
+        <v>1124</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>1181</v>
+        <v>257</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>1195</v>
+        <v>1125</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>1196</v>
+        <v>1126</v>
       </c>
       <c r="G276" s="1"/>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" s="1" t="s">
-        <v>1197</v>
+        <v>1127</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>1198</v>
+        <v>1128</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>1199</v>
+        <v>257</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>1200</v>
+        <v>1129</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>1201</v>
+        <v>1130</v>
       </c>
       <c r="G277" s="1"/>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" s="1" t="s">
-        <v>1202</v>
+        <v>1131</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>1203</v>
+        <v>1132</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>1181</v>
+        <v>169</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>1204</v>
+        <v>1133</v>
       </c>
       <c r="F278" s="1" t="s">
-        <v>1205</v>
+        <v>1134</v>
       </c>
       <c r="G278" s="1"/>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" s="1" t="s">
-        <v>1206</v>
+        <v>1135</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>1207</v>
+        <v>1136</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>1199</v>
+        <v>1137</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>1208</v>
+        <v>1138</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>1209</v>
+        <v>1139</v>
       </c>
       <c r="G279" s="1"/>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" s="1" t="s">
-        <v>1210</v>
+        <v>1140</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>8</v>
+        <v>126</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>1211</v>
+        <v>1141</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>1199</v>
+        <v>16</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>1212</v>
+        <v>1142</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>1213</v>
+        <v>1143</v>
       </c>
       <c r="G280" s="1"/>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" s="1" t="s">
-        <v>1214</v>
+        <v>1144</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>8</v>
+        <v>89</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>1215</v>
+        <v>1145</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>1199</v>
+        <v>154</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>1216</v>
+        <v>1146</v>
       </c>
       <c r="F281" s="1" t="s">
-        <v>1217</v>
+        <v>1147</v>
       </c>
       <c r="G281" s="1"/>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" s="1" t="s">
-        <v>1218</v>
+        <v>1148</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>1219</v>
+        <v>1149</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>1199</v>
+        <v>10</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>1220</v>
+        <v>1150</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>1221</v>
+        <v>1151</v>
       </c>
       <c r="G282" s="1"/>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" s="1" t="s">
-        <v>1222</v>
+        <v>1152</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>8</v>
+        <v>703</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>1223</v>
+        <v>1153</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>1199</v>
+        <v>941</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>1224</v>
+        <v>1154</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>1225</v>
+        <v>1155</v>
       </c>
       <c r="G283" s="1"/>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" s="1" t="s">
-        <v>1226</v>
+        <v>1156</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>1227</v>
+        <v>1157</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>1199</v>
+        <v>239</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>1228</v>
+        <v>1158</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>1229</v>
+        <v>1159</v>
       </c>
       <c r="G284" s="1"/>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" s="1" t="s">
-        <v>1230</v>
+        <v>1160</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>1231</v>
+        <v>1161</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>1199</v>
+        <v>433</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>1232</v>
+        <v>1162</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>1233</v>
+        <v>1163</v>
       </c>
       <c r="G285" s="1"/>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" s="1" t="s">
-        <v>1234</v>
+        <v>1164</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1235</v>
+        <v>1165</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>1199</v>
+        <v>433</v>
       </c>
       <c r="E286" s="1" t="s">
-        <v>1236</v>
+        <v>1166</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>1237</v>
+        <v>1167</v>
       </c>
       <c r="G286" s="1"/>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" s="1" t="s">
-        <v>1238</v>
+        <v>1168</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1239</v>
+        <v>1169</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>1199</v>
+        <v>433</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>1240</v>
+        <v>1170</v>
       </c>
       <c r="F287" s="1" t="s">
-        <v>1241</v>
+        <v>1171</v>
       </c>
       <c r="G287" s="1"/>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" s="1" t="s">
-        <v>1242</v>
+        <v>1172</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1243</v>
+        <v>1173</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>1199</v>
+        <v>182</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>1244</v>
+        <v>1174</v>
       </c>
       <c r="F288" s="1" t="s">
-        <v>1245</v>
+        <v>1175</v>
       </c>
       <c r="G288" s="1"/>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" s="1" t="s">
-        <v>1246</v>
+        <v>1176</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1247</v>
+        <v>1177</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>1199</v>
+        <v>182</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>1248</v>
+        <v>1178</v>
       </c>
       <c r="F289" s="1" t="s">
-        <v>1249</v>
+        <v>1179</v>
       </c>
       <c r="G289" s="1"/>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" s="1" t="s">
-        <v>1250</v>
+        <v>1180</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>1251</v>
+        <v>1181</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>1176</v>
+        <v>941</v>
       </c>
       <c r="E290" s="1" t="s">
-        <v>1252</v>
+        <v>1182</v>
       </c>
       <c r="F290" s="1" t="s">
-        <v>1253</v>
+        <v>1183</v>
       </c>
       <c r="G290" s="1"/>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" s="1" t="s">
-        <v>1254</v>
+        <v>1184</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1255</v>
+        <v>1185</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>1176</v>
+        <v>941</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>1256</v>
+        <v>1186</v>
       </c>
       <c r="F291" s="1" t="s">
-        <v>1257</v>
+        <v>1187</v>
       </c>
       <c r="G291" s="1"/>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" s="1" t="s">
-        <v>1258</v>
+        <v>1188</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1259</v>
+        <v>1189</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>35</v>
+        <v>227</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>1260</v>
+        <v>1190</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>1261</v>
+        <v>1191</v>
       </c>
       <c r="G292" s="1"/>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" s="1" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B293" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C293" s="1" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="E293" s="1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="F293" s="1" t="s">
+        <v>1195</v>
+      </c>
+      <c r="G293" s="1"/>
+    </row>
+    <row r="294" spans="1:7">
+      <c r="A294" s="1" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B294" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C294" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D294" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="E294" s="1" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F294" s="1" t="s">
+        <v>1199</v>
+      </c>
+      <c r="G294" s="1"/>
+    </row>
+    <row r="295" spans="1:7">
+      <c r="A295" s="1" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B295" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C295" s="1" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="E295" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F295" s="1" t="s">
+        <v>1203</v>
+      </c>
+      <c r="G295" s="1"/>
+    </row>
+    <row r="296" spans="1:7">
+      <c r="A296" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="B296" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C296" s="1" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E296" s="1" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F296" s="1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="G296" s="1"/>
+    </row>
+    <row r="297" spans="1:7">
+      <c r="A297" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B297" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="E297" s="1" t="s">
+        <v>1210</v>
+      </c>
+      <c r="F297" s="1" t="s">
+        <v>1211</v>
+      </c>
+      <c r="G297" s="1"/>
+    </row>
+    <row r="298" spans="1:7">
+      <c r="A298" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B298" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C298" s="1" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="E298" s="1" t="s">
+        <v>1214</v>
+      </c>
+      <c r="F298" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="G298" s="1"/>
+    </row>
+    <row r="299" spans="1:7">
+      <c r="A299" s="1" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B299" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C299" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="E299" s="1" t="s">
+        <v>1217</v>
+      </c>
+      <c r="F299" s="1" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G299" s="1"/>
+    </row>
+    <row r="300" spans="1:7">
+      <c r="A300" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B300" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C300" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D300" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="E300" s="1" t="s">
+        <v>1121</v>
+      </c>
+      <c r="F300" s="1" t="s">
+        <v>1219</v>
+      </c>
+      <c r="G300" s="1"/>
+    </row>
+    <row r="301" spans="1:7">
+      <c r="A301" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B301" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C301" s="1" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="E301" s="1" t="s">
+        <v>1222</v>
+      </c>
+      <c r="F301" s="1" t="s">
+        <v>1223</v>
+      </c>
+      <c r="G301" s="1"/>
+    </row>
+    <row r="302" spans="1:7">
+      <c r="A302" s="1" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B302" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C302" s="1" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D302" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E302" s="1" t="s">
+        <v>1226</v>
+      </c>
+      <c r="F302" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="G302" s="1"/>
+    </row>
+    <row r="303" spans="1:7">
+      <c r="A303" s="1" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B303" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C303" s="1" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D303" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E303" s="1" t="s">
+        <v>1230</v>
+      </c>
+      <c r="F303" s="1" t="s">
+        <v>1231</v>
+      </c>
+      <c r="G303" s="1"/>
+    </row>
+    <row r="304" spans="1:7">
+      <c r="A304" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B304" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C304" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="E304" s="1" t="s">
+        <v>1233</v>
+      </c>
+      <c r="F304" s="1" t="s">
+        <v>1234</v>
+      </c>
+      <c r="G304" s="1"/>
+    </row>
+    <row r="305" spans="1:7">
+      <c r="A305" s="1" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B305" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C305" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D305" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="E305" s="1" t="s">
+        <v>1237</v>
+      </c>
+      <c r="F305" s="1" t="s">
+        <v>1238</v>
+      </c>
+      <c r="G305" s="1"/>
+    </row>
+    <row r="306" spans="1:7">
+      <c r="A306" s="1" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B306" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C306" s="1" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D306" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="E306" s="1" t="s">
+        <v>1241</v>
+      </c>
+      <c r="F306" s="1" t="s">
+        <v>1242</v>
+      </c>
+      <c r="G306" s="1"/>
+    </row>
+    <row r="307" spans="1:7">
+      <c r="A307" s="1" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B307" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C307" s="1" t="s">
+        <v>1244</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="E307" s="1" t="s">
+        <v>1245</v>
+      </c>
+      <c r="F307" s="1" t="s">
+        <v>1246</v>
+      </c>
+      <c r="G307" s="1"/>
+    </row>
+    <row r="308" spans="1:7">
+      <c r="A308" s="1" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B308" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C308" s="1" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D308" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="E308" s="1" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F308" s="1" t="s">
+        <v>1250</v>
+      </c>
+      <c r="G308" s="1"/>
+    </row>
+    <row r="309" spans="1:7">
+      <c r="A309" s="1" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B309" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C309" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="E309" s="1" t="s">
+        <v>1252</v>
+      </c>
+      <c r="F309" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="G309" s="1"/>
+    </row>
+    <row r="310" spans="1:7">
+      <c r="A310" s="1" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B310" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C310" s="1" t="s">
+        <v>1255</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="E310" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="F310" s="1" t="s">
+        <v>1257</v>
+      </c>
+      <c r="G310" s="1"/>
+    </row>
+    <row r="311" spans="1:7">
+      <c r="A311" s="1" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B311" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C311" s="1" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D311" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="E311" s="1" t="s">
+        <v>1260</v>
+      </c>
+      <c r="F311" s="1" t="s">
+        <v>1261</v>
+      </c>
+      <c r="G311" s="1"/>
+    </row>
+    <row r="312" spans="1:7">
+      <c r="A312" s="1" t="s">
         <v>1262</v>
       </c>
-      <c r="B293" s="1" t="s">
+      <c r="B312" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C312" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E312" s="1" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F312" s="1" t="s">
+        <v>1264</v>
+      </c>
+      <c r="G312" s="1"/>
+    </row>
+    <row r="313" spans="1:7">
+      <c r="A313" s="1" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B313" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C313" s="1" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E313" s="1" t="s">
+        <v>1267</v>
+      </c>
+      <c r="F313" s="1" t="s">
+        <v>1268</v>
+      </c>
+      <c r="G313" s="1"/>
+    </row>
+    <row r="314" spans="1:7">
+      <c r="A314" s="1" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B314" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C314" s="1" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D314" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E314" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="F314" s="1" t="s">
+        <v>1272</v>
+      </c>
+      <c r="G314" s="1"/>
+    </row>
+    <row r="315" spans="1:7">
+      <c r="A315" s="1" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B315" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C315" s="1" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E315" s="1" t="s">
+        <v>1275</v>
+      </c>
+      <c r="F315" s="1" t="s">
+        <v>1276</v>
+      </c>
+      <c r="G315" s="1"/>
+    </row>
+    <row r="316" spans="1:7">
+      <c r="A316" s="1" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B316" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C316" s="1" t="s">
+        <v>1278</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E316" s="1" t="s">
+        <v>1279</v>
+      </c>
+      <c r="F316" s="1" t="s">
+        <v>1280</v>
+      </c>
+      <c r="G316" s="1"/>
+    </row>
+    <row r="317" spans="1:7">
+      <c r="A317" s="1" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B317" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C317" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E317" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="F317" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="G317" s="1"/>
+    </row>
+    <row r="318" spans="1:7">
+      <c r="A318" s="1" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B318" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C318" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="E318" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F318" s="1" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G318" s="1"/>
+    </row>
+    <row r="319" spans="1:7">
+      <c r="A319" s="1" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B319" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C319" s="1" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D319" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E319" s="1" t="s">
+        <v>1290</v>
+      </c>
+      <c r="F319" s="1" t="s">
+        <v>1291</v>
+      </c>
+      <c r="G319" s="1"/>
+    </row>
+    <row r="320" spans="1:7">
+      <c r="A320" s="1" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B320" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="C320" s="1" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="E320" s="1" t="s">
+        <v>1294</v>
+      </c>
+      <c r="F320" s="1" t="s">
+        <v>1295</v>
+      </c>
+      <c r="G320" s="1"/>
+    </row>
+    <row r="321" spans="1:7">
+      <c r="A321" s="1" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C321" s="1" t="s">
+        <v>1297</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="E321" s="1" t="s">
+        <v>1298</v>
+      </c>
+      <c r="F321" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G321" s="1"/>
+    </row>
+    <row r="322" spans="1:7">
+      <c r="A322" s="1" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B322" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C322" s="1" t="s">
+        <v>1301</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="E322" s="1" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F322" s="1" t="s">
+        <v>1303</v>
+      </c>
+      <c r="G322" s="1"/>
+    </row>
+    <row r="323" spans="1:7">
+      <c r="A323" s="1" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E323" s="1" t="s">
+        <v>1306</v>
+      </c>
+      <c r="F323" s="1" t="s">
+        <v>1307</v>
+      </c>
+      <c r="G323" s="1"/>
+    </row>
+    <row r="324" spans="1:7">
+      <c r="A324" s="1" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C324" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E324" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="F324" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G324" s="1"/>
+    </row>
+    <row r="325" spans="1:7">
+      <c r="A325" s="1" t="s">
+        <v>1311</v>
+      </c>
+      <c r="B325" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C325" s="1" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E325" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="F325" s="1" t="s">
+        <v>1314</v>
+      </c>
+      <c r="G325" s="1"/>
+    </row>
+    <row r="326" spans="1:7">
+      <c r="A326" s="1" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B326" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C326" s="1" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E326" s="1" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F326" s="1" t="s">
+        <v>1318</v>
+      </c>
+      <c r="G326" s="1"/>
+    </row>
+    <row r="327" spans="1:7">
+      <c r="A327" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B327" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C327" s="1" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E327" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F327" s="1" t="s">
+        <v>1322</v>
+      </c>
+      <c r="G327" s="1"/>
+    </row>
+    <row r="328" spans="1:7">
+      <c r="A328" s="1" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B328" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C328" s="1" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E328" s="1" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F328" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="G328" s="1"/>
+    </row>
+    <row r="329" spans="1:7">
+      <c r="A329" s="1" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B329" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C329" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E329" s="1" t="s">
+        <v>1327</v>
+      </c>
+      <c r="F329" s="1" t="s">
+        <v>1328</v>
+      </c>
+      <c r="G329" s="1"/>
+    </row>
+    <row r="330" spans="1:7">
+      <c r="A330" s="1" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C330" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="D330" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E330" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="F330" s="1" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G330" s="1"/>
+    </row>
+    <row r="331" spans="1:7">
+      <c r="A331" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C331" s="1" t="s">
+        <v>1334</v>
+      </c>
+      <c r="D331" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="E331" s="1" t="s">
+        <v>1335</v>
+      </c>
+      <c r="F331" s="1" t="s">
+        <v>1336</v>
+      </c>
+      <c r="G331" s="1"/>
+    </row>
+    <row r="332" spans="1:7">
+      <c r="A332" s="1" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B332" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="C293" s="1" t="s">
-[...11 lines deleted...]
-      <c r="G293" s="1"/>
+      <c r="C332" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="E332" s="1" t="s">
+        <v>1339</v>
+      </c>
+      <c r="F332" s="1" t="s">
+        <v>1340</v>
+      </c>
+      <c r="G332" s="1"/>
+    </row>
+    <row r="333" spans="1:7">
+      <c r="A333" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B333" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C333" s="1" t="s">
+        <v>1342</v>
+      </c>
+      <c r="D333" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="E333" s="1" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F333" s="1" t="s">
+        <v>1344</v>
+      </c>
+      <c r="G333" s="1"/>
+    </row>
+    <row r="334" spans="1:7">
+      <c r="A334" s="1" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B334" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C334" s="1" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D334" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E334" s="1" t="s">
+        <v>1347</v>
+      </c>
+      <c r="F334" s="1" t="s">
+        <v>1348</v>
+      </c>
+      <c r="G334" s="1"/>
+    </row>
+    <row r="335" spans="1:7">
+      <c r="A335" s="1" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B335" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C335" s="1" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D335" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="E335" s="1" t="s">
+        <v>1351</v>
+      </c>
+      <c r="F335" s="1" t="s">
+        <v>1352</v>
+      </c>
+      <c r="G335" s="1"/>
+    </row>
+    <row r="336" spans="1:7">
+      <c r="A336" s="1" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B336" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C336" s="1" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="E336" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="F336" s="1" t="s">
+        <v>1356</v>
+      </c>
+      <c r="G336" s="1"/>
+    </row>
+    <row r="337" spans="1:7">
+      <c r="A337" s="1" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B337" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C337" s="1" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D337" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="E337" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="F337" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="G337" s="1"/>
+    </row>
+    <row r="338" spans="1:7">
+      <c r="A338" s="1" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B338" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C338" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="D338" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="E338" s="1" t="s">
+        <v>1363</v>
+      </c>
+      <c r="F338" s="1" t="s">
+        <v>1364</v>
+      </c>
+      <c r="G338" s="1"/>
+    </row>
+    <row r="339" spans="1:7">
+      <c r="A339" s="1" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B339" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C339" s="1" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D339" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="E339" s="1" t="s">
+        <v>1367</v>
+      </c>
+      <c r="F339" s="1" t="s">
+        <v>1368</v>
+      </c>
+      <c r="G339" s="1"/>
+    </row>
+    <row r="340" spans="1:7">
+      <c r="A340" s="1" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B340" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C340" s="1" t="s">
+        <v>1370</v>
+      </c>
+      <c r="D340" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="E340" s="1" t="s">
+        <v>1371</v>
+      </c>
+      <c r="F340" s="1" t="s">
+        <v>1372</v>
+      </c>
+      <c r="G340" s="1"/>
+    </row>
+    <row r="341" spans="1:7">
+      <c r="A341" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B341" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C341" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="E341" s="1" t="s">
+        <v>1374</v>
+      </c>
+      <c r="F341" s="1" t="s">
+        <v>1375</v>
+      </c>
+      <c r="G341" s="1"/>
+    </row>
+    <row r="342" spans="1:7">
+      <c r="A342" s="1" t="s">
+        <v>1376</v>
+      </c>
+      <c r="B342" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C342" s="1" t="s">
+        <v>1377</v>
+      </c>
+      <c r="D342" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="E342" s="1" t="s">
+        <v>1378</v>
+      </c>
+      <c r="F342" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="G342" s="1"/>
+    </row>
+    <row r="343" spans="1:7">
+      <c r="A343" s="1" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B343" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C343" s="1" t="s">
+        <v>1381</v>
+      </c>
+      <c r="D343" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="E343" s="1" t="s">
+        <v>1382</v>
+      </c>
+      <c r="F343" s="1" t="s">
+        <v>1383</v>
+      </c>
+      <c r="G343" s="1"/>
+    </row>
+    <row r="344" spans="1:7">
+      <c r="A344" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B344" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C344" s="1" t="s">
+        <v>1385</v>
+      </c>
+      <c r="D344" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E344" s="1" t="s">
+        <v>1386</v>
+      </c>
+      <c r="F344" s="1" t="s">
+        <v>1387</v>
+      </c>
+      <c r="G344" s="1"/>
+    </row>
+    <row r="345" spans="1:7">
+      <c r="A345" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B345" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C345" s="1" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D345" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E345" s="1" t="s">
+        <v>1390</v>
+      </c>
+      <c r="F345" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="G345" s="1"/>
+    </row>
+    <row r="346" spans="1:7">
+      <c r="A346" s="1" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B346" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C346" s="1" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D346" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="E346" s="1" t="s">
+        <v>1394</v>
+      </c>
+      <c r="F346" s="1" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G346" s="1"/>
+    </row>
+    <row r="347" spans="1:7">
+      <c r="A347" s="1" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B347" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="E347" s="1" t="s">
+        <v>1398</v>
+      </c>
+      <c r="F347" s="1" t="s">
+        <v>1399</v>
+      </c>
+      <c r="G347" s="1"/>
+    </row>
+    <row r="348" spans="1:7">
+      <c r="A348" s="1" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B348" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C348" s="1" t="s">
+        <v>1401</v>
+      </c>
+      <c r="D348" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="E348" s="1" t="s">
+        <v>1402</v>
+      </c>
+      <c r="F348" s="1" t="s">
+        <v>1403</v>
+      </c>
+      <c r="G348" s="1"/>
+    </row>
+    <row r="349" spans="1:7">
+      <c r="A349" s="1" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B349" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C349" s="1" t="s">
+        <v>1405</v>
+      </c>
+      <c r="D349" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E349" s="1" t="s">
+        <v>1406</v>
+      </c>
+      <c r="F349" s="1" t="s">
+        <v>1407</v>
+      </c>
+      <c r="G349" s="1"/>
+    </row>
+    <row r="350" spans="1:7">
+      <c r="A350" s="1" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B350" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D350" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="E350" s="1" t="s">
+        <v>1409</v>
+      </c>
+      <c r="F350" s="1" t="s">
+        <v>1410</v>
+      </c>
+      <c r="G350" s="1"/>
+    </row>
+    <row r="351" spans="1:7">
+      <c r="A351" s="1" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B351" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C351" s="1" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="E351" s="1" t="s">
+        <v>1413</v>
+      </c>
+      <c r="F351" s="1" t="s">
+        <v>1414</v>
+      </c>
+      <c r="G351" s="1"/>
+    </row>
+    <row r="352" spans="1:7">
+      <c r="A352" s="1" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B352" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C352" s="1" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D352" s="1" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E352" s="1" t="s">
+        <v>1418</v>
+      </c>
+      <c r="F352" s="1" t="s">
+        <v>1419</v>
+      </c>
+      <c r="G352" s="1"/>
+    </row>
+    <row r="353" spans="1:7">
+      <c r="A353" s="1" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B353" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C353" s="1" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E353" s="1" t="s">
+        <v>1422</v>
+      </c>
+      <c r="F353" s="1" t="s">
+        <v>1423</v>
+      </c>
+      <c r="G353" s="1"/>
+    </row>
+    <row r="354" spans="1:7">
+      <c r="A354" s="1" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B354" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C354" s="1" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D354" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="E354" s="1" t="s">
+        <v>1426</v>
+      </c>
+      <c r="F354" s="1" t="s">
+        <v>1427</v>
+      </c>
+      <c r="G354" s="1"/>
+    </row>
+    <row r="355" spans="1:7">
+      <c r="A355" s="1" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B355" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C355" s="1" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D355" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E355" s="1" t="s">
+        <v>1430</v>
+      </c>
+      <c r="F355" s="1" t="s">
+        <v>1431</v>
+      </c>
+      <c r="G355" s="1"/>
+    </row>
+    <row r="356" spans="1:7">
+      <c r="A356" s="1" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B356" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C356" s="1" t="s">
+        <v>1433</v>
+      </c>
+      <c r="D356" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="E356" s="1" t="s">
+        <v>1434</v>
+      </c>
+      <c r="F356" s="1" t="s">
+        <v>1435</v>
+      </c>
+      <c r="G356" s="1"/>
+    </row>
+    <row r="357" spans="1:7">
+      <c r="A357" s="1" t="s">
+        <v>1436</v>
+      </c>
+      <c r="B357" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C357" s="1" t="s">
+        <v>1437</v>
+      </c>
+      <c r="D357" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E357" s="1" t="s">
+        <v>1438</v>
+      </c>
+      <c r="F357" s="1" t="s">
+        <v>1439</v>
+      </c>
+      <c r="G357" s="1"/>
+    </row>
+    <row r="358" spans="1:7">
+      <c r="A358" s="1" t="s">
+        <v>1440</v>
+      </c>
+      <c r="B358" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C358" s="1" t="s">
+        <v>1441</v>
+      </c>
+      <c r="D358" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="E358" s="1" t="s">
+        <v>1442</v>
+      </c>
+      <c r="F358" s="1" t="s">
+        <v>1443</v>
+      </c>
+      <c r="G358" s="1"/>
+    </row>
+    <row r="359" spans="1:7">
+      <c r="A359" s="1" t="s">
+        <v>1444</v>
+      </c>
+      <c r="B359" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C359" s="1" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D359" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="E359" s="1" t="s">
+        <v>1446</v>
+      </c>
+      <c r="F359" s="1" t="s">
+        <v>1447</v>
+      </c>
+      <c r="G359" s="1"/>
+    </row>
+    <row r="360" spans="1:7">
+      <c r="A360" s="1" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B360" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C360" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="D360" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="E360" s="1" t="s">
+        <v>1449</v>
+      </c>
+      <c r="F360" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="G360" s="1"/>
+    </row>
+    <row r="361" spans="1:7">
+      <c r="A361" s="1" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B361" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="C361" s="1" t="s">
+        <v>1452</v>
+      </c>
+      <c r="D361" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="E361" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="F361" s="1" t="s">
+        <v>1454</v>
+      </c>
+      <c r="G361" s="1"/>
+    </row>
+    <row r="362" spans="1:7">
+      <c r="A362" s="1" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B362" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="C362" s="1" t="s">
+        <v>1456</v>
+      </c>
+      <c r="D362" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="E362" s="1" t="s">
+        <v>1457</v>
+      </c>
+      <c r="F362" s="1" t="s">
+        <v>1458</v>
+      </c>
+      <c r="G362" s="1"/>
+    </row>
+    <row r="363" spans="1:7">
+      <c r="A363" s="1" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B363" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C363" s="1" t="s">
+        <v>1460</v>
+      </c>
+      <c r="D363" s="1" t="s">
+        <v>1461</v>
+      </c>
+      <c r="E363" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="F363" s="1" t="s">
+        <v>1463</v>
+      </c>
+      <c r="G363" s="1"/>
+    </row>
+    <row r="364" spans="1:7">
+      <c r="A364" s="1" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B364" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C364" s="1" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D364" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="E364" s="1" t="s">
+        <v>1467</v>
+      </c>
+      <c r="F364" s="1" t="s">
+        <v>1468</v>
+      </c>
+      <c r="G364" s="1"/>
+    </row>
+    <row r="365" spans="1:7">
+      <c r="A365" s="1" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B365" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C365" s="1" t="s">
+        <v>1470</v>
+      </c>
+      <c r="D365" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="E365" s="1" t="s">
+        <v>1471</v>
+      </c>
+      <c r="F365" s="1" t="s">
+        <v>1472</v>
+      </c>
+      <c r="G365" s="1"/>
+    </row>
+    <row r="366" spans="1:7">
+      <c r="A366" s="1" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B366" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C366" s="1" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D366" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="E366" s="1" t="s">
+        <v>1475</v>
+      </c>
+      <c r="F366" s="1" t="s">
+        <v>1476</v>
+      </c>
+      <c r="G366" s="1"/>
+    </row>
+    <row r="367" spans="1:7">
+      <c r="A367" s="1" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B367" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C367" s="1" t="s">
+        <v>1478</v>
+      </c>
+      <c r="D367" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="E367" s="1" t="s">
+        <v>1479</v>
+      </c>
+      <c r="F367" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="G367" s="1"/>
+    </row>
+    <row r="368" spans="1:7">
+      <c r="A368" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B368" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C368" s="1" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D368" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="E368" s="1" t="s">
+        <v>1483</v>
+      </c>
+      <c r="F368" s="1" t="s">
+        <v>1484</v>
+      </c>
+      <c r="G368" s="1"/>
+    </row>
+    <row r="369" spans="1:7">
+      <c r="A369" s="1" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B369" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C369" s="1" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D369" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="E369" s="1" t="s">
+        <v>1488</v>
+      </c>
+      <c r="F369" s="1" t="s">
+        <v>1489</v>
+      </c>
+      <c r="G369" s="1"/>
+    </row>
+    <row r="370" spans="1:7">
+      <c r="A370" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="B370" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C370" s="1" t="s">
+        <v>1491</v>
+      </c>
+      <c r="D370" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="E370" s="1" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F370" s="1" t="s">
+        <v>1493</v>
+      </c>
+      <c r="G370" s="1"/>
+    </row>
+    <row r="371" spans="1:7">
+      <c r="A371" s="1" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B371" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C371" s="1" t="s">
+        <v>1495</v>
+      </c>
+      <c r="D371" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="E371" s="1" t="s">
+        <v>1496</v>
+      </c>
+      <c r="F371" s="1" t="s">
+        <v>1497</v>
+      </c>
+      <c r="G371" s="1"/>
+    </row>
+    <row r="372" spans="1:7">
+      <c r="A372" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B372" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C372" s="1" t="s">
+        <v>1499</v>
+      </c>
+      <c r="D372" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="E372" s="1" t="s">
+        <v>1500</v>
+      </c>
+      <c r="F372" s="1" t="s">
+        <v>1501</v>
+      </c>
+      <c r="G372" s="1"/>
+    </row>
+    <row r="373" spans="1:7">
+      <c r="A373" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B373" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C373" s="1" t="s">
+        <v>1503</v>
+      </c>
+      <c r="D373" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="E373" s="1" t="s">
+        <v>1505</v>
+      </c>
+      <c r="F373" s="1" t="s">
+        <v>1506</v>
+      </c>
+      <c r="G373" s="1"/>
+    </row>
+    <row r="374" spans="1:7">
+      <c r="A374" s="1" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B374" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C374" s="1" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D374" s="1" t="s">
+        <v>1509</v>
+      </c>
+      <c r="E374" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="F374" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="G374" s="1"/>
+    </row>
+    <row r="375" spans="1:7">
+      <c r="A375" s="1" t="s">
+        <v>1512</v>
+      </c>
+      <c r="B375" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C375" s="1" t="s">
+        <v>1513</v>
+      </c>
+      <c r="D375" s="1" t="s">
+        <v>1509</v>
+      </c>
+      <c r="E375" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="F375" s="1" t="s">
+        <v>1515</v>
+      </c>
+      <c r="G375" s="1"/>
+    </row>
+    <row r="376" spans="1:7">
+      <c r="A376" s="1" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B376" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C376" s="1" t="s">
+        <v>1517</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>1518</v>
+      </c>
+      <c r="E376" s="1" t="s">
+        <v>1519</v>
+      </c>
+      <c r="F376" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="G376" s="1"/>
+    </row>
+    <row r="377" spans="1:7">
+      <c r="A377" s="1" t="s">
+        <v>1521</v>
+      </c>
+      <c r="B377" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C377" s="1" t="s">
+        <v>1522</v>
+      </c>
+      <c r="D377" s="1" t="s">
+        <v>1509</v>
+      </c>
+      <c r="E377" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="F377" s="1" t="s">
+        <v>1524</v>
+      </c>
+      <c r="G377" s="1"/>
+    </row>
+    <row r="378" spans="1:7">
+      <c r="A378" s="1" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B378" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C378" s="1" t="s">
+        <v>1526</v>
+      </c>
+      <c r="D378" s="1" t="s">
+        <v>1527</v>
+      </c>
+      <c r="E378" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="F378" s="1" t="s">
+        <v>1529</v>
+      </c>
+      <c r="G378" s="1"/>
+    </row>
+    <row r="379" spans="1:7">
+      <c r="A379" s="1" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B379" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C379" s="1" t="s">
+        <v>1531</v>
+      </c>
+      <c r="D379" s="1" t="s">
+        <v>1509</v>
+      </c>
+      <c r="E379" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="F379" s="1" t="s">
+        <v>1533</v>
+      </c>
+      <c r="G379" s="1"/>
+    </row>
+    <row r="380" spans="1:7">
+      <c r="A380" s="1" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B380" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C380" s="1" t="s">
+        <v>1535</v>
+      </c>
+      <c r="D380" s="1" t="s">
+        <v>1527</v>
+      </c>
+      <c r="E380" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="F380" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="G380" s="1"/>
+    </row>
+    <row r="381" spans="1:7">
+      <c r="A381" s="1" t="s">
+        <v>1538</v>
+      </c>
+      <c r="B381" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C381" s="1" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D381" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="E381" s="1" t="s">
+        <v>1541</v>
+      </c>
+      <c r="F381" s="1" t="s">
+        <v>1542</v>
+      </c>
+      <c r="G381" s="1"/>
+    </row>
+    <row r="382" spans="1:7">
+      <c r="A382" s="1" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B382" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C382" s="1" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D382" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="E382" s="1" t="s">
+        <v>1546</v>
+      </c>
+      <c r="F382" s="1" t="s">
+        <v>1547</v>
+      </c>
+      <c r="G382" s="1"/>
+    </row>
+    <row r="383" spans="1:7">
+      <c r="A383" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="B383" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C383" s="1" t="s">
+        <v>1549</v>
+      </c>
+      <c r="D383" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="E383" s="1" t="s">
+        <v>1550</v>
+      </c>
+      <c r="F383" s="1" t="s">
+        <v>1551</v>
+      </c>
+      <c r="G383" s="1"/>
+    </row>
+    <row r="384" spans="1:7">
+      <c r="A384" s="1" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B384" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C384" s="1" t="s">
+        <v>1553</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="E384" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="F384" s="1" t="s">
+        <v>1555</v>
+      </c>
+      <c r="G384" s="1"/>
+    </row>
+    <row r="385" spans="1:7">
+      <c r="A385" s="1" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B385" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C385" s="1" t="s">
+        <v>1557</v>
+      </c>
+      <c r="D385" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="E385" s="1" t="s">
+        <v>1558</v>
+      </c>
+      <c r="F385" s="1" t="s">
+        <v>1559</v>
+      </c>
+      <c r="G385" s="1"/>
+    </row>
+    <row r="386" spans="1:7">
+      <c r="A386" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="B386" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C386" s="1" t="s">
+        <v>1561</v>
+      </c>
+      <c r="D386" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="E386" s="1" t="s">
+        <v>1562</v>
+      </c>
+      <c r="F386" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="G386" s="1"/>
+    </row>
+    <row r="387" spans="1:7">
+      <c r="A387" s="1" t="s">
+        <v>1564</v>
+      </c>
+      <c r="B387" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C387" s="1" t="s">
+        <v>1565</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E387" s="1" t="s">
+        <v>1567</v>
+      </c>
+      <c r="F387" s="1" t="s">
+        <v>1568</v>
+      </c>
+      <c r="G387" s="1"/>
+    </row>
+    <row r="388" spans="1:7">
+      <c r="A388" s="1" t="s">
+        <v>1569</v>
+      </c>
+      <c r="B388" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C388" s="1" t="s">
+        <v>1570</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="E388" s="1" t="s">
+        <v>1571</v>
+      </c>
+      <c r="F388" s="1" t="s">
+        <v>1572</v>
+      </c>
+      <c r="G388" s="1"/>
+    </row>
+    <row r="389" spans="1:7">
+      <c r="A389" s="1" t="s">
+        <v>1573</v>
+      </c>
+      <c r="B389" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C389" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="E389" s="1" t="s">
+        <v>1575</v>
+      </c>
+      <c r="F389" s="1" t="s">
+        <v>1576</v>
+      </c>
+      <c r="G389" s="1"/>
+    </row>
+    <row r="390" spans="1:7">
+      <c r="A390" s="1" t="s">
+        <v>1577</v>
+      </c>
+      <c r="B390" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C390" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="E390" s="1" t="s">
+        <v>1579</v>
+      </c>
+      <c r="F390" s="1" t="s">
+        <v>1580</v>
+      </c>
+      <c r="G390" s="1"/>
+    </row>
+    <row r="391" spans="1:7">
+      <c r="A391" s="1" t="s">
+        <v>1581</v>
+      </c>
+      <c r="B391" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D391" s="1" t="s">
+        <v>1583</v>
+      </c>
+      <c r="E391" s="1" t="s">
+        <v>1584</v>
+      </c>
+      <c r="F391" s="1" t="s">
+        <v>1585</v>
+      </c>
+      <c r="G391" s="1"/>
+    </row>
+    <row r="392" spans="1:7">
+      <c r="A392" s="1" t="s">
+        <v>1586</v>
+      </c>
+      <c r="B392" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C392" s="1" t="s">
+        <v>1587</v>
+      </c>
+      <c r="D392" s="1" t="s">
+        <v>1588</v>
+      </c>
+      <c r="E392" s="1" t="s">
+        <v>1589</v>
+      </c>
+      <c r="F392" s="1" t="s">
+        <v>1590</v>
+      </c>
+      <c r="G392" s="1"/>
+    </row>
+    <row r="393" spans="1:7">
+      <c r="A393" s="1" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B393" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C393" s="1" t="s">
+        <v>1592</v>
+      </c>
+      <c r="D393" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="E393" s="1" t="s">
+        <v>1593</v>
+      </c>
+      <c r="F393" s="1" t="s">
+        <v>1594</v>
+      </c>
+      <c r="G393" s="1"/>
+    </row>
+    <row r="394" spans="1:7">
+      <c r="A394" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B394" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C394" s="1" t="s">
+        <v>1596</v>
+      </c>
+      <c r="D394" s="1" t="s">
+        <v>1583</v>
+      </c>
+      <c r="E394" s="1" t="s">
+        <v>1597</v>
+      </c>
+      <c r="F394" s="1" t="s">
+        <v>1598</v>
+      </c>
+      <c r="G394" s="1"/>
+    </row>
+    <row r="395" spans="1:7">
+      <c r="A395" s="1" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B395" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C395" s="1" t="s">
+        <v>1600</v>
+      </c>
+      <c r="D395" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="E395" s="1" t="s">
+        <v>1601</v>
+      </c>
+      <c r="F395" s="1" t="s">
+        <v>1602</v>
+      </c>
+      <c r="G395" s="1"/>
+    </row>
+    <row r="396" spans="1:7">
+      <c r="A396" s="1" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B396" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C396" s="1" t="s">
+        <v>1604</v>
+      </c>
+      <c r="D396" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="E396" s="1" t="s">
+        <v>1605</v>
+      </c>
+      <c r="F396" s="1" t="s">
+        <v>1606</v>
+      </c>
+      <c r="G396" s="1"/>
+    </row>
+    <row r="397" spans="1:7">
+      <c r="A397" s="1" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B397" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C397" s="1" t="s">
+        <v>1608</v>
+      </c>
+      <c r="D397" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="E397" s="1" t="s">
+        <v>1610</v>
+      </c>
+      <c r="F397" s="1" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G397" s="1"/>
+    </row>
+    <row r="398" spans="1:7">
+      <c r="A398" s="1" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B398" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C398" s="1" t="s">
+        <v>1613</v>
+      </c>
+      <c r="D398" s="1" t="s">
+        <v>1588</v>
+      </c>
+      <c r="E398" s="1" t="s">
+        <v>1614</v>
+      </c>
+      <c r="F398" s="1" t="s">
+        <v>1615</v>
+      </c>
+      <c r="G398" s="1"/>
+    </row>
+    <row r="399" spans="1:7">
+      <c r="A399" s="1" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B399" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C399" s="1" t="s">
+        <v>1617</v>
+      </c>
+      <c r="D399" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="E399" s="1" t="s">
+        <v>1618</v>
+      </c>
+      <c r="F399" s="1" t="s">
+        <v>1619</v>
+      </c>
+      <c r="G399" s="1"/>
+    </row>
+    <row r="400" spans="1:7">
+      <c r="A400" s="1" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B400" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C400" s="1" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D400" s="1" t="s">
+        <v>1588</v>
+      </c>
+      <c r="E400" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="F400" s="1" t="s">
+        <v>1623</v>
+      </c>
+      <c r="G400" s="1"/>
+    </row>
+    <row r="401" spans="1:7">
+      <c r="A401" s="1" t="s">
+        <v>1624</v>
+      </c>
+      <c r="B401" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C401" s="1" t="s">
+        <v>1625</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>1588</v>
+      </c>
+      <c r="E401" s="1" t="s">
+        <v>1626</v>
+      </c>
+      <c r="F401" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="G401" s="1"/>
+    </row>
+    <row r="402" spans="1:7">
+      <c r="A402" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="B402" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C402" s="1" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D402" s="1" t="s">
+        <v>1588</v>
+      </c>
+      <c r="E402" s="1" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F402" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="G402" s="1"/>
+    </row>
+    <row r="403" spans="1:7">
+      <c r="A403" s="1" t="s">
+        <v>1632</v>
+      </c>
+      <c r="B403" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C403" s="1" t="s">
+        <v>1633</v>
+      </c>
+      <c r="D403" s="1" t="s">
+        <v>1634</v>
+      </c>
+      <c r="E403" s="1" t="s">
+        <v>1635</v>
+      </c>
+      <c r="F403" s="1" t="s">
+        <v>1636</v>
+      </c>
+      <c r="G403" s="1"/>
+    </row>
+    <row r="404" spans="1:7">
+      <c r="A404" s="1" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B404" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C404" s="1" t="s">
+        <v>1638</v>
+      </c>
+      <c r="D404" s="1" t="s">
+        <v>1639</v>
+      </c>
+      <c r="E404" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="F404" s="1" t="s">
+        <v>1641</v>
+      </c>
+      <c r="G404" s="1"/>
+    </row>
+    <row r="405" spans="1:7">
+      <c r="A405" s="1" t="s">
+        <v>1642</v>
+      </c>
+      <c r="B405" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C405" s="1" t="s">
+        <v>1643</v>
+      </c>
+      <c r="D405" s="1" t="s">
+        <v>1639</v>
+      </c>
+      <c r="E405" s="1" t="s">
+        <v>1644</v>
+      </c>
+      <c r="F405" s="1" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G405" s="1"/>
+    </row>
+    <row r="406" spans="1:7">
+      <c r="A406" s="1" t="s">
+        <v>1646</v>
+      </c>
+      <c r="B406" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C406" s="1" t="s">
+        <v>1647</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="E406" s="1" t="s">
+        <v>1648</v>
+      </c>
+      <c r="F406" s="1" t="s">
+        <v>1649</v>
+      </c>
+      <c r="G406" s="1"/>
+    </row>
+    <row r="407" spans="1:7">
+      <c r="A407" s="1" t="s">
+        <v>1650</v>
+      </c>
+      <c r="B407" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C407" s="1" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D407" s="1" t="s">
+        <v>1639</v>
+      </c>
+      <c r="E407" s="1" t="s">
+        <v>1652</v>
+      </c>
+      <c r="F407" s="1" t="s">
+        <v>1653</v>
+      </c>
+      <c r="G407" s="1"/>
+    </row>
+    <row r="408" spans="1:7">
+      <c r="A408" s="1" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B408" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C408" s="1" t="s">
+        <v>1655</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>1656</v>
+      </c>
+      <c r="E408" s="1" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F408" s="1" t="s">
+        <v>1658</v>
+      </c>
+      <c r="G408" s="1"/>
+    </row>
+    <row r="409" spans="1:7">
+      <c r="A409" s="1" t="s">
+        <v>1659</v>
+      </c>
+      <c r="B409" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C409" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="D409" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="E409" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="F409" s="1" t="s">
+        <v>1663</v>
+      </c>
+      <c r="G409" s="1"/>
+    </row>
+    <row r="410" spans="1:7">
+      <c r="A410" s="1" t="s">
+        <v>1664</v>
+      </c>
+      <c r="B410" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C410" s="1" t="s">
+        <v>1665</v>
+      </c>
+      <c r="D410" s="1" t="s">
+        <v>1666</v>
+      </c>
+      <c r="E410" s="1" t="s">
+        <v>1667</v>
+      </c>
+      <c r="F410" s="1" t="s">
+        <v>1668</v>
+      </c>
+      <c r="G410" s="1"/>
+    </row>
+    <row r="411" spans="1:7">
+      <c r="A411" s="1" t="s">
+        <v>1669</v>
+      </c>
+      <c r="B411" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C411" s="1" t="s">
+        <v>1670</v>
+      </c>
+      <c r="D411" s="1" t="s">
+        <v>1666</v>
+      </c>
+      <c r="E411" s="1" t="s">
+        <v>1671</v>
+      </c>
+      <c r="F411" s="1" t="s">
+        <v>1672</v>
+      </c>
+      <c r="G411" s="1"/>
+    </row>
+    <row r="412" spans="1:7">
+      <c r="A412" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B412" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C412" s="1" t="s">
+        <v>1674</v>
+      </c>
+      <c r="D412" s="1" t="s">
+        <v>1666</v>
+      </c>
+      <c r="E412" s="1" t="s">
+        <v>1675</v>
+      </c>
+      <c r="F412" s="1" t="s">
+        <v>1676</v>
+      </c>
+      <c r="G412" s="1"/>
+    </row>
+    <row r="413" spans="1:7">
+      <c r="A413" s="1" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B413" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C413" s="1" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>1656</v>
+      </c>
+      <c r="E413" s="1" t="s">
+        <v>1679</v>
+      </c>
+      <c r="F413" s="1" t="s">
+        <v>1680</v>
+      </c>
+      <c r="G413" s="1"/>
+    </row>
+    <row r="414" spans="1:7">
+      <c r="A414" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B414" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C414" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D414" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="E414" s="1" t="s">
+        <v>1683</v>
+      </c>
+      <c r="F414" s="1" t="s">
+        <v>1684</v>
+      </c>
+      <c r="G414" s="1"/>
+    </row>
+    <row r="415" spans="1:7">
+      <c r="A415" s="1" t="s">
+        <v>1685</v>
+      </c>
+      <c r="B415" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C415" s="1" t="s">
+        <v>1686</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>1656</v>
+      </c>
+      <c r="E415" s="1" t="s">
+        <v>1687</v>
+      </c>
+      <c r="F415" s="1" t="s">
+        <v>1688</v>
+      </c>
+      <c r="G415" s="1"/>
+    </row>
+    <row r="416" spans="1:7">
+      <c r="A416" s="1" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B416" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C416" s="1" t="s">
+        <v>1690</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="E416" s="1" t="s">
+        <v>1691</v>
+      </c>
+      <c r="F416" s="1" t="s">
+        <v>1692</v>
+      </c>
+      <c r="G416" s="1"/>
+    </row>
+    <row r="417" spans="1:7">
+      <c r="A417" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B417" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C417" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="D417" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="E417" s="1" t="s">
+        <v>1695</v>
+      </c>
+      <c r="F417" s="1" t="s">
+        <v>1696</v>
+      </c>
+      <c r="G417" s="1"/>
+    </row>
+    <row r="418" spans="1:7">
+      <c r="A418" s="1" t="s">
+        <v>1697</v>
+      </c>
+      <c r="B418" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C418" s="1" t="s">
+        <v>1698</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>1656</v>
+      </c>
+      <c r="E418" s="1" t="s">
+        <v>1699</v>
+      </c>
+      <c r="F418" s="1" t="s">
+        <v>1700</v>
+      </c>
+      <c r="G418" s="1"/>
+    </row>
+    <row r="419" spans="1:7">
+      <c r="A419" s="1" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B419" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C419" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="D419" s="1" t="s">
+        <v>1666</v>
+      </c>
+      <c r="E419" s="1" t="s">
+        <v>1703</v>
+      </c>
+      <c r="F419" s="1" t="s">
+        <v>1704</v>
+      </c>
+      <c r="G419" s="1"/>
+    </row>
+    <row r="420" spans="1:7">
+      <c r="A420" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B420" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C420" s="1" t="s">
+        <v>1706</v>
+      </c>
+      <c r="D420" s="1" t="s">
+        <v>1656</v>
+      </c>
+      <c r="E420" s="1" t="s">
+        <v>1707</v>
+      </c>
+      <c r="F420" s="1" t="s">
+        <v>1708</v>
+      </c>
+      <c r="G420" s="1"/>
+    </row>
+    <row r="421" spans="1:7">
+      <c r="A421" s="1" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B421" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C421" s="1" t="s">
+        <v>1710</v>
+      </c>
+      <c r="D421" s="1" t="s">
+        <v>1656</v>
+      </c>
+      <c r="E421" s="1" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F421" s="1" t="s">
+        <v>1712</v>
+      </c>
+      <c r="G421" s="1"/>
+    </row>
+    <row r="422" spans="1:7">
+      <c r="A422" s="1" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B422" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C422" s="1" t="s">
+        <v>1714</v>
+      </c>
+      <c r="D422" s="1" t="s">
+        <v>1656</v>
+      </c>
+      <c r="E422" s="1" t="s">
+        <v>1715</v>
+      </c>
+      <c r="F422" s="1" t="s">
+        <v>1716</v>
+      </c>
+      <c r="G422" s="1"/>
+    </row>
+    <row r="423" spans="1:7">
+      <c r="A423" s="1" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B423" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C423" s="1" t="s">
+        <v>1718</v>
+      </c>
+      <c r="D423" s="1" t="s">
+        <v>1719</v>
+      </c>
+      <c r="E423" s="1" t="s">
+        <v>1720</v>
+      </c>
+      <c r="F423" s="1" t="s">
+        <v>1721</v>
+      </c>
+      <c r="G423" s="1"/>
+    </row>
+    <row r="424" spans="1:7">
+      <c r="A424" s="1" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B424" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>1723</v>
+      </c>
+      <c r="D424" s="1" t="s">
+        <v>1719</v>
+      </c>
+      <c r="E424" s="1" t="s">
+        <v>1724</v>
+      </c>
+      <c r="F424" s="1" t="s">
+        <v>1725</v>
+      </c>
+      <c r="G424" s="1"/>
+    </row>
+    <row r="425" spans="1:7">
+      <c r="A425" s="1" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B425" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>1727</v>
+      </c>
+      <c r="D425" s="1" t="s">
+        <v>1656</v>
+      </c>
+      <c r="E425" s="1" t="s">
+        <v>1728</v>
+      </c>
+      <c r="F425" s="1" t="s">
+        <v>1729</v>
+      </c>
+      <c r="G425" s="1"/>
+    </row>
+    <row r="426" spans="1:7">
+      <c r="A426" s="1" t="s">
+        <v>1730</v>
+      </c>
+      <c r="B426" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C426" s="1" t="s">
+        <v>1731</v>
+      </c>
+      <c r="D426" s="1" t="s">
+        <v>1732</v>
+      </c>
+      <c r="E426" s="1" t="s">
+        <v>1733</v>
+      </c>
+      <c r="F426" s="1" t="s">
+        <v>1734</v>
+      </c>
+      <c r="G426" s="1"/>
+    </row>
+    <row r="427" spans="1:7">
+      <c r="A427" s="1" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B427" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C427" s="1" t="s">
+        <v>1736</v>
+      </c>
+      <c r="D427" s="1" t="s">
+        <v>1656</v>
+      </c>
+      <c r="E427" s="1" t="s">
+        <v>1737</v>
+      </c>
+      <c r="F427" s="1" t="s">
+        <v>1738</v>
+      </c>
+      <c r="G427" s="1"/>
+    </row>
+    <row r="428" spans="1:7">
+      <c r="A428" s="1" t="s">
+        <v>1739</v>
+      </c>
+      <c r="B428" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C428" s="1" t="s">
+        <v>1740</v>
+      </c>
+      <c r="D428" s="1" t="s">
+        <v>1719</v>
+      </c>
+      <c r="E428" s="1" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F428" s="1" t="s">
+        <v>1742</v>
+      </c>
+      <c r="G428" s="1"/>
+    </row>
+    <row r="429" spans="1:7">
+      <c r="A429" s="1" t="s">
+        <v>1743</v>
+      </c>
+      <c r="B429" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C429" s="1" t="s">
+        <v>1744</v>
+      </c>
+      <c r="D429" s="1" t="s">
+        <v>1745</v>
+      </c>
+      <c r="E429" s="1" t="s">
+        <v>1746</v>
+      </c>
+      <c r="F429" s="1" t="s">
+        <v>1747</v>
+      </c>
+      <c r="G429" s="1"/>
+    </row>
+    <row r="430" spans="1:7">
+      <c r="A430" s="1" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B430" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C430" s="1" t="s">
+        <v>1749</v>
+      </c>
+      <c r="D430" s="1" t="s">
+        <v>1745</v>
+      </c>
+      <c r="E430" s="1" t="s">
+        <v>1750</v>
+      </c>
+      <c r="F430" s="1" t="s">
+        <v>1751</v>
+      </c>
+      <c r="G430" s="1"/>
+    </row>
+    <row r="431" spans="1:7">
+      <c r="A431" s="1" t="s">
+        <v>1752</v>
+      </c>
+      <c r="B431" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C431" s="1" t="s">
+        <v>1753</v>
+      </c>
+      <c r="D431" s="1" t="s">
+        <v>1745</v>
+      </c>
+      <c r="E431" s="1" t="s">
+        <v>1754</v>
+      </c>
+      <c r="F431" s="1" t="s">
+        <v>1755</v>
+      </c>
+      <c r="G431" s="1"/>
+    </row>
+    <row r="432" spans="1:7">
+      <c r="A432" s="1" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B432" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C432" s="1" t="s">
+        <v>1757</v>
+      </c>
+      <c r="D432" s="1" t="s">
+        <v>1758</v>
+      </c>
+      <c r="E432" s="1" t="s">
+        <v>1759</v>
+      </c>
+      <c r="F432" s="1" t="s">
+        <v>1760</v>
+      </c>
+      <c r="G432" s="1"/>
+    </row>
+    <row r="433" spans="1:7">
+      <c r="A433" s="1" t="s">
+        <v>1761</v>
+      </c>
+      <c r="B433" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C433" s="1" t="s">
+        <v>1762</v>
+      </c>
+      <c r="D433" s="1" t="s">
+        <v>1763</v>
+      </c>
+      <c r="E433" s="1" t="s">
+        <v>1764</v>
+      </c>
+      <c r="F433" s="1" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G433" s="1"/>
+    </row>
+    <row r="434" spans="1:7">
+      <c r="A434" s="1" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B434" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C434" s="1" t="s">
+        <v>1767</v>
+      </c>
+      <c r="D434" s="1" t="s">
+        <v>1763</v>
+      </c>
+      <c r="E434" s="1" t="s">
+        <v>1768</v>
+      </c>
+      <c r="F434" s="1" t="s">
+        <v>1769</v>
+      </c>
+      <c r="G434" s="1"/>
+    </row>
+    <row r="435" spans="1:7">
+      <c r="A435" s="1" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B435" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C435" s="1" t="s">
+        <v>1771</v>
+      </c>
+      <c r="D435" s="1" t="s">
+        <v>1763</v>
+      </c>
+      <c r="E435" s="1" t="s">
+        <v>1772</v>
+      </c>
+      <c r="F435" s="1" t="s">
+        <v>1773</v>
+      </c>
+      <c r="G435" s="1"/>
+    </row>
+    <row r="436" spans="1:7">
+      <c r="A436" s="1" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B436" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C436" s="1" t="s">
+        <v>1775</v>
+      </c>
+      <c r="D436" s="1" t="s">
+        <v>1732</v>
+      </c>
+      <c r="E436" s="1" t="s">
+        <v>1776</v>
+      </c>
+      <c r="F436" s="1" t="s">
+        <v>1777</v>
+      </c>
+      <c r="G436" s="1"/>
+    </row>
+    <row r="437" spans="1:7">
+      <c r="A437" s="1" t="s">
+        <v>1778</v>
+      </c>
+      <c r="B437" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C437" s="1" t="s">
+        <v>1779</v>
+      </c>
+      <c r="D437" s="1" t="s">
+        <v>1780</v>
+      </c>
+      <c r="E437" s="1" t="s">
+        <v>1781</v>
+      </c>
+      <c r="F437" s="1" t="s">
+        <v>1782</v>
+      </c>
+      <c r="G437" s="1"/>
+    </row>
+    <row r="438" spans="1:7">
+      <c r="A438" s="1" t="s">
+        <v>1783</v>
+      </c>
+      <c r="B438" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C438" s="1" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D438" s="1" t="s">
+        <v>1780</v>
+      </c>
+      <c r="E438" s="1" t="s">
+        <v>1785</v>
+      </c>
+      <c r="F438" s="1" t="s">
+        <v>1786</v>
+      </c>
+      <c r="G438" s="1"/>
+    </row>
+    <row r="439" spans="1:7">
+      <c r="A439" s="1" t="s">
+        <v>1787</v>
+      </c>
+      <c r="B439" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C439" s="1" t="s">
+        <v>1788</v>
+      </c>
+      <c r="D439" s="1" t="s">
+        <v>1780</v>
+      </c>
+      <c r="E439" s="1" t="s">
+        <v>1789</v>
+      </c>
+      <c r="F439" s="1" t="s">
+        <v>1790</v>
+      </c>
+      <c r="G439" s="1"/>
+    </row>
+    <row r="440" spans="1:7">
+      <c r="A440" s="1" t="s">
+        <v>1791</v>
+      </c>
+      <c r="B440" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C440" s="1" t="s">
+        <v>1792</v>
+      </c>
+      <c r="D440" s="1" t="s">
+        <v>1780</v>
+      </c>
+      <c r="E440" s="1" t="s">
+        <v>1793</v>
+      </c>
+      <c r="F440" s="1" t="s">
+        <v>1794</v>
+      </c>
+      <c r="G440" s="1"/>
+    </row>
+    <row r="441" spans="1:7">
+      <c r="A441" s="1" t="s">
+        <v>1795</v>
+      </c>
+      <c r="B441" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C441" s="1" t="s">
+        <v>1796</v>
+      </c>
+      <c r="D441" s="1" t="s">
+        <v>1780</v>
+      </c>
+      <c r="E441" s="1" t="s">
+        <v>1797</v>
+      </c>
+      <c r="F441" s="1" t="s">
+        <v>1798</v>
+      </c>
+      <c r="G441" s="1"/>
+    </row>
+    <row r="442" spans="1:7">
+      <c r="A442" s="1" t="s">
+        <v>1799</v>
+      </c>
+      <c r="B442" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C442" s="1" t="s">
+        <v>1800</v>
+      </c>
+      <c r="D442" s="1" t="s">
+        <v>1780</v>
+      </c>
+      <c r="E442" s="1" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F442" s="1" t="s">
+        <v>1802</v>
+      </c>
+      <c r="G442" s="1"/>
+    </row>
+    <row r="443" spans="1:7">
+      <c r="A443" s="1" t="s">
+        <v>1803</v>
+      </c>
+      <c r="B443" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C443" s="1" t="s">
+        <v>1804</v>
+      </c>
+      <c r="D443" s="1" t="s">
+        <v>1780</v>
+      </c>
+      <c r="E443" s="1" t="s">
+        <v>1805</v>
+      </c>
+      <c r="F443" s="1" t="s">
+        <v>1806</v>
+      </c>
+      <c r="G443" s="1"/>
+    </row>
+    <row r="444" spans="1:7">
+      <c r="A444" s="1" t="s">
+        <v>1807</v>
+      </c>
+      <c r="B444" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C444" s="1" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D444" s="1" t="s">
+        <v>1780</v>
+      </c>
+      <c r="E444" s="1" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F444" s="1" t="s">
+        <v>1810</v>
+      </c>
+      <c r="G444" s="1"/>
+    </row>
+    <row r="445" spans="1:7">
+      <c r="A445" s="1" t="s">
+        <v>1811</v>
+      </c>
+      <c r="B445" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C445" s="1" t="s">
+        <v>1812</v>
+      </c>
+      <c r="D445" s="1" t="s">
+        <v>1763</v>
+      </c>
+      <c r="E445" s="1" t="s">
+        <v>1813</v>
+      </c>
+      <c r="F445" s="1" t="s">
+        <v>1814</v>
+      </c>
+      <c r="G445" s="1"/>
+    </row>
+    <row r="446" spans="1:7">
+      <c r="A446" s="1" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B446" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C446" s="1" t="s">
+        <v>1816</v>
+      </c>
+      <c r="D446" s="1" t="s">
+        <v>1763</v>
+      </c>
+      <c r="E446" s="1" t="s">
+        <v>1817</v>
+      </c>
+      <c r="F446" s="1" t="s">
+        <v>1818</v>
+      </c>
+      <c r="G446" s="1"/>
+    </row>
+    <row r="447" spans="1:7">
+      <c r="A447" s="1" t="s">
+        <v>1819</v>
+      </c>
+      <c r="B447" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C447" s="1" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D447" s="1" t="s">
+        <v>1763</v>
+      </c>
+      <c r="E447" s="1" t="s">
+        <v>1821</v>
+      </c>
+      <c r="F447" s="1" t="s">
+        <v>1822</v>
+      </c>
+      <c r="G447" s="1"/>
+    </row>
+    <row r="448" spans="1:7">
+      <c r="A448" s="1" t="s">
+        <v>1823</v>
+      </c>
+      <c r="B448" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C448" s="1" t="s">
+        <v>1824</v>
+      </c>
+      <c r="D448" s="1" t="s">
+        <v>1825</v>
+      </c>
+      <c r="E448" s="1" t="s">
+        <v>1826</v>
+      </c>
+      <c r="F448" s="1" t="s">
+        <v>1827</v>
+      </c>
+      <c r="G448" s="1"/>
+    </row>
+    <row r="449" spans="1:7">
+      <c r="A449" s="1" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B449" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C449" s="1" t="s">
+        <v>1829</v>
+      </c>
+      <c r="D449" s="1" t="s">
+        <v>1830</v>
+      </c>
+      <c r="E449" s="1" t="s">
+        <v>1831</v>
+      </c>
+      <c r="F449" s="1" t="s">
+        <v>1832</v>
+      </c>
+      <c r="G449" s="1"/>
+    </row>
+    <row r="450" spans="1:7">
+      <c r="A450" s="1" t="s">
+        <v>1833</v>
+      </c>
+      <c r="B450" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C450" s="1" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D450" s="1" t="s">
+        <v>1830</v>
+      </c>
+      <c r="E450" s="1" t="s">
+        <v>1835</v>
+      </c>
+      <c r="F450" s="1" t="s">
+        <v>1836</v>
+      </c>
+      <c r="G450" s="1"/>
+    </row>
+    <row r="451" spans="1:7">
+      <c r="A451" s="1" t="s">
+        <v>1837</v>
+      </c>
+      <c r="B451" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C451" s="1" t="s">
+        <v>1838</v>
+      </c>
+      <c r="D451" s="1" t="s">
+        <v>1839</v>
+      </c>
+      <c r="E451" s="1" t="s">
+        <v>1840</v>
+      </c>
+      <c r="F451" s="1" t="s">
+        <v>1841</v>
+      </c>
+      <c r="G451" s="1"/>
+    </row>
+    <row r="452" spans="1:7">
+      <c r="A452" s="1" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B452" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C452" s="1" t="s">
+        <v>1843</v>
+      </c>
+      <c r="D452" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="E452" s="1" t="s">
+        <v>1844</v>
+      </c>
+      <c r="F452" s="1" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G452" s="1"/>
+    </row>
+    <row r="453" spans="1:7">
+      <c r="A453" s="1" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B453" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C453" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="D453" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="E453" s="1" t="s">
+        <v>1847</v>
+      </c>
+      <c r="F453" s="1" t="s">
+        <v>1848</v>
+      </c>
+      <c r="G453" s="1"/>
+    </row>
+    <row r="454" spans="1:7">
+      <c r="A454" s="1" t="s">
+        <v>1849</v>
+      </c>
+      <c r="B454" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C454" s="1" t="s">
+        <v>1850</v>
+      </c>
+      <c r="D454" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="E454" s="1" t="s">
+        <v>1851</v>
+      </c>
+      <c r="F454" s="1" t="s">
+        <v>1852</v>
+      </c>
+      <c r="G454" s="1"/>
+    </row>
+    <row r="455" spans="1:7">
+      <c r="A455" s="1" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B455" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C455" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="D455" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="E455" s="1" t="s">
+        <v>1854</v>
+      </c>
+      <c r="F455" s="1" t="s">
+        <v>1855</v>
+      </c>
+      <c r="G455" s="1"/>
+    </row>
+    <row r="456" spans="1:7">
+      <c r="A456" s="1" t="s">
+        <v>1856</v>
+      </c>
+      <c r="B456" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C456" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="D456" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="E456" s="1" t="s">
+        <v>1857</v>
+      </c>
+      <c r="F456" s="1" t="s">
+        <v>1858</v>
+      </c>
+      <c r="G456" s="1"/>
+    </row>
+    <row r="457" spans="1:7">
+      <c r="A457" s="1" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B457" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C457" s="1" t="s">
+        <v>1860</v>
+      </c>
+      <c r="D457" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="E457" s="1" t="s">
+        <v>1861</v>
+      </c>
+      <c r="F457" s="1" t="s">
+        <v>1862</v>
+      </c>
+      <c r="G457" s="1"/>
+    </row>
+    <row r="458" spans="1:7">
+      <c r="A458" s="1" t="s">
+        <v>1863</v>
+      </c>
+      <c r="B458" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C458" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="D458" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="E458" s="1" t="s">
+        <v>1864</v>
+      </c>
+      <c r="F458" s="1" t="s">
+        <v>1865</v>
+      </c>
+      <c r="G458" s="1"/>
+    </row>
+    <row r="459" spans="1:7">
+      <c r="A459" s="1" t="s">
+        <v>1866</v>
+      </c>
+      <c r="B459" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C459" s="1" t="s">
+        <v>1867</v>
+      </c>
+      <c r="D459" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="E459" s="1" t="s">
+        <v>1868</v>
+      </c>
+      <c r="F459" s="1" t="s">
+        <v>1869</v>
+      </c>
+      <c r="G459" s="1"/>
+    </row>
+    <row r="460" spans="1:7">
+      <c r="A460" s="1" t="s">
+        <v>1870</v>
+      </c>
+      <c r="B460" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C460" s="1" t="s">
+        <v>1871</v>
+      </c>
+      <c r="D460" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="E460" s="1" t="s">
+        <v>1872</v>
+      </c>
+      <c r="F460" s="1" t="s">
+        <v>1873</v>
+      </c>
+      <c r="G460" s="1"/>
+    </row>
+    <row r="461" spans="1:7">
+      <c r="A461" s="1" t="s">
+        <v>1874</v>
+      </c>
+      <c r="B461" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C461" s="1" t="s">
+        <v>1875</v>
+      </c>
+      <c r="D461" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E461" s="1" t="s">
+        <v>1876</v>
+      </c>
+      <c r="F461" s="1" t="s">
+        <v>1877</v>
+      </c>
+      <c r="G461" s="1"/>
+    </row>
+    <row r="462" spans="1:7">
+      <c r="A462" s="1" t="s">
+        <v>1878</v>
+      </c>
+      <c r="B462" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C462" s="1" t="s">
+        <v>1879</v>
+      </c>
+      <c r="D462" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E462" s="1" t="s">
+        <v>1880</v>
+      </c>
+      <c r="F462" s="1" t="s">
+        <v>1881</v>
+      </c>
+      <c r="G462" s="1"/>
+    </row>
+    <row r="463" spans="1:7">
+      <c r="A463" s="1" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B463" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C463" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D463" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="E463" s="1" t="s">
+        <v>1883</v>
+      </c>
+      <c r="F463" s="1" t="s">
+        <v>1884</v>
+      </c>
+      <c r="G463" s="1"/>
+    </row>
+    <row r="464" spans="1:7">
+      <c r="A464" s="1" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B464" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C464" s="1" t="s">
+        <v>1886</v>
+      </c>
+      <c r="D464" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="E464" s="1" t="s">
+        <v>1887</v>
+      </c>
+      <c r="F464" s="1" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G464" s="1"/>
+    </row>
+    <row r="465" spans="1:7">
+      <c r="A465" s="1" t="s">
+        <v>1889</v>
+      </c>
+      <c r="B465" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C465" s="1" t="s">
+        <v>1890</v>
+      </c>
+      <c r="D465" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="E465" s="1" t="s">
+        <v>1891</v>
+      </c>
+      <c r="F465" s="1" t="s">
+        <v>1892</v>
+      </c>
+      <c r="G465" s="1"/>
+    </row>
+    <row r="466" spans="1:7">
+      <c r="A466" s="1" t="s">
+        <v>1893</v>
+      </c>
+      <c r="B466" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C466" s="1" t="s">
+        <v>1894</v>
+      </c>
+      <c r="D466" s="1" t="s">
+        <v>1895</v>
+      </c>
+      <c r="E466" s="1" t="s">
+        <v>1896</v>
+      </c>
+      <c r="F466" s="1" t="s">
+        <v>1897</v>
+      </c>
+      <c r="G466" s="1"/>
+    </row>
+    <row r="467" spans="1:7">
+      <c r="A467" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="B467" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C467" s="1" t="s">
+        <v>1898</v>
+      </c>
+      <c r="D467" s="1" t="s">
+        <v>1899</v>
+      </c>
+      <c r="E467" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="F467" s="1" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G467" s="1"/>
+    </row>
+    <row r="468" spans="1:7">
+      <c r="A468" s="1" t="s">
+        <v>1901</v>
+      </c>
+      <c r="B468" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="C468" s="1" t="s">
+        <v>1902</v>
+      </c>
+      <c r="D468" s="1" t="s">
+        <v>1903</v>
+      </c>
+      <c r="E468" s="1" t="s">
+        <v>1904</v>
+      </c>
+      <c r="F468" s="1" t="s">
+        <v>1905</v>
+      </c>
+      <c r="G468" s="1"/>
+    </row>
+    <row r="469" spans="1:7">
+      <c r="A469" s="1" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B469" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C469" s="1" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D469" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="E469" s="1" t="s">
+        <v>1908</v>
+      </c>
+      <c r="F469" s="1" t="s">
+        <v>1909</v>
+      </c>
+      <c r="G469" s="1"/>
+    </row>
+    <row r="470" spans="1:7">
+      <c r="A470" s="1" t="s">
+        <v>1910</v>
+      </c>
+      <c r="B470" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C470" s="1" t="s">
+        <v>1911</v>
+      </c>
+      <c r="D470" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="E470" s="1" t="s">
+        <v>1912</v>
+      </c>
+      <c r="F470" s="1" t="s">
+        <v>1913</v>
+      </c>
+      <c r="G470" s="1"/>
+    </row>
+    <row r="471" spans="1:7">
+      <c r="A471" s="1" t="s">
+        <v>1914</v>
+      </c>
+      <c r="B471" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C471" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D471" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E471" s="1" t="s">
+        <v>1915</v>
+      </c>
+      <c r="F471" s="1" t="s">
+        <v>1916</v>
+      </c>
+      <c r="G471" s="1"/>
+    </row>
+    <row r="472" spans="1:7">
+      <c r="A472" s="1" t="s">
+        <v>1917</v>
+      </c>
+      <c r="B472" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C472" s="1" t="s">
+        <v>1918</v>
+      </c>
+      <c r="D472" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="E472" s="1" t="s">
+        <v>1919</v>
+      </c>
+      <c r="F472" s="1" t="s">
+        <v>1920</v>
+      </c>
+      <c r="G472" s="1"/>
+    </row>
+    <row r="473" spans="1:7">
+      <c r="A473" s="1" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B473" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C473" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D473" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E473" s="1" t="s">
+        <v>1327</v>
+      </c>
+      <c r="F473" s="1" t="s">
+        <v>1921</v>
+      </c>
+      <c r="G473" s="1"/>
+    </row>
+    <row r="474" spans="1:7">
+      <c r="A474" s="1" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B474" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C474" s="1" t="s">
+        <v>1923</v>
+      </c>
+      <c r="D474" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="E474" s="1" t="s">
+        <v>1924</v>
+      </c>
+      <c r="F474" s="1" t="s">
+        <v>1925</v>
+      </c>
+      <c r="G474" s="1"/>
+    </row>
+    <row r="475" spans="1:7">
+      <c r="A475" s="1" t="s">
+        <v>1926</v>
+      </c>
+      <c r="B475" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="C475" s="1" t="s">
+        <v>1927</v>
+      </c>
+      <c r="D475" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="E475" s="1" t="s">
+        <v>1928</v>
+      </c>
+      <c r="F475" s="1" t="s">
+        <v>1929</v>
+      </c>
+      <c r="G475" s="1"/>
+    </row>
+    <row r="476" spans="1:7">
+      <c r="A476" s="1" t="s">
+        <v>1930</v>
+      </c>
+      <c r="B476" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C476" s="1" t="s">
+        <v>1931</v>
+      </c>
+      <c r="D476" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="E476" s="1" t="s">
+        <v>1932</v>
+      </c>
+      <c r="F476" s="1" t="s">
+        <v>1933</v>
+      </c>
+      <c r="G476" s="1"/>
+    </row>
+    <row r="477" spans="1:7">
+      <c r="A477" s="1" t="s">
+        <v>1930</v>
+      </c>
+      <c r="B477" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C477" s="1" t="s">
+        <v>1931</v>
+      </c>
+      <c r="D477" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="E477" s="1" t="s">
+        <v>1932</v>
+      </c>
+      <c r="F477" s="1" t="s">
+        <v>1934</v>
+      </c>
+      <c r="G477" s="1"/>
+    </row>
+    <row r="478" spans="1:7">
+      <c r="A478" s="1" t="s">
+        <v>1935</v>
+      </c>
+      <c r="B478" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C478" s="1" t="s">
+        <v>1936</v>
+      </c>
+      <c r="D478" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E478" s="1" t="s">
+        <v>1937</v>
+      </c>
+      <c r="F478" s="1" t="s">
+        <v>1938</v>
+      </c>
+      <c r="G478" s="1"/>
+    </row>
+    <row r="479" spans="1:7">
+      <c r="A479" s="1" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B479" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C479" s="1" t="s">
+        <v>1940</v>
+      </c>
+      <c r="D479" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E479" s="1" t="s">
+        <v>1941</v>
+      </c>
+      <c r="F479" s="1" t="s">
+        <v>1942</v>
+      </c>
+      <c r="G479" s="1"/>
+    </row>
+    <row r="480" spans="1:7">
+      <c r="A480" s="1" t="s">
+        <v>1943</v>
+      </c>
+      <c r="B480" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C480" s="1" t="s">
+        <v>1944</v>
+      </c>
+      <c r="D480" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="E480" s="1" t="s">
+        <v>1945</v>
+      </c>
+      <c r="F480" s="1" t="s">
+        <v>1946</v>
+      </c>
+      <c r="G480" s="1"/>
+    </row>
+    <row r="481" spans="1:7">
+      <c r="A481" s="1" t="s">
+        <v>1947</v>
+      </c>
+      <c r="B481" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C481" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D481" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="E481" s="1" t="s">
+        <v>1948</v>
+      </c>
+      <c r="F481" s="1" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G481" s="1"/>
+    </row>
+    <row r="482" spans="1:7">
+      <c r="A482" s="1" t="s">
+        <v>1950</v>
+      </c>
+      <c r="B482" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C482" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D482" s="1" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E482" s="1" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F482" s="1" t="s">
+        <v>1953</v>
+      </c>
+      <c r="G482" s="1"/>
+    </row>
+    <row r="483" spans="1:7">
+      <c r="A483" s="1" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B483" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C483" s="1" t="s">
+        <v>1955</v>
+      </c>
+      <c r="D483" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="E483" s="1" t="s">
+        <v>1956</v>
+      </c>
+      <c r="F483" s="1" t="s">
+        <v>1957</v>
+      </c>
+      <c r="G483" s="1"/>
+    </row>
+    <row r="484" spans="1:7">
+      <c r="A484" s="1" t="s">
+        <v>1958</v>
+      </c>
+      <c r="B484" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C484" s="1" t="s">
+        <v>1959</v>
+      </c>
+      <c r="D484" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="E484" s="1" t="s">
+        <v>1960</v>
+      </c>
+      <c r="F484" s="1" t="s">
+        <v>1961</v>
+      </c>
+      <c r="G484" s="1"/>
+    </row>
+    <row r="485" spans="1:7">
+      <c r="A485" s="1" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B485" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C485" s="1" t="s">
+        <v>1963</v>
+      </c>
+      <c r="D485" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="E485" s="1" t="s">
+        <v>1964</v>
+      </c>
+      <c r="F485" s="1" t="s">
+        <v>1965</v>
+      </c>
+      <c r="G485" s="1"/>
+    </row>
+    <row r="486" spans="1:7">
+      <c r="A486" s="1" t="s">
+        <v>1966</v>
+      </c>
+      <c r="B486" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C486" s="1" t="s">
+        <v>1967</v>
+      </c>
+      <c r="D486" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="E486" s="1" t="s">
+        <v>1968</v>
+      </c>
+      <c r="F486" s="1" t="s">
+        <v>1969</v>
+      </c>
+      <c r="G486" s="1"/>
+    </row>
+    <row r="487" spans="1:7">
+      <c r="A487" s="1" t="s">
+        <v>1970</v>
+      </c>
+      <c r="B487" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C487" s="1" t="s">
+        <v>1971</v>
+      </c>
+      <c r="D487" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="E487" s="1" t="s">
+        <v>1972</v>
+      </c>
+      <c r="F487" s="1" t="s">
+        <v>1973</v>
+      </c>
+      <c r="G487" s="1"/>
+    </row>
+    <row r="488" spans="1:7">
+      <c r="A488" s="1" t="s">
+        <v>1974</v>
+      </c>
+      <c r="B488" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="C488" s="1" t="s">
+        <v>1975</v>
+      </c>
+      <c r="D488" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="E488" s="1" t="s">
+        <v>1976</v>
+      </c>
+      <c r="F488" s="1" t="s">
+        <v>1977</v>
+      </c>
+      <c r="G488" s="1"/>
+    </row>
+    <row r="489" spans="1:7">
+      <c r="A489" s="1" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B489" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C489" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D489" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="E489" s="1" t="s">
+        <v>1979</v>
+      </c>
+      <c r="F489" s="1" t="s">
+        <v>1980</v>
+      </c>
+      <c r="G489" s="1"/>
+    </row>
+    <row r="490" spans="1:7">
+      <c r="A490" s="1" t="s">
+        <v>1981</v>
+      </c>
+      <c r="B490" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C490" s="1" t="s">
+        <v>1982</v>
+      </c>
+      <c r="D490" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="E490" s="1" t="s">
+        <v>1983</v>
+      </c>
+      <c r="F490" s="1" t="s">
+        <v>1984</v>
+      </c>
+      <c r="G490" s="1"/>
+    </row>
+    <row r="491" spans="1:7">
+      <c r="A491" s="1" t="s">
+        <v>1985</v>
+      </c>
+      <c r="B491" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C491" s="1" t="s">
+        <v>1986</v>
+      </c>
+      <c r="D491" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="E491" s="1" t="s">
+        <v>1987</v>
+      </c>
+      <c r="F491" s="1" t="s">
+        <v>1988</v>
+      </c>
+      <c r="G491" s="1"/>
+    </row>
+    <row r="492" spans="1:7">
+      <c r="A492" s="1" t="s">
+        <v>1989</v>
+      </c>
+      <c r="B492" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C492" s="1" t="s">
+        <v>1990</v>
+      </c>
+      <c r="D492" s="1" t="s">
+        <v>1991</v>
+      </c>
+      <c r="E492" s="1" t="s">
+        <v>1992</v>
+      </c>
+      <c r="F492" s="1" t="s">
+        <v>1993</v>
+      </c>
+      <c r="G492" s="1"/>
+    </row>
+    <row r="493" spans="1:7">
+      <c r="A493" s="1" t="s">
+        <v>1994</v>
+      </c>
+      <c r="B493" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C493" s="1" t="s">
+        <v>1995</v>
+      </c>
+      <c r="D493" s="1" t="s">
+        <v>1996</v>
+      </c>
+      <c r="E493" s="1" t="s">
+        <v>1997</v>
+      </c>
+      <c r="F493" s="1" t="s">
+        <v>1998</v>
+      </c>
+      <c r="G493" s="1"/>
+    </row>
+    <row r="494" spans="1:7">
+      <c r="A494" s="1" t="s">
+        <v>1999</v>
+      </c>
+      <c r="B494" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C494" s="1" t="s">
+        <v>2000</v>
+      </c>
+      <c r="D494" s="1" t="s">
+        <v>2001</v>
+      </c>
+      <c r="E494" s="1" t="s">
+        <v>2002</v>
+      </c>
+      <c r="F494" s="1" t="s">
+        <v>2003</v>
+      </c>
+      <c r="G494" s="1"/>
+    </row>
+    <row r="495" spans="1:7">
+      <c r="A495" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="B495" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C495" s="1" t="s">
+        <v>2005</v>
+      </c>
+      <c r="D495" s="1" t="s">
+        <v>1991</v>
+      </c>
+      <c r="E495" s="1" t="s">
+        <v>2006</v>
+      </c>
+      <c r="F495" s="1" t="s">
+        <v>2007</v>
+      </c>
+      <c r="G495" s="1"/>
+    </row>
+    <row r="496" spans="1:7">
+      <c r="A496" s="1" t="s">
+        <v>2008</v>
+      </c>
+      <c r="B496" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C496" s="1" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D496" s="1" t="s">
+        <v>1991</v>
+      </c>
+      <c r="E496" s="1" t="s">
+        <v>2010</v>
+      </c>
+      <c r="F496" s="1" t="s">
+        <v>2011</v>
+      </c>
+      <c r="G496" s="1"/>
+    </row>
+    <row r="497" spans="1:7">
+      <c r="A497" s="1" t="s">
+        <v>2012</v>
+      </c>
+      <c r="B497" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C497" s="1" t="s">
+        <v>2013</v>
+      </c>
+      <c r="D497" s="1" t="s">
+        <v>1996</v>
+      </c>
+      <c r="E497" s="1" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F497" s="1" t="s">
+        <v>2015</v>
+      </c>
+      <c r="G497" s="1"/>
+    </row>
+    <row r="498" spans="1:7">
+      <c r="A498" s="1" t="s">
+        <v>2016</v>
+      </c>
+      <c r="B498" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C498" s="1" t="s">
+        <v>2017</v>
+      </c>
+      <c r="D498" s="1" t="s">
+        <v>2001</v>
+      </c>
+      <c r="E498" s="1" t="s">
+        <v>2018</v>
+      </c>
+      <c r="F498" s="1" t="s">
+        <v>2019</v>
+      </c>
+      <c r="G498" s="1"/>
+    </row>
+    <row r="499" spans="1:7">
+      <c r="A499" s="1" t="s">
+        <v>2020</v>
+      </c>
+      <c r="B499" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C499" s="1" t="s">
+        <v>2021</v>
+      </c>
+      <c r="D499" s="1" t="s">
+        <v>2022</v>
+      </c>
+      <c r="E499" s="1" t="s">
+        <v>2023</v>
+      </c>
+      <c r="F499" s="1" t="s">
+        <v>2024</v>
+      </c>
+      <c r="G499" s="1"/>
+    </row>
+    <row r="500" spans="1:7">
+      <c r="A500" s="1" t="s">
+        <v>2025</v>
+      </c>
+      <c r="B500" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C500" s="1" t="s">
+        <v>2026</v>
+      </c>
+      <c r="D500" s="1" t="s">
+        <v>2027</v>
+      </c>
+      <c r="E500" s="1" t="s">
+        <v>2028</v>
+      </c>
+      <c r="F500" s="1" t="s">
+        <v>2029</v>
+      </c>
+      <c r="G500" s="1"/>
+    </row>
+    <row r="501" spans="1:7">
+      <c r="A501" s="1" t="s">
+        <v>2030</v>
+      </c>
+      <c r="B501" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C501" s="1" t="s">
+        <v>2031</v>
+      </c>
+      <c r="D501" s="1" t="s">
+        <v>1991</v>
+      </c>
+      <c r="E501" s="1" t="s">
+        <v>2032</v>
+      </c>
+      <c r="F501" s="1" t="s">
+        <v>2033</v>
+      </c>
+      <c r="G501" s="1"/>
+    </row>
+    <row r="502" spans="1:7">
+      <c r="A502" s="1" t="s">
+        <v>2034</v>
+      </c>
+      <c r="B502" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C502" s="1" t="s">
+        <v>2035</v>
+      </c>
+      <c r="D502" s="1" t="s">
+        <v>2022</v>
+      </c>
+      <c r="E502" s="1" t="s">
+        <v>2036</v>
+      </c>
+      <c r="F502" s="1" t="s">
+        <v>2037</v>
+      </c>
+      <c r="G502" s="1"/>
+    </row>
+    <row r="503" spans="1:7">
+      <c r="A503" s="1" t="s">
+        <v>2038</v>
+      </c>
+      <c r="B503" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C503" s="1" t="s">
+        <v>2039</v>
+      </c>
+      <c r="D503" s="1" t="s">
+        <v>1899</v>
+      </c>
+      <c r="E503" s="1" t="s">
+        <v>2040</v>
+      </c>
+      <c r="F503" s="1" t="s">
+        <v>2041</v>
+      </c>
+      <c r="G503" s="1"/>
+    </row>
+    <row r="504" spans="1:7">
+      <c r="A504" s="1" t="s">
+        <v>2042</v>
+      </c>
+      <c r="B504" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C504" s="1" t="s">
+        <v>2043</v>
+      </c>
+      <c r="D504" s="1" t="s">
+        <v>1996</v>
+      </c>
+      <c r="E504" s="1" t="s">
+        <v>2044</v>
+      </c>
+      <c r="F504" s="1" t="s">
+        <v>2045</v>
+      </c>
+      <c r="G504" s="1"/>
+    </row>
+    <row r="505" spans="1:7">
+      <c r="A505" s="1" t="s">
+        <v>2046</v>
+      </c>
+      <c r="B505" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C505" s="1" t="s">
+        <v>2047</v>
+      </c>
+      <c r="D505" s="1" t="s">
+        <v>1996</v>
+      </c>
+      <c r="E505" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="F505" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="G505" s="1"/>
+    </row>
+    <row r="506" spans="1:7">
+      <c r="A506" s="1" t="s">
+        <v>2050</v>
+      </c>
+      <c r="B506" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C506" s="1" t="s">
+        <v>2051</v>
+      </c>
+      <c r="D506" s="1" t="s">
+        <v>1996</v>
+      </c>
+      <c r="E506" s="1" t="s">
+        <v>2052</v>
+      </c>
+      <c r="F506" s="1" t="s">
+        <v>2053</v>
+      </c>
+      <c r="G506" s="1"/>
+    </row>
+    <row r="507" spans="1:7">
+      <c r="A507" s="1" t="s">
+        <v>2054</v>
+      </c>
+      <c r="B507" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C507" s="1" t="s">
+        <v>2055</v>
+      </c>
+      <c r="D507" s="1" t="s">
+        <v>2056</v>
+      </c>
+      <c r="E507" s="1" t="s">
+        <v>2057</v>
+      </c>
+      <c r="F507" s="1" t="s">
+        <v>2058</v>
+      </c>
+      <c r="G507" s="1"/>
+    </row>
+    <row r="508" spans="1:7">
+      <c r="A508" s="1" t="s">
+        <v>2059</v>
+      </c>
+      <c r="B508" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C508" s="1" t="s">
+        <v>2060</v>
+      </c>
+      <c r="D508" s="1" t="s">
+        <v>2061</v>
+      </c>
+      <c r="E508" s="1" t="s">
+        <v>2062</v>
+      </c>
+      <c r="F508" s="1" t="s">
+        <v>2063</v>
+      </c>
+      <c r="G508" s="1"/>
+    </row>
+    <row r="509" spans="1:7">
+      <c r="A509" s="1" t="s">
+        <v>2064</v>
+      </c>
+      <c r="B509" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C509" s="1" t="s">
+        <v>2065</v>
+      </c>
+      <c r="D509" s="1" t="s">
+        <v>2066</v>
+      </c>
+      <c r="E509" s="1" t="s">
+        <v>2067</v>
+      </c>
+      <c r="F509" s="1" t="s">
+        <v>2068</v>
+      </c>
+      <c r="G509" s="1"/>
+    </row>
+    <row r="510" spans="1:7">
+      <c r="A510" s="1" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B510" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C510" s="1" t="s">
+        <v>2070</v>
+      </c>
+      <c r="D510" s="1" t="s">
+        <v>2056</v>
+      </c>
+      <c r="E510" s="1" t="s">
+        <v>2071</v>
+      </c>
+      <c r="F510" s="1" t="s">
+        <v>2072</v>
+      </c>
+      <c r="G510" s="1"/>
+    </row>
+    <row r="511" spans="1:7">
+      <c r="A511" s="1" t="s">
+        <v>2073</v>
+      </c>
+      <c r="B511" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C511" s="1" t="s">
+        <v>2074</v>
+      </c>
+      <c r="D511" s="1" t="s">
+        <v>2022</v>
+      </c>
+      <c r="E511" s="1" t="s">
+        <v>2075</v>
+      </c>
+      <c r="F511" s="1" t="s">
+        <v>2076</v>
+      </c>
+      <c r="G511" s="1"/>
+    </row>
+    <row r="512" spans="1:7">
+      <c r="A512" s="1" t="s">
+        <v>2077</v>
+      </c>
+      <c r="B512" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C512" s="1" t="s">
+        <v>2078</v>
+      </c>
+      <c r="D512" s="1" t="s">
+        <v>2079</v>
+      </c>
+      <c r="E512" s="1" t="s">
+        <v>2080</v>
+      </c>
+      <c r="F512" s="1" t="s">
+        <v>2081</v>
+      </c>
+      <c r="G512" s="1"/>
+    </row>
+    <row r="513" spans="1:7">
+      <c r="A513" s="1" t="s">
+        <v>2082</v>
+      </c>
+      <c r="B513" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C513" s="1" t="s">
+        <v>2083</v>
+      </c>
+      <c r="D513" s="1" t="s">
+        <v>2027</v>
+      </c>
+      <c r="E513" s="1" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F513" s="1" t="s">
+        <v>2085</v>
+      </c>
+      <c r="G513" s="1"/>
+    </row>
+    <row r="514" spans="1:7">
+      <c r="A514" s="1" t="s">
+        <v>2086</v>
+      </c>
+      <c r="B514" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C514" s="1" t="s">
+        <v>2087</v>
+      </c>
+      <c r="D514" s="1" t="s">
+        <v>2022</v>
+      </c>
+      <c r="E514" s="1" t="s">
+        <v>2088</v>
+      </c>
+      <c r="F514" s="1" t="s">
+        <v>2089</v>
+      </c>
+      <c r="G514" s="1"/>
+    </row>
+    <row r="515" spans="1:7">
+      <c r="A515" s="1" t="s">
+        <v>2090</v>
+      </c>
+      <c r="B515" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C515" s="1" t="s">
+        <v>2091</v>
+      </c>
+      <c r="D515" s="1" t="s">
+        <v>2022</v>
+      </c>
+      <c r="E515" s="1" t="s">
+        <v>2092</v>
+      </c>
+      <c r="F515" s="1" t="s">
+        <v>2093</v>
+      </c>
+      <c r="G515" s="1"/>
+    </row>
+    <row r="516" spans="1:7">
+      <c r="A516" s="1" t="s">
+        <v>2094</v>
+      </c>
+      <c r="B516" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C516" s="1" t="s">
+        <v>2095</v>
+      </c>
+      <c r="D516" s="1" t="s">
+        <v>2096</v>
+      </c>
+      <c r="E516" s="1" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F516" s="1" t="s">
+        <v>2098</v>
+      </c>
+      <c r="G516" s="1"/>
+    </row>
+    <row r="517" spans="1:7">
+      <c r="A517" s="1" t="s">
+        <v>2099</v>
+      </c>
+      <c r="B517" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C517" s="1" t="s">
+        <v>2100</v>
+      </c>
+      <c r="D517" s="1" t="s">
+        <v>1991</v>
+      </c>
+      <c r="E517" s="1" t="s">
+        <v>2101</v>
+      </c>
+      <c r="F517" s="1" t="s">
+        <v>2102</v>
+      </c>
+      <c r="G517" s="1"/>
+    </row>
+    <row r="518" spans="1:7">
+      <c r="A518" s="1" t="s">
+        <v>2103</v>
+      </c>
+      <c r="B518" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C518" s="1" t="s">
+        <v>2104</v>
+      </c>
+      <c r="D518" s="1" t="s">
+        <v>2096</v>
+      </c>
+      <c r="E518" s="1" t="s">
+        <v>2105</v>
+      </c>
+      <c r="F518" s="1" t="s">
+        <v>2106</v>
+      </c>
+      <c r="G518" s="1"/>
+    </row>
+    <row r="519" spans="1:7">
+      <c r="A519" s="1" t="s">
+        <v>2107</v>
+      </c>
+      <c r="B519" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C519" s="1" t="s">
+        <v>2108</v>
+      </c>
+      <c r="D519" s="1" t="s">
+        <v>2109</v>
+      </c>
+      <c r="E519" s="1" t="s">
+        <v>2110</v>
+      </c>
+      <c r="F519" s="1" t="s">
+        <v>2111</v>
+      </c>
+      <c r="G519" s="1"/>
+    </row>
+    <row r="520" spans="1:7">
+      <c r="A520" s="1" t="s">
+        <v>2112</v>
+      </c>
+      <c r="B520" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C520" s="1" t="s">
+        <v>2113</v>
+      </c>
+      <c r="D520" s="1" t="s">
+        <v>2027</v>
+      </c>
+      <c r="E520" s="1" t="s">
+        <v>2114</v>
+      </c>
+      <c r="F520" s="1" t="s">
+        <v>2115</v>
+      </c>
+      <c r="G520" s="1"/>
+    </row>
+    <row r="521" spans="1:7">
+      <c r="A521" s="1" t="s">
+        <v>2116</v>
+      </c>
+      <c r="B521" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C521" s="1" t="s">
+        <v>2117</v>
+      </c>
+      <c r="D521" s="1" t="s">
+        <v>2001</v>
+      </c>
+      <c r="E521" s="1" t="s">
+        <v>2118</v>
+      </c>
+      <c r="F521" s="1" t="s">
+        <v>2119</v>
+      </c>
+      <c r="G521" s="1"/>
+    </row>
+    <row r="522" spans="1:7">
+      <c r="A522" s="1" t="s">
+        <v>2120</v>
+      </c>
+      <c r="B522" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C522" s="1" t="s">
+        <v>2121</v>
+      </c>
+      <c r="D522" s="1" t="s">
+        <v>2001</v>
+      </c>
+      <c r="E522" s="1" t="s">
+        <v>2122</v>
+      </c>
+      <c r="F522" s="1" t="s">
+        <v>2123</v>
+      </c>
+      <c r="G522" s="1"/>
+    </row>
+    <row r="523" spans="1:7">
+      <c r="A523" s="1" t="s">
+        <v>2124</v>
+      </c>
+      <c r="B523" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C523" s="1" t="s">
+        <v>2125</v>
+      </c>
+      <c r="D523" s="1" t="s">
+        <v>2056</v>
+      </c>
+      <c r="E523" s="1" t="s">
+        <v>2126</v>
+      </c>
+      <c r="F523" s="1" t="s">
+        <v>2127</v>
+      </c>
+      <c r="G523" s="1"/>
+    </row>
+    <row r="524" spans="1:7">
+      <c r="A524" s="1" t="s">
+        <v>2128</v>
+      </c>
+      <c r="B524" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C524" s="1" t="s">
+        <v>2129</v>
+      </c>
+      <c r="D524" s="1" t="s">
+        <v>2130</v>
+      </c>
+      <c r="E524" s="1" t="s">
+        <v>2131</v>
+      </c>
+      <c r="F524" s="1" t="s">
+        <v>2132</v>
+      </c>
+      <c r="G524" s="1"/>
+    </row>
+    <row r="525" spans="1:7">
+      <c r="A525" s="1" t="s">
+        <v>2133</v>
+      </c>
+      <c r="B525" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C525" s="1" t="s">
+        <v>2134</v>
+      </c>
+      <c r="D525" s="1" t="s">
+        <v>1996</v>
+      </c>
+      <c r="E525" s="1" t="s">
+        <v>2135</v>
+      </c>
+      <c r="F525" s="1" t="s">
+        <v>2136</v>
+      </c>
+      <c r="G525" s="1"/>
+    </row>
+    <row r="526" spans="1:7">
+      <c r="A526" s="1" t="s">
+        <v>2137</v>
+      </c>
+      <c r="B526" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C526" s="1" t="s">
+        <v>2138</v>
+      </c>
+      <c r="D526" s="1" t="s">
+        <v>2066</v>
+      </c>
+      <c r="E526" s="1" t="s">
+        <v>2139</v>
+      </c>
+      <c r="F526" s="1" t="s">
+        <v>2140</v>
+      </c>
+      <c r="G526" s="1"/>
+    </row>
+    <row r="527" spans="1:7">
+      <c r="A527" s="1" t="s">
+        <v>2141</v>
+      </c>
+      <c r="B527" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C527" s="1" t="s">
+        <v>2142</v>
+      </c>
+      <c r="D527" s="1" t="s">
+        <v>2143</v>
+      </c>
+      <c r="E527" s="1" t="s">
+        <v>2144</v>
+      </c>
+      <c r="F527" s="1" t="s">
+        <v>2145</v>
+      </c>
+      <c r="G527" s="1"/>
+    </row>
+    <row r="528" spans="1:7">
+      <c r="A528" s="1" t="s">
+        <v>2146</v>
+      </c>
+      <c r="B528" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C528" s="1" t="s">
+        <v>2147</v>
+      </c>
+      <c r="D528" s="1" t="s">
+        <v>2148</v>
+      </c>
+      <c r="E528" s="1" t="s">
+        <v>2149</v>
+      </c>
+      <c r="F528" s="1" t="s">
+        <v>2150</v>
+      </c>
+      <c r="G528" s="1"/>
+    </row>
+    <row r="529" spans="1:7">
+      <c r="A529" s="1" t="s">
+        <v>2151</v>
+      </c>
+      <c r="B529" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C529" s="1" t="s">
+        <v>2152</v>
+      </c>
+      <c r="D529" s="1" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E529" s="1" t="s">
+        <v>2154</v>
+      </c>
+      <c r="F529" s="1" t="s">
+        <v>2155</v>
+      </c>
+      <c r="G529" s="1"/>
+    </row>
+    <row r="530" spans="1:7">
+      <c r="A530" s="1" t="s">
+        <v>2156</v>
+      </c>
+      <c r="B530" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C530" s="1" t="s">
+        <v>2157</v>
+      </c>
+      <c r="D530" s="1" t="s">
+        <v>2056</v>
+      </c>
+      <c r="E530" s="1" t="s">
+        <v>2158</v>
+      </c>
+      <c r="F530" s="1" t="s">
+        <v>2159</v>
+      </c>
+      <c r="G530" s="1"/>
+    </row>
+    <row r="531" spans="1:7">
+      <c r="A531" s="1" t="s">
+        <v>2160</v>
+      </c>
+      <c r="B531" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C531" s="1" t="s">
+        <v>2161</v>
+      </c>
+      <c r="D531" s="1" t="s">
+        <v>1996</v>
+      </c>
+      <c r="E531" s="1" t="s">
+        <v>2162</v>
+      </c>
+      <c r="F531" s="1" t="s">
+        <v>2163</v>
+      </c>
+      <c r="G531" s="1"/>
+    </row>
+    <row r="532" spans="1:7">
+      <c r="A532" s="1" t="s">
+        <v>2164</v>
+      </c>
+      <c r="B532" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C532" s="1" t="s">
+        <v>2165</v>
+      </c>
+      <c r="D532" s="1" t="s">
+        <v>1991</v>
+      </c>
+      <c r="E532" s="1" t="s">
+        <v>2166</v>
+      </c>
+      <c r="F532" s="1" t="s">
+        <v>2167</v>
+      </c>
+      <c r="G532" s="1"/>
+    </row>
+    <row r="533" spans="1:7">
+      <c r="A533" s="1" t="s">
+        <v>2168</v>
+      </c>
+      <c r="B533" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C533" s="1" t="s">
+        <v>2169</v>
+      </c>
+      <c r="D533" s="1" t="s">
+        <v>2056</v>
+      </c>
+      <c r="E533" s="1" t="s">
+        <v>2170</v>
+      </c>
+      <c r="F533" s="1" t="s">
+        <v>2171</v>
+      </c>
+      <c r="G533" s="1"/>
+    </row>
+    <row r="534" spans="1:7">
+      <c r="A534" s="1" t="s">
+        <v>2172</v>
+      </c>
+      <c r="B534" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C534" s="1" t="s">
+        <v>2173</v>
+      </c>
+      <c r="D534" s="1" t="s">
+        <v>2022</v>
+      </c>
+      <c r="E534" s="1" t="s">
+        <v>2174</v>
+      </c>
+      <c r="F534" s="1" t="s">
+        <v>2175</v>
+      </c>
+      <c r="G534" s="1"/>
+    </row>
+    <row r="535" spans="1:7">
+      <c r="A535" s="1" t="s">
+        <v>2176</v>
+      </c>
+      <c r="B535" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C535" s="1" t="s">
+        <v>2177</v>
+      </c>
+      <c r="D535" s="1" t="s">
+        <v>2178</v>
+      </c>
+      <c r="E535" s="1" t="s">
+        <v>2179</v>
+      </c>
+      <c r="F535" s="1" t="s">
+        <v>2180</v>
+      </c>
+      <c r="G535" s="1"/>
+    </row>
+    <row r="536" spans="1:7">
+      <c r="A536" s="1" t="s">
+        <v>2181</v>
+      </c>
+      <c r="B536" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C536" s="1" t="s">
+        <v>2182</v>
+      </c>
+      <c r="D536" s="1" t="s">
+        <v>2178</v>
+      </c>
+      <c r="E536" s="1" t="s">
+        <v>2183</v>
+      </c>
+      <c r="F536" s="1" t="s">
+        <v>2184</v>
+      </c>
+      <c r="G536" s="1"/>
+    </row>
+    <row r="537" spans="1:7">
+      <c r="A537" s="1" t="s">
+        <v>2185</v>
+      </c>
+      <c r="B537" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C537" s="1" t="s">
+        <v>2186</v>
+      </c>
+      <c r="D537" s="1" t="s">
+        <v>2148</v>
+      </c>
+      <c r="E537" s="1" t="s">
+        <v>2187</v>
+      </c>
+      <c r="F537" s="1" t="s">
+        <v>2188</v>
+      </c>
+      <c r="G537" s="1"/>
+    </row>
+    <row r="538" spans="1:7">
+      <c r="A538" s="1" t="s">
+        <v>2189</v>
+      </c>
+      <c r="B538" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C538" s="1" t="s">
+        <v>2190</v>
+      </c>
+      <c r="D538" s="1" t="s">
+        <v>2056</v>
+      </c>
+      <c r="E538" s="1" t="s">
+        <v>2191</v>
+      </c>
+      <c r="F538" s="1" t="s">
+        <v>2192</v>
+      </c>
+      <c r="G538" s="1"/>
+    </row>
+    <row r="539" spans="1:7">
+      <c r="A539" s="1" t="s">
+        <v>2193</v>
+      </c>
+      <c r="B539" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C539" s="1" t="s">
+        <v>2194</v>
+      </c>
+      <c r="D539" s="1" t="s">
+        <v>2195</v>
+      </c>
+      <c r="E539" s="1" t="s">
+        <v>2196</v>
+      </c>
+      <c r="F539" s="1" t="s">
+        <v>2197</v>
+      </c>
+      <c r="G539" s="1"/>
+    </row>
+    <row r="540" spans="1:7">
+      <c r="A540" s="1" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B540" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C540" s="1" t="s">
+        <v>2199</v>
+      </c>
+      <c r="D540" s="1" t="s">
+        <v>2200</v>
+      </c>
+      <c r="E540" s="1" t="s">
+        <v>2201</v>
+      </c>
+      <c r="F540" s="1" t="s">
+        <v>2202</v>
+      </c>
+      <c r="G540" s="1"/>
+    </row>
+    <row r="541" spans="1:7">
+      <c r="A541" s="1" t="s">
+        <v>2203</v>
+      </c>
+      <c r="B541" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C541" s="1" t="s">
+        <v>2204</v>
+      </c>
+      <c r="D541" s="1" t="s">
+        <v>2022</v>
+      </c>
+      <c r="E541" s="1" t="s">
+        <v>2205</v>
+      </c>
+      <c r="F541" s="1" t="s">
+        <v>2206</v>
+      </c>
+      <c r="G541" s="1"/>
+    </row>
+    <row r="542" spans="1:7">
+      <c r="A542" s="1" t="s">
+        <v>2207</v>
+      </c>
+      <c r="B542" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C542" s="1" t="s">
+        <v>2208</v>
+      </c>
+      <c r="D542" s="1" t="s">
+        <v>2022</v>
+      </c>
+      <c r="E542" s="1" t="s">
+        <v>2209</v>
+      </c>
+      <c r="F542" s="1" t="s">
+        <v>2210</v>
+      </c>
+      <c r="G542" s="1"/>
+    </row>
+    <row r="543" spans="1:7">
+      <c r="A543" s="1" t="s">
+        <v>2211</v>
+      </c>
+      <c r="B543" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C543" s="1" t="s">
+        <v>2212</v>
+      </c>
+      <c r="D543" s="1" t="s">
+        <v>2195</v>
+      </c>
+      <c r="E543" s="1" t="s">
+        <v>2213</v>
+      </c>
+      <c r="F543" s="1" t="s">
+        <v>2214</v>
+      </c>
+      <c r="G543" s="1"/>
+    </row>
+    <row r="544" spans="1:7">
+      <c r="A544" s="1" t="s">
+        <v>2215</v>
+      </c>
+      <c r="B544" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C544" s="1" t="s">
+        <v>2216</v>
+      </c>
+      <c r="D544" s="1" t="s">
+        <v>2001</v>
+      </c>
+      <c r="E544" s="1" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F544" s="1" t="s">
+        <v>2218</v>
+      </c>
+      <c r="G544" s="1"/>
+    </row>
+    <row r="545" spans="1:7">
+      <c r="A545" s="1" t="s">
+        <v>2219</v>
+      </c>
+      <c r="B545" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C545" s="1" t="s">
+        <v>2220</v>
+      </c>
+      <c r="D545" s="1" t="s">
+        <v>2096</v>
+      </c>
+      <c r="E545" s="1" t="s">
+        <v>2221</v>
+      </c>
+      <c r="F545" s="1" t="s">
+        <v>2222</v>
+      </c>
+      <c r="G545" s="1"/>
+    </row>
+    <row r="546" spans="1:7">
+      <c r="A546" s="1" t="s">
+        <v>2223</v>
+      </c>
+      <c r="B546" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C546" s="1" t="s">
+        <v>2224</v>
+      </c>
+      <c r="D546" s="1" t="s">
+        <v>2066</v>
+      </c>
+      <c r="E546" s="1" t="s">
+        <v>2225</v>
+      </c>
+      <c r="F546" s="1" t="s">
+        <v>2226</v>
+      </c>
+      <c r="G546" s="1"/>
+    </row>
+    <row r="547" spans="1:7">
+      <c r="A547" s="1" t="s">
+        <v>2227</v>
+      </c>
+      <c r="B547" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C547" s="1" t="s">
+        <v>2228</v>
+      </c>
+      <c r="D547" s="1" t="s">
+        <v>2229</v>
+      </c>
+      <c r="E547" s="1" t="s">
+        <v>2230</v>
+      </c>
+      <c r="F547" s="1" t="s">
+        <v>2231</v>
+      </c>
+      <c r="G547" s="1"/>
+    </row>
+    <row r="548" spans="1:7">
+      <c r="A548" s="1" t="s">
+        <v>2232</v>
+      </c>
+      <c r="B548" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C548" s="1" t="s">
+        <v>2233</v>
+      </c>
+      <c r="D548" s="1" t="s">
+        <v>2234</v>
+      </c>
+      <c r="E548" s="1" t="s">
+        <v>2235</v>
+      </c>
+      <c r="F548" s="1" t="s">
+        <v>2236</v>
+      </c>
+      <c r="G548" s="1"/>
+    </row>
+    <row r="549" spans="1:7">
+      <c r="A549" s="1" t="s">
+        <v>2237</v>
+      </c>
+      <c r="B549" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C549" s="1" t="s">
+        <v>2238</v>
+      </c>
+      <c r="D549" s="1" t="s">
+        <v>2239</v>
+      </c>
+      <c r="E549" s="1" t="s">
+        <v>2240</v>
+      </c>
+      <c r="F549" s="1" t="s">
+        <v>2241</v>
+      </c>
+      <c r="G549" s="1"/>
+    </row>
+    <row r="550" spans="1:7">
+      <c r="A550" s="1" t="s">
+        <v>2242</v>
+      </c>
+      <c r="B550" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C550" s="1" t="s">
+        <v>2243</v>
+      </c>
+      <c r="D550" s="1" t="s">
+        <v>2234</v>
+      </c>
+      <c r="E550" s="1" t="s">
+        <v>2244</v>
+      </c>
+      <c r="F550" s="1" t="s">
+        <v>2245</v>
+      </c>
+      <c r="G550" s="1"/>
+    </row>
+    <row r="551" spans="1:7">
+      <c r="A551" s="1" t="s">
+        <v>2246</v>
+      </c>
+      <c r="B551" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C551" s="1" t="s">
+        <v>2247</v>
+      </c>
+      <c r="D551" s="1" t="s">
+        <v>1991</v>
+      </c>
+      <c r="E551" s="1" t="s">
+        <v>2248</v>
+      </c>
+      <c r="F551" s="1" t="s">
+        <v>2249</v>
+      </c>
+      <c r="G551" s="1"/>
+    </row>
+    <row r="552" spans="1:7">
+      <c r="A552" s="1" t="s">
+        <v>2250</v>
+      </c>
+      <c r="B552" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C552" s="1" t="s">
+        <v>2251</v>
+      </c>
+      <c r="D552" s="1" t="s">
+        <v>2056</v>
+      </c>
+      <c r="E552" s="1" t="s">
+        <v>2252</v>
+      </c>
+      <c r="F552" s="1" t="s">
+        <v>2253</v>
+      </c>
+      <c r="G552" s="1"/>
+    </row>
+    <row r="553" spans="1:7">
+      <c r="A553" s="1" t="s">
+        <v>2254</v>
+      </c>
+      <c r="B553" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C553" s="1" t="s">
+        <v>2255</v>
+      </c>
+      <c r="D553" s="1" t="s">
+        <v>2256</v>
+      </c>
+      <c r="E553" s="1" t="s">
+        <v>2257</v>
+      </c>
+      <c r="F553" s="1" t="s">
+        <v>2258</v>
+      </c>
+      <c r="G553" s="1"/>
+    </row>
+    <row r="554" spans="1:7">
+      <c r="A554" s="1" t="s">
+        <v>2259</v>
+      </c>
+      <c r="B554" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C554" s="1" t="s">
+        <v>2260</v>
+      </c>
+      <c r="D554" s="1" t="s">
+        <v>2256</v>
+      </c>
+      <c r="E554" s="1" t="s">
+        <v>2261</v>
+      </c>
+      <c r="F554" s="1" t="s">
+        <v>2262</v>
+      </c>
+      <c r="G554" s="1"/>
+    </row>
+    <row r="555" spans="1:7">
+      <c r="A555" s="1" t="s">
+        <v>2263</v>
+      </c>
+      <c r="B555" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C555" s="1" t="s">
+        <v>2264</v>
+      </c>
+      <c r="D555" s="1" t="s">
+        <v>2265</v>
+      </c>
+      <c r="E555" s="1" t="s">
+        <v>2266</v>
+      </c>
+      <c r="F555" s="1" t="s">
+        <v>2267</v>
+      </c>
+      <c r="G555" s="1"/>
+    </row>
+    <row r="556" spans="1:7">
+      <c r="A556" s="1" t="s">
+        <v>2268</v>
+      </c>
+      <c r="B556" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C556" s="1" t="s">
+        <v>2269</v>
+      </c>
+      <c r="D556" s="1" t="s">
+        <v>2109</v>
+      </c>
+      <c r="E556" s="1" t="s">
+        <v>2270</v>
+      </c>
+      <c r="F556" s="1" t="s">
+        <v>2271</v>
+      </c>
+      <c r="G556" s="1"/>
+    </row>
+    <row r="557" spans="1:7">
+      <c r="A557" s="1" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B557" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C557" s="1" t="s">
+        <v>2273</v>
+      </c>
+      <c r="D557" s="1" t="s">
+        <v>2195</v>
+      </c>
+      <c r="E557" s="1" t="s">
+        <v>2274</v>
+      </c>
+      <c r="F557" s="1" t="s">
+        <v>2275</v>
+      </c>
+      <c r="G557" s="1"/>
+    </row>
+    <row r="558" spans="1:7">
+      <c r="A558" s="1" t="s">
+        <v>2276</v>
+      </c>
+      <c r="B558" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C558" s="1" t="s">
+        <v>2277</v>
+      </c>
+      <c r="D558" s="1" t="s">
+        <v>2265</v>
+      </c>
+      <c r="E558" s="1" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F558" s="1" t="s">
+        <v>2279</v>
+      </c>
+      <c r="G558" s="1"/>
+    </row>
+    <row r="559" spans="1:7">
+      <c r="A559" s="1" t="s">
+        <v>2280</v>
+      </c>
+      <c r="B559" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C559" s="1" t="s">
+        <v>2281</v>
+      </c>
+      <c r="D559" s="1" t="s">
+        <v>2265</v>
+      </c>
+      <c r="E559" s="1" t="s">
+        <v>2282</v>
+      </c>
+      <c r="F559" s="1" t="s">
+        <v>2283</v>
+      </c>
+      <c r="G559" s="1"/>
+    </row>
+    <row r="560" spans="1:7">
+      <c r="A560" s="1" t="s">
+        <v>2284</v>
+      </c>
+      <c r="B560" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C560" s="1" t="s">
+        <v>2285</v>
+      </c>
+      <c r="D560" s="1" t="s">
+        <v>2286</v>
+      </c>
+      <c r="E560" s="1" t="s">
+        <v>2287</v>
+      </c>
+      <c r="F560" s="1" t="s">
+        <v>2288</v>
+      </c>
+      <c r="G560" s="1"/>
+    </row>
+    <row r="561" spans="1:7">
+      <c r="A561" s="1" t="s">
+        <v>2289</v>
+      </c>
+      <c r="B561" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C561" s="1" t="s">
+        <v>2290</v>
+      </c>
+      <c r="D561" s="1" t="s">
+        <v>2200</v>
+      </c>
+      <c r="E561" s="1" t="s">
+        <v>2291</v>
+      </c>
+      <c r="F561" s="1" t="s">
+        <v>2292</v>
+      </c>
+      <c r="G561" s="1"/>
+    </row>
+    <row r="562" spans="1:7">
+      <c r="A562" s="1" t="s">
+        <v>2293</v>
+      </c>
+      <c r="B562" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C562" s="1" t="s">
+        <v>2294</v>
+      </c>
+      <c r="D562" s="1" t="s">
+        <v>2229</v>
+      </c>
+      <c r="E562" s="1" t="s">
+        <v>2295</v>
+      </c>
+      <c r="F562" s="1" t="s">
+        <v>2296</v>
+      </c>
+      <c r="G562" s="1"/>
+    </row>
+    <row r="563" spans="1:7">
+      <c r="A563" s="1" t="s">
+        <v>2297</v>
+      </c>
+      <c r="B563" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C563" s="1" t="s">
+        <v>2298</v>
+      </c>
+      <c r="D563" s="1" t="s">
+        <v>2148</v>
+      </c>
+      <c r="E563" s="1" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F563" s="1" t="s">
+        <v>2300</v>
+      </c>
+      <c r="G563" s="1"/>
+    </row>
+    <row r="564" spans="1:7">
+      <c r="A564" s="1" t="s">
+        <v>2301</v>
+      </c>
+      <c r="B564" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C564" s="1" t="s">
+        <v>2302</v>
+      </c>
+      <c r="D564" s="1" t="s">
+        <v>2265</v>
+      </c>
+      <c r="E564" s="1" t="s">
+        <v>2303</v>
+      </c>
+      <c r="F564" s="1" t="s">
+        <v>2304</v>
+      </c>
+      <c r="G564" s="1"/>
+    </row>
+    <row r="565" spans="1:7">
+      <c r="A565" s="1" t="s">
+        <v>2305</v>
+      </c>
+      <c r="B565" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C565" s="1" t="s">
+        <v>2306</v>
+      </c>
+      <c r="D565" s="1" t="s">
+        <v>2307</v>
+      </c>
+      <c r="E565" s="1" t="s">
+        <v>2308</v>
+      </c>
+      <c r="F565" s="1" t="s">
+        <v>2309</v>
+      </c>
+      <c r="G565" s="1"/>
+    </row>
+    <row r="566" spans="1:7">
+      <c r="A566" s="1" t="s">
+        <v>2310</v>
+      </c>
+      <c r="B566" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C566" s="1" t="s">
+        <v>2311</v>
+      </c>
+      <c r="D566" s="1" t="s">
+        <v>2239</v>
+      </c>
+      <c r="E566" s="1" t="s">
+        <v>2312</v>
+      </c>
+      <c r="F566" s="1" t="s">
+        <v>2313</v>
+      </c>
+      <c r="G566" s="1"/>
+    </row>
+    <row r="567" spans="1:7">
+      <c r="A567" s="1" t="s">
+        <v>2314</v>
+      </c>
+      <c r="B567" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C567" s="1" t="s">
+        <v>2315</v>
+      </c>
+      <c r="D567" s="1" t="s">
+        <v>2195</v>
+      </c>
+      <c r="E567" s="1" t="s">
+        <v>2316</v>
+      </c>
+      <c r="F567" s="1" t="s">
+        <v>2317</v>
+      </c>
+      <c r="G567" s="1"/>
+    </row>
+    <row r="568" spans="1:7">
+      <c r="A568" s="1" t="s">
+        <v>2318</v>
+      </c>
+      <c r="B568" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C568" s="1" t="s">
+        <v>2319</v>
+      </c>
+      <c r="D568" s="1" t="s">
+        <v>1991</v>
+      </c>
+      <c r="E568" s="1" t="s">
+        <v>2320</v>
+      </c>
+      <c r="F568" s="1" t="s">
+        <v>2321</v>
+      </c>
+      <c r="G568" s="1"/>
+    </row>
+    <row r="569" spans="1:7">
+      <c r="A569" s="1" t="s">
+        <v>2322</v>
+      </c>
+      <c r="B569" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C569" s="1" t="s">
+        <v>2323</v>
+      </c>
+      <c r="D569" s="1" t="s">
+        <v>2265</v>
+      </c>
+      <c r="E569" s="1" t="s">
+        <v>2324</v>
+      </c>
+      <c r="F569" s="1" t="s">
+        <v>2325</v>
+      </c>
+      <c r="G569" s="1"/>
+    </row>
+    <row r="570" spans="1:7">
+      <c r="A570" s="1" t="s">
+        <v>2326</v>
+      </c>
+      <c r="B570" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C570" s="1" t="s">
+        <v>2327</v>
+      </c>
+      <c r="D570" s="1" t="s">
+        <v>2328</v>
+      </c>
+      <c r="E570" s="1" t="s">
+        <v>2329</v>
+      </c>
+      <c r="F570" s="1" t="s">
+        <v>2330</v>
+      </c>
+      <c r="G570" s="1"/>
+    </row>
+    <row r="571" spans="1:7">
+      <c r="A571" s="1" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B571" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C571" s="1" t="s">
+        <v>2332</v>
+      </c>
+      <c r="D571" s="1" t="s">
+        <v>2178</v>
+      </c>
+      <c r="E571" s="1" t="s">
+        <v>2333</v>
+      </c>
+      <c r="F571" s="1" t="s">
+        <v>2334</v>
+      </c>
+      <c r="G571" s="1"/>
+    </row>
+    <row r="572" spans="1:7">
+      <c r="A572" s="1" t="s">
+        <v>2335</v>
+      </c>
+      <c r="B572" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C572" s="1" t="s">
+        <v>2336</v>
+      </c>
+      <c r="D572" s="1" t="s">
+        <v>2337</v>
+      </c>
+      <c r="E572" s="1" t="s">
+        <v>2338</v>
+      </c>
+      <c r="F572" s="1" t="s">
+        <v>2339</v>
+      </c>
+      <c r="G572" s="1"/>
+    </row>
+    <row r="573" spans="1:7">
+      <c r="A573" s="1" t="s">
+        <v>2340</v>
+      </c>
+      <c r="B573" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C573" s="1" t="s">
+        <v>2341</v>
+      </c>
+      <c r="D573" s="1" t="s">
+        <v>2265</v>
+      </c>
+      <c r="E573" s="1" t="s">
+        <v>2342</v>
+      </c>
+      <c r="F573" s="1" t="s">
+        <v>2343</v>
+      </c>
+      <c r="G573" s="1"/>
+    </row>
+    <row r="574" spans="1:7">
+      <c r="A574" s="1" t="s">
+        <v>2344</v>
+      </c>
+      <c r="B574" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C574" s="1" t="s">
+        <v>2345</v>
+      </c>
+      <c r="D574" s="1" t="s">
+        <v>2109</v>
+      </c>
+      <c r="E574" s="1" t="s">
+        <v>2346</v>
+      </c>
+      <c r="F574" s="1" t="s">
+        <v>2347</v>
+      </c>
+      <c r="G574" s="1"/>
+    </row>
+    <row r="575" spans="1:7">
+      <c r="A575" s="1" t="s">
+        <v>2348</v>
+      </c>
+      <c r="B575" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C575" s="1" t="s">
+        <v>2349</v>
+      </c>
+      <c r="D575" s="1" t="s">
+        <v>2148</v>
+      </c>
+      <c r="E575" s="1" t="s">
+        <v>2350</v>
+      </c>
+      <c r="F575" s="1" t="s">
+        <v>2351</v>
+      </c>
+      <c r="G575" s="1"/>
+    </row>
+    <row r="576" spans="1:7">
+      <c r="A576" s="1" t="s">
+        <v>2352</v>
+      </c>
+      <c r="B576" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C576" s="1" t="s">
+        <v>2353</v>
+      </c>
+      <c r="D576" s="1" t="s">
+        <v>2265</v>
+      </c>
+      <c r="E576" s="1" t="s">
+        <v>2354</v>
+      </c>
+      <c r="F576" s="1" t="s">
+        <v>2355</v>
+      </c>
+      <c r="G576" s="1"/>
+    </row>
+    <row r="577" spans="1:7">
+      <c r="A577" s="1" t="s">
+        <v>2356</v>
+      </c>
+      <c r="B577" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C577" s="1" t="s">
+        <v>2357</v>
+      </c>
+      <c r="D577" s="1" t="s">
+        <v>2358</v>
+      </c>
+      <c r="E577" s="1" t="s">
+        <v>2359</v>
+      </c>
+      <c r="F577" s="1" t="s">
+        <v>2360</v>
+      </c>
+      <c r="G577" s="1"/>
+    </row>
+    <row r="578" spans="1:7">
+      <c r="A578" s="1" t="s">
+        <v>2361</v>
+      </c>
+      <c r="B578" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C578" s="1" t="s">
+        <v>2362</v>
+      </c>
+      <c r="D578" s="1" t="s">
+        <v>2328</v>
+      </c>
+      <c r="E578" s="1" t="s">
+        <v>2363</v>
+      </c>
+      <c r="F578" s="1" t="s">
+        <v>2364</v>
+      </c>
+      <c r="G578" s="1"/>
+    </row>
+    <row r="579" spans="1:7">
+      <c r="A579" s="1" t="s">
+        <v>2365</v>
+      </c>
+      <c r="B579" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C579" s="1" t="s">
+        <v>2366</v>
+      </c>
+      <c r="D579" s="1" t="s">
+        <v>2328</v>
+      </c>
+      <c r="E579" s="1" t="s">
+        <v>2367</v>
+      </c>
+      <c r="F579" s="1" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G579" s="1"/>
+    </row>
+    <row r="580" spans="1:7">
+      <c r="A580" s="1" t="s">
+        <v>2369</v>
+      </c>
+      <c r="B580" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C580" s="1" t="s">
+        <v>2370</v>
+      </c>
+      <c r="D580" s="1" t="s">
+        <v>2200</v>
+      </c>
+      <c r="E580" s="1" t="s">
+        <v>2371</v>
+      </c>
+      <c r="F580" s="1" t="s">
+        <v>2372</v>
+      </c>
+      <c r="G580" s="1"/>
+    </row>
+    <row r="581" spans="1:7">
+      <c r="A581" s="1" t="s">
+        <v>2373</v>
+      </c>
+      <c r="B581" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C581" s="1" t="s">
+        <v>2374</v>
+      </c>
+      <c r="D581" s="1" t="s">
+        <v>2337</v>
+      </c>
+      <c r="E581" s="1" t="s">
+        <v>2375</v>
+      </c>
+      <c r="F581" s="1" t="s">
+        <v>2376</v>
+      </c>
+      <c r="G581" s="1"/>
+    </row>
+    <row r="582" spans="1:7">
+      <c r="A582" s="1" t="s">
+        <v>2377</v>
+      </c>
+      <c r="B582" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C582" s="1" t="s">
+        <v>2378</v>
+      </c>
+      <c r="D582" s="1" t="s">
+        <v>2234</v>
+      </c>
+      <c r="E582" s="1" t="s">
+        <v>2379</v>
+      </c>
+      <c r="F582" s="1" t="s">
+        <v>2380</v>
+      </c>
+      <c r="G582" s="1"/>
+    </row>
+    <row r="583" spans="1:7">
+      <c r="A583" s="1" t="s">
+        <v>2381</v>
+      </c>
+      <c r="B583" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C583" s="1" t="s">
+        <v>2382</v>
+      </c>
+      <c r="D583" s="1" t="s">
+        <v>2286</v>
+      </c>
+      <c r="E583" s="1" t="s">
+        <v>2383</v>
+      </c>
+      <c r="F583" s="1" t="s">
+        <v>2384</v>
+      </c>
+      <c r="G583" s="1"/>
+    </row>
+    <row r="584" spans="1:7">
+      <c r="A584" s="1" t="s">
+        <v>2385</v>
+      </c>
+      <c r="B584" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C584" s="1" t="s">
+        <v>2386</v>
+      </c>
+      <c r="D584" s="1" t="s">
+        <v>2307</v>
+      </c>
+      <c r="E584" s="1" t="s">
+        <v>2387</v>
+      </c>
+      <c r="F584" s="1" t="s">
+        <v>2388</v>
+      </c>
+      <c r="G584" s="1"/>
+    </row>
+    <row r="585" spans="1:7">
+      <c r="A585" s="1" t="s">
+        <v>2389</v>
+      </c>
+      <c r="B585" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C585" s="1" t="s">
+        <v>2390</v>
+      </c>
+      <c r="D585" s="1" t="s">
+        <v>2200</v>
+      </c>
+      <c r="E585" s="1" t="s">
+        <v>2391</v>
+      </c>
+      <c r="F585" s="1" t="s">
+        <v>2392</v>
+      </c>
+      <c r="G585" s="1"/>
+    </row>
+    <row r="586" spans="1:7">
+      <c r="A586" s="1" t="s">
+        <v>2393</v>
+      </c>
+      <c r="B586" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C586" s="1" t="s">
+        <v>2394</v>
+      </c>
+      <c r="D586" s="1" t="s">
+        <v>2337</v>
+      </c>
+      <c r="E586" s="1" t="s">
+        <v>2395</v>
+      </c>
+      <c r="F586" s="1" t="s">
+        <v>2396</v>
+      </c>
+      <c r="G586" s="1"/>
+    </row>
+    <row r="587" spans="1:7">
+      <c r="A587" s="1" t="s">
+        <v>2397</v>
+      </c>
+      <c r="B587" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C587" s="1" t="s">
+        <v>2398</v>
+      </c>
+      <c r="D587" s="1" t="s">
+        <v>2399</v>
+      </c>
+      <c r="E587" s="1" t="s">
+        <v>2400</v>
+      </c>
+      <c r="F587" s="1" t="s">
+        <v>2401</v>
+      </c>
+      <c r="G587" s="1"/>
+    </row>
+    <row r="588" spans="1:7">
+      <c r="A588" s="1" t="s">
+        <v>2402</v>
+      </c>
+      <c r="B588" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C588" s="1" t="s">
+        <v>2403</v>
+      </c>
+      <c r="D588" s="1" t="s">
+        <v>2234</v>
+      </c>
+      <c r="E588" s="1" t="s">
+        <v>2404</v>
+      </c>
+      <c r="F588" s="1" t="s">
+        <v>2405</v>
+      </c>
+      <c r="G588" s="1"/>
+    </row>
+    <row r="589" spans="1:7">
+      <c r="A589" s="1" t="s">
+        <v>2406</v>
+      </c>
+      <c r="B589" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C589" s="1" t="s">
+        <v>2407</v>
+      </c>
+      <c r="D589" s="1" t="s">
+        <v>2337</v>
+      </c>
+      <c r="E589" s="1" t="s">
+        <v>2408</v>
+      </c>
+      <c r="F589" s="1" t="s">
+        <v>2409</v>
+      </c>
+      <c r="G589" s="1"/>
+    </row>
+    <row r="590" spans="1:7">
+      <c r="A590" s="1" t="s">
+        <v>2410</v>
+      </c>
+      <c r="B590" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C590" s="1" t="s">
+        <v>2411</v>
+      </c>
+      <c r="D590" s="1" t="s">
+        <v>2337</v>
+      </c>
+      <c r="E590" s="1" t="s">
+        <v>2412</v>
+      </c>
+      <c r="F590" s="1" t="s">
+        <v>2413</v>
+      </c>
+      <c r="G590" s="1"/>
+    </row>
+    <row r="591" spans="1:7">
+      <c r="A591" s="1" t="s">
+        <v>2414</v>
+      </c>
+      <c r="B591" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C591" s="1" t="s">
+        <v>2415</v>
+      </c>
+      <c r="D591" s="1" t="s">
+        <v>2337</v>
+      </c>
+      <c r="E591" s="1" t="s">
+        <v>2416</v>
+      </c>
+      <c r="F591" s="1" t="s">
+        <v>2417</v>
+      </c>
+      <c r="G591" s="1"/>
+    </row>
+    <row r="592" spans="1:7">
+      <c r="A592" s="1" t="s">
+        <v>2418</v>
+      </c>
+      <c r="B592" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C592" s="1" t="s">
+        <v>2419</v>
+      </c>
+      <c r="D592" s="1" t="s">
+        <v>2256</v>
+      </c>
+      <c r="E592" s="1" t="s">
+        <v>2420</v>
+      </c>
+      <c r="F592" s="1" t="s">
+        <v>2421</v>
+      </c>
+      <c r="G592" s="1"/>
+    </row>
+    <row r="593" spans="1:7">
+      <c r="A593" s="1" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B593" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C593" s="1" t="s">
+        <v>2423</v>
+      </c>
+      <c r="D593" s="1" t="s">
+        <v>2286</v>
+      </c>
+      <c r="E593" s="1" t="s">
+        <v>2424</v>
+      </c>
+      <c r="F593" s="1" t="s">
+        <v>2425</v>
+      </c>
+      <c r="G593" s="1"/>
+    </row>
+    <row r="594" spans="1:7">
+      <c r="A594" s="1" t="s">
+        <v>2426</v>
+      </c>
+      <c r="B594" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C594" s="1" t="s">
+        <v>2427</v>
+      </c>
+      <c r="D594" s="1" t="s">
+        <v>2307</v>
+      </c>
+      <c r="E594" s="1" t="s">
+        <v>2428</v>
+      </c>
+      <c r="F594" s="1" t="s">
+        <v>2429</v>
+      </c>
+      <c r="G594" s="1"/>
+    </row>
+    <row r="595" spans="1:7">
+      <c r="A595" s="1" t="s">
+        <v>2430</v>
+      </c>
+      <c r="B595" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C595" s="1" t="s">
+        <v>2431</v>
+      </c>
+      <c r="D595" s="1" t="s">
+        <v>2432</v>
+      </c>
+      <c r="E595" s="1" t="s">
+        <v>2433</v>
+      </c>
+      <c r="F595" s="1" t="s">
+        <v>2434</v>
+      </c>
+      <c r="G595" s="1"/>
+    </row>
+    <row r="596" spans="1:7">
+      <c r="A596" s="1" t="s">
+        <v>2435</v>
+      </c>
+      <c r="B596" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C596" s="1" t="s">
+        <v>2436</v>
+      </c>
+      <c r="D596" s="1" t="s">
+        <v>2337</v>
+      </c>
+      <c r="E596" s="1" t="s">
+        <v>2437</v>
+      </c>
+      <c r="F596" s="1" t="s">
+        <v>2438</v>
+      </c>
+      <c r="G596" s="1"/>
+    </row>
+    <row r="597" spans="1:7">
+      <c r="A597" s="1" t="s">
+        <v>2439</v>
+      </c>
+      <c r="B597" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C597" s="1" t="s">
+        <v>2440</v>
+      </c>
+      <c r="D597" s="1" t="s">
+        <v>2307</v>
+      </c>
+      <c r="E597" s="1" t="s">
+        <v>2441</v>
+      </c>
+      <c r="F597" s="1" t="s">
+        <v>2442</v>
+      </c>
+      <c r="G597" s="1"/>
+    </row>
+    <row r="598" spans="1:7">
+      <c r="A598" s="1" t="s">
+        <v>2443</v>
+      </c>
+      <c r="B598" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C598" s="1" t="s">
+        <v>2444</v>
+      </c>
+      <c r="D598" s="1" t="s">
+        <v>2328</v>
+      </c>
+      <c r="E598" s="1" t="s">
+        <v>2445</v>
+      </c>
+      <c r="F598" s="1" t="s">
+        <v>2446</v>
+      </c>
+      <c r="G598" s="1"/>
+    </row>
+    <row r="599" spans="1:7">
+      <c r="A599" s="1" t="s">
+        <v>2447</v>
+      </c>
+      <c r="B599" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C599" s="1" t="s">
+        <v>2448</v>
+      </c>
+      <c r="D599" s="1" t="s">
+        <v>2265</v>
+      </c>
+      <c r="E599" s="1" t="s">
+        <v>2449</v>
+      </c>
+      <c r="F599" s="1" t="s">
+        <v>2450</v>
+      </c>
+      <c r="G599" s="1"/>
+    </row>
+    <row r="600" spans="1:7">
+      <c r="A600" s="1" t="s">
+        <v>2451</v>
+      </c>
+      <c r="B600" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C600" s="1" t="s">
+        <v>2452</v>
+      </c>
+      <c r="D600" s="1" t="s">
+        <v>2432</v>
+      </c>
+      <c r="E600" s="1" t="s">
+        <v>2453</v>
+      </c>
+      <c r="F600" s="1" t="s">
+        <v>2454</v>
+      </c>
+      <c r="G600" s="1"/>
+    </row>
+    <row r="601" spans="1:7">
+      <c r="A601" s="1" t="s">
+        <v>2455</v>
+      </c>
+      <c r="B601" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C601" s="1" t="s">
+        <v>2456</v>
+      </c>
+      <c r="D601" s="1" t="s">
+        <v>2457</v>
+      </c>
+      <c r="E601" s="1" t="s">
+        <v>2458</v>
+      </c>
+      <c r="F601" s="1" t="s">
+        <v>2459</v>
+      </c>
+      <c r="G601" s="1"/>
+    </row>
+    <row r="602" spans="1:7">
+      <c r="A602" s="1" t="s">
+        <v>2460</v>
+      </c>
+      <c r="B602" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C602" s="1" t="s">
+        <v>2461</v>
+      </c>
+      <c r="D602" s="1" t="s">
+        <v>2286</v>
+      </c>
+      <c r="E602" s="1" t="s">
+        <v>2462</v>
+      </c>
+      <c r="F602" s="1" t="s">
+        <v>2463</v>
+      </c>
+      <c r="G602" s="1"/>
+    </row>
+    <row r="603" spans="1:7">
+      <c r="A603" s="1" t="s">
+        <v>2464</v>
+      </c>
+      <c r="B603" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C603" s="1" t="s">
+        <v>2465</v>
+      </c>
+      <c r="D603" s="1" t="s">
+        <v>2466</v>
+      </c>
+      <c r="E603" s="1" t="s">
+        <v>2467</v>
+      </c>
+      <c r="F603" s="1" t="s">
+        <v>2468</v>
+      </c>
+      <c r="G603" s="1"/>
+    </row>
+    <row r="604" spans="1:7">
+      <c r="A604" s="1" t="s">
+        <v>2469</v>
+      </c>
+      <c r="B604" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C604" s="1" t="s">
+        <v>2470</v>
+      </c>
+      <c r="D604" s="1" t="s">
+        <v>2337</v>
+      </c>
+      <c r="E604" s="1" t="s">
+        <v>2471</v>
+      </c>
+      <c r="F604" s="1" t="s">
+        <v>2472</v>
+      </c>
+      <c r="G604" s="1"/>
+    </row>
+    <row r="605" spans="1:7">
+      <c r="A605" s="1" t="s">
+        <v>2473</v>
+      </c>
+      <c r="B605" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C605" s="1" t="s">
+        <v>2474</v>
+      </c>
+      <c r="D605" s="1" t="s">
+        <v>2475</v>
+      </c>
+      <c r="E605" s="1" t="s">
+        <v>2476</v>
+      </c>
+      <c r="F605" s="1" t="s">
+        <v>2477</v>
+      </c>
+      <c r="G605" s="1"/>
+    </row>
+    <row r="606" spans="1:7">
+      <c r="A606" s="1" t="s">
+        <v>2478</v>
+      </c>
+      <c r="B606" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C606" s="1" t="s">
+        <v>2479</v>
+      </c>
+      <c r="D606" s="1" t="s">
+        <v>2480</v>
+      </c>
+      <c r="E606" s="1" t="s">
+        <v>2481</v>
+      </c>
+      <c r="F606" s="1" t="s">
+        <v>2482</v>
+      </c>
+      <c r="G606" s="1"/>
+    </row>
+    <row r="607" spans="1:7">
+      <c r="A607" s="1" t="s">
+        <v>2483</v>
+      </c>
+      <c r="B607" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C607" s="1" t="s">
+        <v>2484</v>
+      </c>
+      <c r="D607" s="1" t="s">
+        <v>2337</v>
+      </c>
+      <c r="E607" s="1" t="s">
+        <v>2485</v>
+      </c>
+      <c r="F607" s="1" t="s">
+        <v>2486</v>
+      </c>
+      <c r="G607" s="1"/>
+    </row>
+    <row r="608" spans="1:7">
+      <c r="A608" s="1" t="s">
+        <v>2487</v>
+      </c>
+      <c r="B608" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C608" s="1" t="s">
+        <v>2488</v>
+      </c>
+      <c r="D608" s="1" t="s">
+        <v>2489</v>
+      </c>
+      <c r="E608" s="1" t="s">
+        <v>2490</v>
+      </c>
+      <c r="F608" s="1" t="s">
+        <v>2491</v>
+      </c>
+      <c r="G608" s="1"/>
+    </row>
+    <row r="609" spans="1:7">
+      <c r="A609" s="1" t="s">
+        <v>2492</v>
+      </c>
+      <c r="B609" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C609" s="1" t="s">
+        <v>2493</v>
+      </c>
+      <c r="D609" s="1" t="s">
+        <v>2148</v>
+      </c>
+      <c r="E609" s="1" t="s">
+        <v>2494</v>
+      </c>
+      <c r="F609" s="1" t="s">
+        <v>2495</v>
+      </c>
+      <c r="G609" s="1"/>
+    </row>
+    <row r="610" spans="1:7">
+      <c r="A610" s="1" t="s">
+        <v>2496</v>
+      </c>
+      <c r="B610" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C610" s="1" t="s">
+        <v>2497</v>
+      </c>
+      <c r="D610" s="1" t="s">
+        <v>2475</v>
+      </c>
+      <c r="E610" s="1" t="s">
+        <v>2498</v>
+      </c>
+      <c r="F610" s="1" t="s">
+        <v>2499</v>
+      </c>
+      <c r="G610" s="1"/>
+    </row>
+    <row r="611" spans="1:7">
+      <c r="A611" s="1" t="s">
+        <v>2500</v>
+      </c>
+      <c r="B611" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C611" s="1" t="s">
+        <v>2501</v>
+      </c>
+      <c r="D611" s="1" t="s">
+        <v>2502</v>
+      </c>
+      <c r="E611" s="1" t="s">
+        <v>2503</v>
+      </c>
+      <c r="F611" s="1" t="s">
+        <v>2504</v>
+      </c>
+      <c r="G611" s="1"/>
+    </row>
+    <row r="612" spans="1:7">
+      <c r="A612" s="1" t="s">
+        <v>2505</v>
+      </c>
+      <c r="B612" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C612" s="1" t="s">
+        <v>2506</v>
+      </c>
+      <c r="D612" s="1" t="s">
+        <v>2507</v>
+      </c>
+      <c r="E612" s="1" t="s">
+        <v>2508</v>
+      </c>
+      <c r="F612" s="1" t="s">
+        <v>2509</v>
+      </c>
+      <c r="G612" s="1"/>
+    </row>
+    <row r="613" spans="1:7">
+      <c r="A613" s="1" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B613" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C613" s="1" t="s">
+        <v>2511</v>
+      </c>
+      <c r="D613" s="1" t="s">
+        <v>2286</v>
+      </c>
+      <c r="E613" s="1" t="s">
+        <v>2512</v>
+      </c>
+      <c r="F613" s="1" t="s">
+        <v>2513</v>
+      </c>
+      <c r="G613" s="1"/>
+    </row>
+    <row r="614" spans="1:7">
+      <c r="A614" s="1" t="s">
+        <v>2514</v>
+      </c>
+      <c r="B614" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C614" s="1" t="s">
+        <v>2515</v>
+      </c>
+      <c r="D614" s="1" t="s">
+        <v>2480</v>
+      </c>
+      <c r="E614" s="1" t="s">
+        <v>2516</v>
+      </c>
+      <c r="F614" s="1" t="s">
+        <v>2517</v>
+      </c>
+      <c r="G614" s="1"/>
+    </row>
+    <row r="615" spans="1:7">
+      <c r="A615" s="1" t="s">
+        <v>2518</v>
+      </c>
+      <c r="B615" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C615" s="1" t="s">
+        <v>2519</v>
+      </c>
+      <c r="D615" s="1" t="s">
+        <v>2520</v>
+      </c>
+      <c r="E615" s="1" t="s">
+        <v>2521</v>
+      </c>
+      <c r="F615" s="1" t="s">
+        <v>2522</v>
+      </c>
+      <c r="G615" s="1"/>
+    </row>
+    <row r="616" spans="1:7">
+      <c r="A616" s="1" t="s">
+        <v>2523</v>
+      </c>
+      <c r="B616" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C616" s="1" t="s">
+        <v>2524</v>
+      </c>
+      <c r="D616" s="1" t="s">
+        <v>2056</v>
+      </c>
+      <c r="E616" s="1" t="s">
+        <v>2525</v>
+      </c>
+      <c r="F616" s="1" t="s">
+        <v>2526</v>
+      </c>
+      <c r="G616" s="1"/>
+    </row>
+    <row r="617" spans="1:7">
+      <c r="A617" s="1" t="s">
+        <v>2527</v>
+      </c>
+      <c r="B617" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C617" s="1" t="s">
+        <v>2528</v>
+      </c>
+      <c r="D617" s="1" t="s">
+        <v>2286</v>
+      </c>
+      <c r="E617" s="1" t="s">
+        <v>2529</v>
+      </c>
+      <c r="F617" s="1" t="s">
+        <v>2530</v>
+      </c>
+      <c r="G617" s="1"/>
+    </row>
+    <row r="618" spans="1:7">
+      <c r="A618" s="1" t="s">
+        <v>2531</v>
+      </c>
+      <c r="B618" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C618" s="1" t="s">
+        <v>2532</v>
+      </c>
+      <c r="D618" s="1" t="s">
+        <v>2307</v>
+      </c>
+      <c r="E618" s="1" t="s">
+        <v>2533</v>
+      </c>
+      <c r="F618" s="1" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G618" s="1"/>
+    </row>
+    <row r="619" spans="1:7">
+      <c r="A619" s="1" t="s">
+        <v>2535</v>
+      </c>
+      <c r="B619" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C619" s="1" t="s">
+        <v>2536</v>
+      </c>
+      <c r="D619" s="1" t="s">
+        <v>2234</v>
+      </c>
+      <c r="E619" s="1" t="s">
+        <v>2537</v>
+      </c>
+      <c r="F619" s="1" t="s">
+        <v>2538</v>
+      </c>
+      <c r="G619" s="1"/>
+    </row>
+    <row r="620" spans="1:7">
+      <c r="A620" s="1" t="s">
+        <v>2539</v>
+      </c>
+      <c r="B620" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C620" s="1" t="s">
+        <v>2540</v>
+      </c>
+      <c r="D620" s="1" t="s">
+        <v>2307</v>
+      </c>
+      <c r="E620" s="1" t="s">
+        <v>2541</v>
+      </c>
+      <c r="F620" s="1" t="s">
+        <v>2542</v>
+      </c>
+      <c r="G620" s="1"/>
+    </row>
+    <row r="621" spans="1:7">
+      <c r="A621" s="1" t="s">
+        <v>2543</v>
+      </c>
+      <c r="B621" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C621" s="1" t="s">
+        <v>2544</v>
+      </c>
+      <c r="D621" s="1" t="s">
+        <v>2337</v>
+      </c>
+      <c r="E621" s="1" t="s">
+        <v>2545</v>
+      </c>
+      <c r="F621" s="1" t="s">
+        <v>2546</v>
+      </c>
+      <c r="G621" s="1"/>
+    </row>
+    <row r="622" spans="1:7">
+      <c r="A622" s="1" t="s">
+        <v>2547</v>
+      </c>
+      <c r="B622" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C622" s="1" t="s">
+        <v>2548</v>
+      </c>
+      <c r="D622" s="1" t="s">
+        <v>2549</v>
+      </c>
+      <c r="E622" s="1" t="s">
+        <v>2550</v>
+      </c>
+      <c r="F622" s="1" t="s">
+        <v>2551</v>
+      </c>
+      <c r="G622" s="1"/>
+    </row>
+    <row r="623" spans="1:7">
+      <c r="A623" s="1" t="s">
+        <v>2552</v>
+      </c>
+      <c r="B623" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C623" s="1" t="s">
+        <v>2553</v>
+      </c>
+      <c r="D623" s="1" t="s">
+        <v>2358</v>
+      </c>
+      <c r="E623" s="1" t="s">
+        <v>2554</v>
+      </c>
+      <c r="F623" s="1" t="s">
+        <v>2555</v>
+      </c>
+      <c r="G623" s="1"/>
+    </row>
+    <row r="624" spans="1:7">
+      <c r="A624" s="1" t="s">
+        <v>2556</v>
+      </c>
+      <c r="B624" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C624" s="1" t="s">
+        <v>2557</v>
+      </c>
+      <c r="D624" s="1" t="s">
+        <v>2549</v>
+      </c>
+      <c r="E624" s="1" t="s">
+        <v>2558</v>
+      </c>
+      <c r="F624" s="1" t="s">
+        <v>2559</v>
+      </c>
+      <c r="G624" s="1"/>
+    </row>
+    <row r="625" spans="1:7">
+      <c r="A625" s="1" t="s">
+        <v>2560</v>
+      </c>
+      <c r="B625" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C625" s="1" t="s">
+        <v>2561</v>
+      </c>
+      <c r="D625" s="1" t="s">
+        <v>2480</v>
+      </c>
+      <c r="E625" s="1" t="s">
+        <v>2562</v>
+      </c>
+      <c r="F625" s="1" t="s">
+        <v>2563</v>
+      </c>
+      <c r="G625" s="1"/>
+    </row>
+    <row r="626" spans="1:7">
+      <c r="A626" s="1" t="s">
+        <v>2564</v>
+      </c>
+      <c r="B626" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C626" s="1" t="s">
+        <v>2565</v>
+      </c>
+      <c r="D626" s="1" t="s">
+        <v>2549</v>
+      </c>
+      <c r="E626" s="1" t="s">
+        <v>2566</v>
+      </c>
+      <c r="F626" s="1" t="s">
+        <v>2567</v>
+      </c>
+      <c r="G626" s="1"/>
+    </row>
+    <row r="627" spans="1:7">
+      <c r="A627" s="1" t="s">
+        <v>2568</v>
+      </c>
+      <c r="B627" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C627" s="1" t="s">
+        <v>2569</v>
+      </c>
+      <c r="D627" s="1" t="s">
+        <v>2480</v>
+      </c>
+      <c r="E627" s="1" t="s">
+        <v>2570</v>
+      </c>
+      <c r="F627" s="1" t="s">
+        <v>2571</v>
+      </c>
+      <c r="G627" s="1"/>
+    </row>
+    <row r="628" spans="1:7">
+      <c r="A628" s="1" t="s">
+        <v>2572</v>
+      </c>
+      <c r="B628" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C628" s="1" t="s">
+        <v>2573</v>
+      </c>
+      <c r="D628" s="1" t="s">
+        <v>2574</v>
+      </c>
+      <c r="E628" s="1" t="s">
+        <v>2575</v>
+      </c>
+      <c r="F628" s="1" t="s">
+        <v>2576</v>
+      </c>
+      <c r="G628" s="1"/>
+    </row>
+    <row r="629" spans="1:7">
+      <c r="A629" s="1" t="s">
+        <v>2577</v>
+      </c>
+      <c r="B629" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C629" s="1" t="s">
+        <v>2578</v>
+      </c>
+      <c r="D629" s="1" t="s">
+        <v>2574</v>
+      </c>
+      <c r="E629" s="1" t="s">
+        <v>2579</v>
+      </c>
+      <c r="F629" s="1" t="s">
+        <v>2580</v>
+      </c>
+      <c r="G629" s="1"/>
+    </row>
+    <row r="630" spans="1:7">
+      <c r="A630" s="1" t="s">
+        <v>2581</v>
+      </c>
+      <c r="B630" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C630" s="1" t="s">
+        <v>2582</v>
+      </c>
+      <c r="D630" s="1" t="s">
+        <v>2583</v>
+      </c>
+      <c r="E630" s="1" t="s">
+        <v>2584</v>
+      </c>
+      <c r="F630" s="1" t="s">
+        <v>2585</v>
+      </c>
+      <c r="G630" s="1"/>
+    </row>
+    <row r="631" spans="1:7">
+      <c r="A631" s="1" t="s">
+        <v>2586</v>
+      </c>
+      <c r="B631" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C631" s="1" t="s">
+        <v>2587</v>
+      </c>
+      <c r="D631" s="1" t="s">
+        <v>2588</v>
+      </c>
+      <c r="E631" s="1" t="s">
+        <v>2589</v>
+      </c>
+      <c r="F631" s="1" t="s">
+        <v>2590</v>
+      </c>
+      <c r="G631" s="1"/>
+    </row>
+    <row r="632" spans="1:7">
+      <c r="A632" s="1" t="s">
+        <v>2591</v>
+      </c>
+      <c r="B632" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C632" s="1" t="s">
+        <v>2592</v>
+      </c>
+      <c r="D632" s="1" t="s">
+        <v>2593</v>
+      </c>
+      <c r="E632" s="1" t="s">
+        <v>2594</v>
+      </c>
+      <c r="F632" s="1" t="s">
+        <v>2595</v>
+      </c>
+      <c r="G632" s="1"/>
+    </row>
+    <row r="633" spans="1:7">
+      <c r="A633" s="1" t="s">
+        <v>2596</v>
+      </c>
+      <c r="B633" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C633" s="1" t="s">
+        <v>2597</v>
+      </c>
+      <c r="D633" s="1" t="s">
+        <v>2502</v>
+      </c>
+      <c r="E633" s="1" t="s">
+        <v>2598</v>
+      </c>
+      <c r="F633" s="1" t="s">
+        <v>2599</v>
+      </c>
+      <c r="G633" s="1"/>
+    </row>
+    <row r="634" spans="1:7">
+      <c r="A634" s="1" t="s">
+        <v>2600</v>
+      </c>
+      <c r="B634" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C634" s="1" t="s">
+        <v>2601</v>
+      </c>
+      <c r="D634" s="1" t="s">
+        <v>2480</v>
+      </c>
+      <c r="E634" s="1" t="s">
+        <v>2602</v>
+      </c>
+      <c r="F634" s="1" t="s">
+        <v>2603</v>
+      </c>
+      <c r="G634" s="1"/>
+    </row>
+    <row r="635" spans="1:7">
+      <c r="A635" s="1" t="s">
+        <v>2604</v>
+      </c>
+      <c r="B635" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C635" s="1" t="s">
+        <v>2605</v>
+      </c>
+      <c r="D635" s="1" t="s">
+        <v>2583</v>
+      </c>
+      <c r="E635" s="1" t="s">
+        <v>2606</v>
+      </c>
+      <c r="F635" s="1" t="s">
+        <v>2607</v>
+      </c>
+      <c r="G635" s="1"/>
+    </row>
+    <row r="636" spans="1:7">
+      <c r="A636" s="1" t="s">
+        <v>2608</v>
+      </c>
+      <c r="B636" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C636" s="1" t="s">
+        <v>2609</v>
+      </c>
+      <c r="D636" s="1" t="s">
+        <v>2610</v>
+      </c>
+      <c r="E636" s="1" t="s">
+        <v>2611</v>
+      </c>
+      <c r="F636" s="1" t="s">
+        <v>2612</v>
+      </c>
+      <c r="G636" s="1"/>
+    </row>
+    <row r="637" spans="1:7">
+      <c r="A637" s="1" t="s">
+        <v>2613</v>
+      </c>
+      <c r="B637" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C637" s="1" t="s">
+        <v>2614</v>
+      </c>
+      <c r="D637" s="1" t="s">
+        <v>2588</v>
+      </c>
+      <c r="E637" s="1" t="s">
+        <v>2615</v>
+      </c>
+      <c r="F637" s="1" t="s">
+        <v>2616</v>
+      </c>
+      <c r="G637" s="1"/>
+    </row>
+    <row r="638" spans="1:7">
+      <c r="A638" s="1" t="s">
+        <v>2617</v>
+      </c>
+      <c r="B638" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C638" s="1" t="s">
+        <v>2618</v>
+      </c>
+      <c r="D638" s="1" t="s">
+        <v>2619</v>
+      </c>
+      <c r="E638" s="1" t="s">
+        <v>2620</v>
+      </c>
+      <c r="F638" s="1" t="s">
+        <v>2621</v>
+      </c>
+      <c r="G638" s="1"/>
+    </row>
+    <row r="639" spans="1:7">
+      <c r="A639" s="1" t="s">
+        <v>2622</v>
+      </c>
+      <c r="B639" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C639" s="1" t="s">
+        <v>2623</v>
+      </c>
+      <c r="D639" s="1" t="s">
+        <v>2624</v>
+      </c>
+      <c r="E639" s="1" t="s">
+        <v>2625</v>
+      </c>
+      <c r="F639" s="1" t="s">
+        <v>2626</v>
+      </c>
+      <c r="G639" s="1"/>
+    </row>
+    <row r="640" spans="1:7">
+      <c r="A640" s="1" t="s">
+        <v>2627</v>
+      </c>
+      <c r="B640" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C640" s="1" t="s">
+        <v>2628</v>
+      </c>
+      <c r="D640" s="1" t="s">
+        <v>2337</v>
+      </c>
+      <c r="E640" s="1" t="s">
+        <v>2629</v>
+      </c>
+      <c r="F640" s="1" t="s">
+        <v>2630</v>
+      </c>
+      <c r="G640" s="1"/>
+    </row>
+    <row r="641" spans="1:7">
+      <c r="A641" s="1" t="s">
+        <v>2631</v>
+      </c>
+      <c r="B641" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C641" s="1" t="s">
+        <v>2632</v>
+      </c>
+      <c r="D641" s="1" t="s">
+        <v>2480</v>
+      </c>
+      <c r="E641" s="1" t="s">
+        <v>2633</v>
+      </c>
+      <c r="F641" s="1" t="s">
+        <v>2634</v>
+      </c>
+      <c r="G641" s="1"/>
+    </row>
+    <row r="642" spans="1:7">
+      <c r="A642" s="1" t="s">
+        <v>2635</v>
+      </c>
+      <c r="B642" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C642" s="1" t="s">
+        <v>2636</v>
+      </c>
+      <c r="D642" s="1" t="s">
+        <v>2502</v>
+      </c>
+      <c r="E642" s="1" t="s">
+        <v>2637</v>
+      </c>
+      <c r="F642" s="1" t="s">
+        <v>2638</v>
+      </c>
+      <c r="G642" s="1"/>
+    </row>
+    <row r="643" spans="1:7">
+      <c r="A643" s="1" t="s">
+        <v>2639</v>
+      </c>
+      <c r="B643" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C643" s="1" t="s">
+        <v>2640</v>
+      </c>
+      <c r="D643" s="1" t="s">
+        <v>2502</v>
+      </c>
+      <c r="E643" s="1" t="s">
+        <v>2641</v>
+      </c>
+      <c r="F643" s="1" t="s">
+        <v>2642</v>
+      </c>
+      <c r="G643" s="1"/>
+    </row>
+    <row r="644" spans="1:7">
+      <c r="A644" s="1" t="s">
+        <v>2643</v>
+      </c>
+      <c r="B644" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C644" s="1" t="s">
+        <v>2644</v>
+      </c>
+      <c r="D644" s="1" t="s">
+        <v>2645</v>
+      </c>
+      <c r="E644" s="1" t="s">
+        <v>2646</v>
+      </c>
+      <c r="F644" s="1" t="s">
+        <v>2647</v>
+      </c>
+      <c r="G644" s="1"/>
+    </row>
+    <row r="645" spans="1:7">
+      <c r="A645" s="1" t="s">
+        <v>2648</v>
+      </c>
+      <c r="B645" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C645" s="1" t="s">
+        <v>2649</v>
+      </c>
+      <c r="D645" s="1" t="s">
+        <v>2650</v>
+      </c>
+      <c r="E645" s="1" t="s">
+        <v>2651</v>
+      </c>
+      <c r="F645" s="1" t="s">
+        <v>2652</v>
+      </c>
+      <c r="G645" s="1"/>
+    </row>
+    <row r="646" spans="1:7">
+      <c r="A646" s="1" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B646" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C646" s="1" t="s">
+        <v>2654</v>
+      </c>
+      <c r="D646" s="1" t="s">
+        <v>2574</v>
+      </c>
+      <c r="E646" s="1" t="s">
+        <v>2655</v>
+      </c>
+      <c r="F646" s="1" t="s">
+        <v>2656</v>
+      </c>
+      <c r="G646" s="1"/>
+    </row>
+    <row r="647" spans="1:7">
+      <c r="A647" s="1" t="s">
+        <v>2657</v>
+      </c>
+      <c r="B647" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C647" s="1" t="s">
+        <v>2658</v>
+      </c>
+      <c r="D647" s="1" t="s">
+        <v>2645</v>
+      </c>
+      <c r="E647" s="1" t="s">
+        <v>2659</v>
+      </c>
+      <c r="F647" s="1" t="s">
+        <v>2660</v>
+      </c>
+      <c r="G647" s="1"/>
+    </row>
+    <row r="648" spans="1:7">
+      <c r="A648" s="1" t="s">
+        <v>2661</v>
+      </c>
+      <c r="B648" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C648" s="1" t="s">
+        <v>2662</v>
+      </c>
+      <c r="D648" s="1" t="s">
+        <v>2663</v>
+      </c>
+      <c r="E648" s="1" t="s">
+        <v>2664</v>
+      </c>
+      <c r="F648" s="1" t="s">
+        <v>2665</v>
+      </c>
+      <c r="G648" s="1"/>
+    </row>
+    <row r="649" spans="1:7">
+      <c r="A649" s="1" t="s">
+        <v>2666</v>
+      </c>
+      <c r="B649" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C649" s="1" t="s">
+        <v>2667</v>
+      </c>
+      <c r="D649" s="1" t="s">
+        <v>2337</v>
+      </c>
+      <c r="E649" s="1" t="s">
+        <v>2668</v>
+      </c>
+      <c r="F649" s="1" t="s">
+        <v>2669</v>
+      </c>
+      <c r="G649" s="1"/>
+    </row>
+    <row r="650" spans="1:7">
+      <c r="A650" s="1" t="s">
+        <v>2670</v>
+      </c>
+      <c r="B650" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C650" s="1" t="s">
+        <v>2671</v>
+      </c>
+      <c r="D650" s="1" t="s">
+        <v>2619</v>
+      </c>
+      <c r="E650" s="1" t="s">
+        <v>2672</v>
+      </c>
+      <c r="F650" s="1" t="s">
+        <v>2673</v>
+      </c>
+      <c r="G650" s="1"/>
+    </row>
+    <row r="651" spans="1:7">
+      <c r="A651" s="1" t="s">
+        <v>2674</v>
+      </c>
+      <c r="B651" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C651" s="1" t="s">
+        <v>2675</v>
+      </c>
+      <c r="D651" s="1" t="s">
+        <v>2663</v>
+      </c>
+      <c r="E651" s="1" t="s">
+        <v>2676</v>
+      </c>
+      <c r="F651" s="1" t="s">
+        <v>2677</v>
+      </c>
+      <c r="G651" s="1"/>
+    </row>
+    <row r="652" spans="1:7">
+      <c r="A652" s="1" t="s">
+        <v>2678</v>
+      </c>
+      <c r="B652" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C652" s="1" t="s">
+        <v>2679</v>
+      </c>
+      <c r="D652" s="1" t="s">
+        <v>2680</v>
+      </c>
+      <c r="E652" s="1" t="s">
+        <v>2681</v>
+      </c>
+      <c r="F652" s="1" t="s">
+        <v>2682</v>
+      </c>
+      <c r="G652" s="1"/>
+    </row>
+    <row r="653" spans="1:7">
+      <c r="A653" s="1" t="s">
+        <v>2683</v>
+      </c>
+      <c r="B653" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C653" s="1" t="s">
+        <v>2684</v>
+      </c>
+      <c r="D653" s="1" t="s">
+        <v>1895</v>
+      </c>
+      <c r="E653" s="1" t="s">
+        <v>2685</v>
+      </c>
+      <c r="F653" s="1" t="s">
+        <v>2686</v>
+      </c>
+      <c r="G653" s="1"/>
+    </row>
+    <row r="654" spans="1:7">
+      <c r="A654" s="1" t="s">
+        <v>2687</v>
+      </c>
+      <c r="B654" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C654" s="1" t="s">
+        <v>2688</v>
+      </c>
+      <c r="D654" s="1" t="s">
+        <v>2689</v>
+      </c>
+      <c r="E654" s="1" t="s">
+        <v>2690</v>
+      </c>
+      <c r="F654" s="1" t="s">
+        <v>2691</v>
+      </c>
+      <c r="G654" s="1"/>
+    </row>
+    <row r="655" spans="1:7">
+      <c r="A655" s="1" t="s">
+        <v>2692</v>
+      </c>
+      <c r="B655" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C655" s="1" t="s">
+        <v>2693</v>
+      </c>
+      <c r="D655" s="1" t="s">
+        <v>2694</v>
+      </c>
+      <c r="E655" s="1" t="s">
+        <v>2695</v>
+      </c>
+      <c r="F655" s="1" t="s">
+        <v>2696</v>
+      </c>
+      <c r="G655" s="1"/>
+    </row>
+    <row r="656" spans="1:7">
+      <c r="A656" s="1" t="s">
+        <v>2697</v>
+      </c>
+      <c r="B656" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C656" s="1" t="s">
+        <v>2698</v>
+      </c>
+      <c r="D656" s="1" t="s">
+        <v>2694</v>
+      </c>
+      <c r="E656" s="1" t="s">
+        <v>2699</v>
+      </c>
+      <c r="F656" s="1" t="s">
+        <v>2700</v>
+      </c>
+      <c r="G656" s="1"/>
+    </row>
+    <row r="657" spans="1:7">
+      <c r="A657" s="1" t="s">
+        <v>2701</v>
+      </c>
+      <c r="B657" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C657" s="1" t="s">
+        <v>2702</v>
+      </c>
+      <c r="D657" s="1" t="s">
+        <v>2645</v>
+      </c>
+      <c r="E657" s="1" t="s">
+        <v>2703</v>
+      </c>
+      <c r="F657" s="1" t="s">
+        <v>2704</v>
+      </c>
+      <c r="G657" s="1"/>
+    </row>
+    <row r="658" spans="1:7">
+      <c r="A658" s="1" t="s">
+        <v>2705</v>
+      </c>
+      <c r="B658" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C658" s="1" t="s">
+        <v>2706</v>
+      </c>
+      <c r="D658" s="1" t="s">
+        <v>2707</v>
+      </c>
+      <c r="E658" s="1" t="s">
+        <v>2708</v>
+      </c>
+      <c r="F658" s="1" t="s">
+        <v>2709</v>
+      </c>
+      <c r="G658" s="1"/>
+    </row>
+    <row r="659" spans="1:7">
+      <c r="A659" s="1" t="s">
+        <v>2710</v>
+      </c>
+      <c r="B659" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C659" s="1" t="s">
+        <v>2711</v>
+      </c>
+      <c r="D659" s="1" t="s">
+        <v>2256</v>
+      </c>
+      <c r="E659" s="1" t="s">
+        <v>2712</v>
+      </c>
+      <c r="F659" s="1" t="s">
+        <v>2713</v>
+      </c>
+      <c r="G659" s="1"/>
+    </row>
+    <row r="660" spans="1:7">
+      <c r="A660" s="1" t="s">
+        <v>2714</v>
+      </c>
+      <c r="B660" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C660" s="1" t="s">
+        <v>2715</v>
+      </c>
+      <c r="D660" s="1" t="s">
+        <v>2549</v>
+      </c>
+      <c r="E660" s="1" t="s">
+        <v>2716</v>
+      </c>
+      <c r="F660" s="1" t="s">
+        <v>2717</v>
+      </c>
+      <c r="G660" s="1"/>
+    </row>
+    <row r="661" spans="1:7">
+      <c r="A661" s="1" t="s">
+        <v>2718</v>
+      </c>
+      <c r="B661" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C661" s="1" t="s">
+        <v>2719</v>
+      </c>
+      <c r="D661" s="1" t="s">
+        <v>2337</v>
+      </c>
+      <c r="E661" s="1" t="s">
+        <v>2720</v>
+      </c>
+      <c r="F661" s="1" t="s">
+        <v>2721</v>
+      </c>
+      <c r="G661" s="1"/>
+    </row>
+    <row r="662" spans="1:7">
+      <c r="A662" s="1" t="s">
+        <v>2722</v>
+      </c>
+      <c r="B662" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C662" s="1" t="s">
+        <v>2723</v>
+      </c>
+      <c r="D662" s="1" t="s">
+        <v>2645</v>
+      </c>
+      <c r="E662" s="1" t="s">
+        <v>2724</v>
+      </c>
+      <c r="F662" s="1" t="s">
+        <v>2725</v>
+      </c>
+      <c r="G662" s="1"/>
+    </row>
+    <row r="663" spans="1:7">
+      <c r="A663" s="1" t="s">
+        <v>2726</v>
+      </c>
+      <c r="B663" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C663" s="1" t="s">
+        <v>2727</v>
+      </c>
+      <c r="D663" s="1" t="s">
+        <v>2728</v>
+      </c>
+      <c r="E663" s="1" t="s">
+        <v>2729</v>
+      </c>
+      <c r="F663" s="1" t="s">
+        <v>2730</v>
+      </c>
+      <c r="G663" s="1"/>
+    </row>
+    <row r="664" spans="1:7">
+      <c r="A664" s="1" t="s">
+        <v>2731</v>
+      </c>
+      <c r="B664" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C664" s="1" t="s">
+        <v>2732</v>
+      </c>
+      <c r="D664" s="1" t="s">
+        <v>2733</v>
+      </c>
+      <c r="E664" s="1" t="s">
+        <v>2734</v>
+      </c>
+      <c r="F664" s="1" t="s">
+        <v>2735</v>
+      </c>
+      <c r="G664" s="1"/>
+    </row>
+    <row r="665" spans="1:7">
+      <c r="A665" s="1" t="s">
+        <v>2736</v>
+      </c>
+      <c r="B665" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C665" s="1" t="s">
+        <v>2737</v>
+      </c>
+      <c r="D665" s="1" t="s">
+        <v>2733</v>
+      </c>
+      <c r="E665" s="1" t="s">
+        <v>2738</v>
+      </c>
+      <c r="F665" s="1" t="s">
+        <v>2739</v>
+      </c>
+      <c r="G665" s="1"/>
+    </row>
+    <row r="666" spans="1:7">
+      <c r="A666" s="1" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B666" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C666" s="1" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D666" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E666" s="1" t="s">
+        <v>2741</v>
+      </c>
+      <c r="F666" s="1" t="s">
+        <v>2742</v>
+      </c>
+      <c r="G666" s="1"/>
+    </row>
+    <row r="667" spans="1:7">
+      <c r="A667" s="1" t="s">
+        <v>2743</v>
+      </c>
+      <c r="B667" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C667" s="1" t="s">
+        <v>2744</v>
+      </c>
+      <c r="D667" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="E667" s="1" t="s">
+        <v>2745</v>
+      </c>
+      <c r="F667" s="1" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G667" s="1"/>
+    </row>
+    <row r="668" spans="1:7">
+      <c r="A668" s="1" t="s">
+        <v>2747</v>
+      </c>
+      <c r="B668" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C668" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D668" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="E668" s="1" t="s">
+        <v>2748</v>
+      </c>
+      <c r="F668" s="1" t="s">
+        <v>2749</v>
+      </c>
+      <c r="G668" s="1"/>
+    </row>
+    <row r="669" spans="1:7">
+      <c r="A669" s="1" t="s">
+        <v>2750</v>
+      </c>
+      <c r="B669" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C669" s="1" t="s">
+        <v>2751</v>
+      </c>
+      <c r="D669" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="E669" s="1" t="s">
+        <v>2752</v>
+      </c>
+      <c r="F669" s="1" t="s">
+        <v>2753</v>
+      </c>
+      <c r="G669" s="1"/>
+    </row>
+    <row r="670" spans="1:7">
+      <c r="A670" s="1" t="s">
+        <v>2754</v>
+      </c>
+      <c r="B670" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C670" s="1" t="s">
+        <v>2755</v>
+      </c>
+      <c r="D670" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E670" s="1" t="s">
+        <v>2756</v>
+      </c>
+      <c r="F670" s="1" t="s">
+        <v>2757</v>
+      </c>
+      <c r="G670" s="1"/>
+    </row>
+    <row r="671" spans="1:7">
+      <c r="A671" s="1" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B671" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C671" s="1" t="s">
+        <v>2759</v>
+      </c>
+      <c r="D671" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="E671" s="1" t="s">
+        <v>2760</v>
+      </c>
+      <c r="F671" s="1" t="s">
+        <v>2761</v>
+      </c>
+      <c r="G671" s="1"/>
+    </row>
+    <row r="672" spans="1:7">
+      <c r="A672" s="1" t="s">
+        <v>2762</v>
+      </c>
+      <c r="B672" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C672" s="1" t="s">
+        <v>2763</v>
+      </c>
+      <c r="D672" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E672" s="1" t="s">
+        <v>2764</v>
+      </c>
+      <c r="F672" s="1" t="s">
+        <v>2765</v>
+      </c>
+      <c r="G672" s="1"/>
+    </row>
+    <row r="673" spans="1:7">
+      <c r="A673" s="1" t="s">
+        <v>2766</v>
+      </c>
+      <c r="B673" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C673" s="1" t="s">
+        <v>2767</v>
+      </c>
+      <c r="D673" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E673" s="1" t="s">
+        <v>2768</v>
+      </c>
+      <c r="F673" s="1" t="s">
+        <v>2769</v>
+      </c>
+      <c r="G673" s="1"/>
+    </row>
+    <row r="674" spans="1:7">
+      <c r="A674" s="1" t="s">
+        <v>2770</v>
+      </c>
+      <c r="B674" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="C674" s="1" t="s">
+        <v>2771</v>
+      </c>
+      <c r="D674" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E674" s="1" t="s">
+        <v>2772</v>
+      </c>
+      <c r="F674" s="1" t="s">
+        <v>2773</v>
+      </c>
+      <c r="G674" s="1"/>
+    </row>
+    <row r="675" spans="1:7">
+      <c r="A675" s="1" t="s">
+        <v>2774</v>
+      </c>
+      <c r="B675" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C675" s="1" t="s">
+        <v>2775</v>
+      </c>
+      <c r="D675" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="E675" s="1" t="s">
+        <v>2776</v>
+      </c>
+      <c r="F675" s="1" t="s">
+        <v>2777</v>
+      </c>
+      <c r="G675" s="1"/>
+    </row>
+    <row r="676" spans="1:7">
+      <c r="A676" s="1" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B676" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C676" s="1" t="s">
+        <v>2779</v>
+      </c>
+      <c r="D676" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="E676" s="1" t="s">
+        <v>2780</v>
+      </c>
+      <c r="F676" s="1" t="s">
+        <v>2781</v>
+      </c>
+      <c r="G676" s="1"/>
+    </row>
+    <row r="677" spans="1:7">
+      <c r="A677" s="1" t="s">
+        <v>2782</v>
+      </c>
+      <c r="B677" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C677" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="D677" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="E677" s="1" t="s">
+        <v>2783</v>
+      </c>
+      <c r="F677" s="1" t="s">
+        <v>2784</v>
+      </c>
+      <c r="G677" s="1"/>
+    </row>
+    <row r="678" spans="1:7">
+      <c r="A678" s="1" t="s">
+        <v>2785</v>
+      </c>
+      <c r="B678" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C678" s="1" t="s">
+        <v>2786</v>
+      </c>
+      <c r="D678" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="E678" s="1" t="s">
+        <v>2787</v>
+      </c>
+      <c r="F678" s="1" t="s">
+        <v>2788</v>
+      </c>
+      <c r="G678" s="1"/>
+    </row>
+    <row r="679" spans="1:7">
+      <c r="A679" s="1" t="s">
+        <v>2789</v>
+      </c>
+      <c r="B679" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C679" s="1" t="s">
+        <v>2790</v>
+      </c>
+      <c r="D679" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E679" s="1" t="s">
+        <v>2791</v>
+      </c>
+      <c r="F679" s="1" t="s">
+        <v>2792</v>
+      </c>
+      <c r="G679" s="1"/>
+    </row>
+    <row r="680" spans="1:7">
+      <c r="A680" s="1" t="s">
+        <v>2793</v>
+      </c>
+      <c r="B680" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C680" s="1" t="s">
+        <v>2794</v>
+      </c>
+      <c r="D680" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E680" s="1" t="s">
+        <v>2795</v>
+      </c>
+      <c r="F680" s="1" t="s">
+        <v>2796</v>
+      </c>
+      <c r="G680" s="1"/>
+    </row>
+    <row r="681" spans="1:7">
+      <c r="A681" s="1" t="s">
+        <v>2797</v>
+      </c>
+      <c r="B681" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C681" s="1" t="s">
+        <v>2798</v>
+      </c>
+      <c r="D681" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E681" s="1" t="s">
+        <v>2799</v>
+      </c>
+      <c r="F681" s="1" t="s">
+        <v>2800</v>
+      </c>
+      <c r="G681" s="1"/>
+    </row>
+    <row r="682" spans="1:7">
+      <c r="A682" s="1" t="s">
+        <v>2801</v>
+      </c>
+      <c r="B682" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C682" s="1" t="s">
+        <v>2802</v>
+      </c>
+      <c r="D682" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="E682" s="1" t="s">
+        <v>2803</v>
+      </c>
+      <c r="F682" s="1" t="s">
+        <v>2804</v>
+      </c>
+      <c r="G682" s="1"/>
+    </row>
+    <row r="683" spans="1:7">
+      <c r="A683" s="1" t="s">
+        <v>2805</v>
+      </c>
+      <c r="B683" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C683" s="1" t="s">
+        <v>2806</v>
+      </c>
+      <c r="D683" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="E683" s="1" t="s">
+        <v>2807</v>
+      </c>
+      <c r="F683" s="1" t="s">
+        <v>2808</v>
+      </c>
+      <c r="G683" s="1"/>
+    </row>
+    <row r="684" spans="1:7">
+      <c r="A684" s="1" t="s">
+        <v>2809</v>
+      </c>
+      <c r="B684" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C684" s="1" t="s">
+        <v>2810</v>
+      </c>
+      <c r="D684" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="E684" s="1" t="s">
+        <v>2811</v>
+      </c>
+      <c r="F684" s="1" t="s">
+        <v>2812</v>
+      </c>
+      <c r="G684" s="1"/>
+    </row>
+    <row r="685" spans="1:7">
+      <c r="A685" s="1" t="s">
+        <v>2813</v>
+      </c>
+      <c r="B685" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C685" s="1" t="s">
+        <v>2814</v>
+      </c>
+      <c r="D685" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="E685" s="1" t="s">
+        <v>2815</v>
+      </c>
+      <c r="F685" s="1" t="s">
+        <v>2816</v>
+      </c>
+      <c r="G685" s="1"/>
+    </row>
+    <row r="686" spans="1:7">
+      <c r="A686" s="1" t="s">
+        <v>2817</v>
+      </c>
+      <c r="B686" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C686" s="1" t="s">
+        <v>2818</v>
+      </c>
+      <c r="D686" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E686" s="1" t="s">
+        <v>2819</v>
+      </c>
+      <c r="F686" s="1" t="s">
+        <v>2820</v>
+      </c>
+      <c r="G686" s="1"/>
+    </row>
+    <row r="687" spans="1:7">
+      <c r="A687" s="1" t="s">
+        <v>2821</v>
+      </c>
+      <c r="B687" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C687" s="1" t="s">
+        <v>2822</v>
+      </c>
+      <c r="D687" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="E687" s="1" t="s">
+        <v>2823</v>
+      </c>
+      <c r="F687" s="1" t="s">
+        <v>2824</v>
+      </c>
+      <c r="G687" s="1"/>
+    </row>
+    <row r="688" spans="1:7">
+      <c r="A688" s="1" t="s">
+        <v>2825</v>
+      </c>
+      <c r="B688" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C688" s="1" t="s">
+        <v>2826</v>
+      </c>
+      <c r="D688" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="E688" s="1" t="s">
+        <v>2827</v>
+      </c>
+      <c r="F688" s="1" t="s">
+        <v>2828</v>
+      </c>
+      <c r="G688" s="1"/>
+    </row>
+    <row r="689" spans="1:7">
+      <c r="A689" s="1" t="s">
+        <v>2829</v>
+      </c>
+      <c r="B689" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C689" s="1" t="s">
+        <v>2830</v>
+      </c>
+      <c r="D689" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="E689" s="1" t="s">
+        <v>2831</v>
+      </c>
+      <c r="F689" s="1" t="s">
+        <v>2832</v>
+      </c>
+      <c r="G689" s="1"/>
+    </row>
+    <row r="690" spans="1:7">
+      <c r="A690" s="1" t="s">
+        <v>2833</v>
+      </c>
+      <c r="B690" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C690" s="1" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D690" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="E690" s="1" t="s">
+        <v>2834</v>
+      </c>
+      <c r="F690" s="1" t="s">
+        <v>2835</v>
+      </c>
+      <c r="G690" s="1"/>
+    </row>
+    <row r="691" spans="1:7">
+      <c r="A691" s="1" t="s">
+        <v>2836</v>
+      </c>
+      <c r="B691" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="C691" s="1" t="s">
+        <v>2837</v>
+      </c>
+      <c r="D691" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="E691" s="1" t="s">
+        <v>2838</v>
+      </c>
+      <c r="F691" s="1" t="s">
+        <v>2839</v>
+      </c>
+      <c r="G691" s="1"/>
+    </row>
+    <row r="692" spans="1:7">
+      <c r="A692" s="1" t="s">
+        <v>2840</v>
+      </c>
+      <c r="B692" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="C692" s="1" t="s">
+        <v>2841</v>
+      </c>
+      <c r="D692" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E692" s="1" t="s">
+        <v>2842</v>
+      </c>
+      <c r="F692" s="1" t="s">
+        <v>2843</v>
+      </c>
+      <c r="G692" s="1"/>
+    </row>
+    <row r="693" spans="1:7">
+      <c r="A693" s="1" t="s">
+        <v>2844</v>
+      </c>
+      <c r="B693" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C693" s="1" t="s">
+        <v>2845</v>
+      </c>
+      <c r="D693" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E693" s="1" t="s">
+        <v>2846</v>
+      </c>
+      <c r="F693" s="1" t="s">
+        <v>2847</v>
+      </c>
+      <c r="G693" s="1"/>
+    </row>
+    <row r="694" spans="1:7">
+      <c r="A694" s="1" t="s">
+        <v>2848</v>
+      </c>
+      <c r="B694" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C694" s="1" t="s">
+        <v>2849</v>
+      </c>
+      <c r="D694" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E694" s="1" t="s">
+        <v>2850</v>
+      </c>
+      <c r="F694" s="1" t="s">
+        <v>2851</v>
+      </c>
+      <c r="G694" s="1"/>
+    </row>
+    <row r="695" spans="1:7">
+      <c r="A695" s="1" t="s">
+        <v>2852</v>
+      </c>
+      <c r="B695" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C695" s="1" t="s">
+        <v>2853</v>
+      </c>
+      <c r="D695" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E695" s="1" t="s">
+        <v>2854</v>
+      </c>
+      <c r="F695" s="1" t="s">
+        <v>2855</v>
+      </c>
+      <c r="G695" s="1"/>
+    </row>
+    <row r="696" spans="1:7">
+      <c r="A696" s="1" t="s">
+        <v>2856</v>
+      </c>
+      <c r="B696" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C696" s="1" t="s">
+        <v>2857</v>
+      </c>
+      <c r="D696" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="E696" s="1" t="s">
+        <v>2858</v>
+      </c>
+      <c r="F696" s="1" t="s">
+        <v>2859</v>
+      </c>
+      <c r="G696" s="1"/>
+    </row>
+    <row r="697" spans="1:7">
+      <c r="A697" s="1" t="s">
+        <v>2860</v>
+      </c>
+      <c r="B697" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C697" s="1" t="s">
+        <v>2861</v>
+      </c>
+      <c r="D697" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="E697" s="1" t="s">
+        <v>2862</v>
+      </c>
+      <c r="F697" s="1" t="s">
+        <v>2863</v>
+      </c>
+      <c r="G697" s="1"/>
+    </row>
+    <row r="698" spans="1:7">
+      <c r="A698" s="1" t="s">
+        <v>2864</v>
+      </c>
+      <c r="B698" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C698" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D698" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="E698" s="1" t="s">
+        <v>2865</v>
+      </c>
+      <c r="F698" s="1" t="s">
+        <v>2866</v>
+      </c>
+      <c r="G698" s="1"/>
+    </row>
+    <row r="699" spans="1:7">
+      <c r="A699" s="1" t="s">
+        <v>2867</v>
+      </c>
+      <c r="B699" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C699" s="1" t="s">
+        <v>2868</v>
+      </c>
+      <c r="D699" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="E699" s="1" t="s">
+        <v>2869</v>
+      </c>
+      <c r="F699" s="1" t="s">
+        <v>2870</v>
+      </c>
+      <c r="G699" s="1"/>
+    </row>
+    <row r="700" spans="1:7">
+      <c r="A700" s="1" t="s">
+        <v>2871</v>
+      </c>
+      <c r="B700" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="C700" s="1" t="s">
+        <v>2872</v>
+      </c>
+      <c r="D700" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="E700" s="1" t="s">
+        <v>2873</v>
+      </c>
+      <c r="F700" s="1" t="s">
+        <v>2874</v>
+      </c>
+      <c r="G700" s="1"/>
+    </row>
+    <row r="701" spans="1:7">
+      <c r="A701" s="1" t="s">
+        <v>2875</v>
+      </c>
+      <c r="B701" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C701" s="1" t="s">
+        <v>2876</v>
+      </c>
+      <c r="D701" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="E701" s="1" t="s">
+        <v>2877</v>
+      </c>
+      <c r="F701" s="1" t="s">
+        <v>2878</v>
+      </c>
+      <c r="G701" s="1"/>
+    </row>
+    <row r="702" spans="1:7">
+      <c r="A702" s="1" t="s">
+        <v>2879</v>
+      </c>
+      <c r="B702" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C702" s="1" t="s">
+        <v>2880</v>
+      </c>
+      <c r="D702" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="E702" s="1" t="s">
+        <v>2881</v>
+      </c>
+      <c r="F702" s="1" t="s">
+        <v>2882</v>
+      </c>
+      <c r="G702" s="1"/>
+    </row>
+    <row r="703" spans="1:7">
+      <c r="A703" s="1" t="s">
+        <v>2883</v>
+      </c>
+      <c r="B703" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C703" s="1" t="s">
+        <v>2884</v>
+      </c>
+      <c r="D703" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="E703" s="1" t="s">
+        <v>2885</v>
+      </c>
+      <c r="F703" s="1" t="s">
+        <v>2886</v>
+      </c>
+      <c r="G703" s="1"/>
+    </row>
+    <row r="704" spans="1:7">
+      <c r="A704" s="1" t="s">
+        <v>2887</v>
+      </c>
+      <c r="B704" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="C704" s="1" t="s">
+        <v>2888</v>
+      </c>
+      <c r="D704" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E704" s="1" t="s">
+        <v>2889</v>
+      </c>
+      <c r="F704" s="1" t="s">
+        <v>2890</v>
+      </c>
+      <c r="G704" s="1"/>
+    </row>
+    <row r="705" spans="1:7">
+      <c r="A705" s="1" t="s">
+        <v>2891</v>
+      </c>
+      <c r="B705" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C705" s="1" t="s">
+        <v>2892</v>
+      </c>
+      <c r="D705" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E705" s="1" t="s">
+        <v>2893</v>
+      </c>
+      <c r="F705" s="1" t="s">
+        <v>2894</v>
+      </c>
+      <c r="G705" s="1"/>
+    </row>
+    <row r="706" spans="1:7">
+      <c r="A706" s="1" t="s">
+        <v>2895</v>
+      </c>
+      <c r="B706" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C706" s="1" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D706" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="E706" s="1" t="s">
+        <v>2896</v>
+      </c>
+      <c r="F706" s="1" t="s">
+        <v>2897</v>
+      </c>
+      <c r="G706" s="1"/>
+    </row>
+    <row r="707" spans="1:7">
+      <c r="A707" s="1" t="s">
+        <v>2898</v>
+      </c>
+      <c r="B707" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C707" s="1" t="s">
+        <v>2899</v>
+      </c>
+      <c r="D707" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E707" s="1" t="s">
+        <v>2900</v>
+      </c>
+      <c r="F707" s="1" t="s">
+        <v>2901</v>
+      </c>
+      <c r="G707" s="1"/>
+    </row>
+    <row r="708" spans="1:7">
+      <c r="A708" s="1" t="s">
+        <v>2902</v>
+      </c>
+      <c r="B708" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C708" s="1" t="s">
+        <v>2903</v>
+      </c>
+      <c r="D708" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E708" s="1" t="s">
+        <v>2904</v>
+      </c>
+      <c r="F708" s="1" t="s">
+        <v>2905</v>
+      </c>
+      <c r="G708" s="1"/>
+    </row>
+    <row r="709" spans="1:7">
+      <c r="A709" s="1" t="s">
+        <v>2906</v>
+      </c>
+      <c r="B709" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C709" s="1" t="s">
+        <v>2907</v>
+      </c>
+      <c r="D709" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="E709" s="1" t="s">
+        <v>2908</v>
+      </c>
+      <c r="F709" s="1" t="s">
+        <v>2909</v>
+      </c>
+      <c r="G709" s="1"/>
+    </row>
+    <row r="710" spans="1:7">
+      <c r="A710" s="1" t="s">
+        <v>2910</v>
+      </c>
+      <c r="B710" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C710" s="1" t="s">
+        <v>2911</v>
+      </c>
+      <c r="D710" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="E710" s="1" t="s">
+        <v>2912</v>
+      </c>
+      <c r="F710" s="1" t="s">
+        <v>2913</v>
+      </c>
+      <c r="G710" s="1"/>
+    </row>
+    <row r="711" spans="1:7">
+      <c r="A711" s="1" t="s">
+        <v>2914</v>
+      </c>
+      <c r="B711" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="C711" s="1" t="s">
+        <v>2915</v>
+      </c>
+      <c r="D711" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E711" s="1" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F711" s="1" t="s">
+        <v>2917</v>
+      </c>
+      <c r="G711" s="1"/>
+    </row>
+    <row r="712" spans="1:7">
+      <c r="A712" s="1" t="s">
+        <v>2918</v>
+      </c>
+      <c r="B712" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C712" s="1" t="s">
+        <v>2919</v>
+      </c>
+      <c r="D712" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="E712" s="1" t="s">
+        <v>2920</v>
+      </c>
+      <c r="F712" s="1" t="s">
+        <v>2921</v>
+      </c>
+      <c r="G712" s="1"/>
+    </row>
+    <row r="713" spans="1:7">
+      <c r="A713" s="1" t="s">
+        <v>2922</v>
+      </c>
+      <c r="B713" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C713" s="1" t="s">
+        <v>2923</v>
+      </c>
+      <c r="D713" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="E713" s="1" t="s">
+        <v>2924</v>
+      </c>
+      <c r="F713" s="1" t="s">
+        <v>2925</v>
+      </c>
+      <c r="G713" s="1"/>
+    </row>
+    <row r="714" spans="1:7">
+      <c r="A714" s="1" t="s">
+        <v>2926</v>
+      </c>
+      <c r="B714" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C714" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D714" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E714" s="1" t="s">
+        <v>2927</v>
+      </c>
+      <c r="F714" s="1" t="s">
+        <v>2928</v>
+      </c>
+      <c r="G714" s="1"/>
+    </row>
+    <row r="715" spans="1:7">
+      <c r="A715" s="1" t="s">
+        <v>2929</v>
+      </c>
+      <c r="B715" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C715" s="1" t="s">
+        <v>2930</v>
+      </c>
+      <c r="D715" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="E715" s="1" t="s">
+        <v>2931</v>
+      </c>
+      <c r="F715" s="1" t="s">
+        <v>2932</v>
+      </c>
+      <c r="G715" s="1"/>
+    </row>
+    <row r="716" spans="1:7">
+      <c r="A716" s="1" t="s">
+        <v>2933</v>
+      </c>
+      <c r="B716" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C716" s="1" t="s">
+        <v>2934</v>
+      </c>
+      <c r="D716" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E716" s="1" t="s">
+        <v>2935</v>
+      </c>
+      <c r="F716" s="1" t="s">
+        <v>2936</v>
+      </c>
+      <c r="G716" s="1"/>
+    </row>
+    <row r="717" spans="1:7">
+      <c r="A717" s="1" t="s">
+        <v>2937</v>
+      </c>
+      <c r="B717" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C717" s="1" t="s">
+        <v>2938</v>
+      </c>
+      <c r="D717" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E717" s="1" t="s">
+        <v>2939</v>
+      </c>
+      <c r="F717" s="1" t="s">
+        <v>2940</v>
+      </c>
+      <c r="G717" s="1"/>
+    </row>
+    <row r="718" spans="1:7">
+      <c r="A718" s="1" t="s">
+        <v>2941</v>
+      </c>
+      <c r="B718" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C718" s="1" t="s">
+        <v>2942</v>
+      </c>
+      <c r="D718" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E718" s="1" t="s">
+        <v>2943</v>
+      </c>
+      <c r="F718" s="1" t="s">
+        <v>2944</v>
+      </c>
+      <c r="G718" s="1"/>
+    </row>
+    <row r="719" spans="1:7">
+      <c r="A719" s="1" t="s">
+        <v>2945</v>
+      </c>
+      <c r="B719" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C719" s="1" t="s">
+        <v>2946</v>
+      </c>
+      <c r="D719" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E719" s="1" t="s">
+        <v>2947</v>
+      </c>
+      <c r="F719" s="1" t="s">
+        <v>2948</v>
+      </c>
+      <c r="G719" s="1"/>
+    </row>
+    <row r="720" spans="1:7">
+      <c r="A720" s="1" t="s">
+        <v>2949</v>
+      </c>
+      <c r="B720" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C720" s="1" t="s">
+        <v>2950</v>
+      </c>
+      <c r="D720" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="E720" s="1" t="s">
+        <v>2951</v>
+      </c>
+      <c r="F720" s="1" t="s">
+        <v>2952</v>
+      </c>
+      <c r="G720" s="1"/>
+    </row>
+    <row r="721" spans="1:7">
+      <c r="A721" s="1" t="s">
+        <v>2953</v>
+      </c>
+      <c r="B721" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C721" s="1" t="s">
+        <v>2954</v>
+      </c>
+      <c r="D721" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E721" s="1" t="s">
+        <v>2955</v>
+      </c>
+      <c r="F721" s="1" t="s">
+        <v>2956</v>
+      </c>
+      <c r="G721" s="1"/>
+    </row>
+    <row r="722" spans="1:7">
+      <c r="A722" s="1" t="s">
+        <v>2957</v>
+      </c>
+      <c r="B722" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C722" s="1" t="s">
+        <v>2958</v>
+      </c>
+      <c r="D722" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="E722" s="1" t="s">
+        <v>2959</v>
+      </c>
+      <c r="F722" s="1" t="s">
+        <v>2960</v>
+      </c>
+      <c r="G722" s="1"/>
+    </row>
+    <row r="723" spans="1:7">
+      <c r="A723" s="1" t="s">
+        <v>2961</v>
+      </c>
+      <c r="B723" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C723" s="1" t="s">
+        <v>2962</v>
+      </c>
+      <c r="D723" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E723" s="1" t="s">
+        <v>2963</v>
+      </c>
+      <c r="F723" s="1" t="s">
+        <v>2964</v>
+      </c>
+      <c r="G723" s="1"/>
+    </row>
+    <row r="724" spans="1:7">
+      <c r="A724" s="1" t="s">
+        <v>2965</v>
+      </c>
+      <c r="B724" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C724" s="1" t="s">
+        <v>2966</v>
+      </c>
+      <c r="D724" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E724" s="1" t="s">
+        <v>2967</v>
+      </c>
+      <c r="F724" s="1" t="s">
+        <v>2968</v>
+      </c>
+      <c r="G724" s="1"/>
+    </row>
+    <row r="725" spans="1:7">
+      <c r="A725" s="1" t="s">
+        <v>2969</v>
+      </c>
+      <c r="B725" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C725" s="1" t="s">
+        <v>2970</v>
+      </c>
+      <c r="D725" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E725" s="1" t="s">
+        <v>2971</v>
+      </c>
+      <c r="F725" s="1" t="s">
+        <v>2972</v>
+      </c>
+      <c r="G725" s="1"/>
+    </row>
+    <row r="726" spans="1:7">
+      <c r="A726" s="1" t="s">
+        <v>2973</v>
+      </c>
+      <c r="B726" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C726" s="1" t="s">
+        <v>2974</v>
+      </c>
+      <c r="D726" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="E726" s="1" t="s">
+        <v>2975</v>
+      </c>
+      <c r="F726" s="1" t="s">
+        <v>2976</v>
+      </c>
+      <c r="G726" s="1"/>
+    </row>
+    <row r="727" spans="1:7">
+      <c r="A727" s="1" t="s">
+        <v>2977</v>
+      </c>
+      <c r="B727" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C727" s="1" t="s">
+        <v>2978</v>
+      </c>
+      <c r="D727" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E727" s="1" t="s">
+        <v>2979</v>
+      </c>
+      <c r="F727" s="1" t="s">
+        <v>2980</v>
+      </c>
+      <c r="G727" s="1"/>
+    </row>
+    <row r="728" spans="1:7">
+      <c r="A728" s="1" t="s">
+        <v>2981</v>
+      </c>
+      <c r="B728" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C728" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D728" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="E728" s="1" t="s">
+        <v>2982</v>
+      </c>
+      <c r="F728" s="1" t="s">
+        <v>2983</v>
+      </c>
+      <c r="G728" s="1"/>
+    </row>
+    <row r="729" spans="1:7">
+      <c r="A729" s="1" t="s">
+        <v>2984</v>
+      </c>
+      <c r="B729" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C729" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D729" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="E729" s="1" t="s">
+        <v>2985</v>
+      </c>
+      <c r="F729" s="1" t="s">
+        <v>2986</v>
+      </c>
+      <c r="G729" s="1"/>
+    </row>
+    <row r="730" spans="1:7">
+      <c r="A730" s="1" t="s">
+        <v>2987</v>
+      </c>
+      <c r="B730" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C730" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D730" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="E730" s="1" t="s">
+        <v>2988</v>
+      </c>
+      <c r="F730" s="1" t="s">
+        <v>2989</v>
+      </c>
+      <c r="G730" s="1"/>
+    </row>
+    <row r="731" spans="1:7">
+      <c r="A731" s="1" t="s">
+        <v>2990</v>
+      </c>
+      <c r="B731" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C731" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D731" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="E731" s="1" t="s">
+        <v>2991</v>
+      </c>
+      <c r="F731" s="1" t="s">
+        <v>2992</v>
+      </c>
+      <c r="G731" s="1"/>
+    </row>
+    <row r="732" spans="1:7">
+      <c r="A732" s="1" t="s">
+        <v>2993</v>
+      </c>
+      <c r="B732" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C732" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D732" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="E732" s="1" t="s">
+        <v>2994</v>
+      </c>
+      <c r="F732" s="1" t="s">
+        <v>2995</v>
+      </c>
+      <c r="G732" s="1"/>
+    </row>
+    <row r="733" spans="1:7">
+      <c r="A733" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="B733" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C733" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D733" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="E733" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="F733" s="1" t="s">
+        <v>2996</v>
+      </c>
+      <c r="G733" s="1"/>
+    </row>
+    <row r="734" spans="1:7">
+      <c r="A734" s="1" t="s">
+        <v>2997</v>
+      </c>
+      <c r="B734" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C734" s="1" t="s">
+        <v>2998</v>
+      </c>
+      <c r="D734" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="E734" s="1" t="s">
+        <v>2999</v>
+      </c>
+      <c r="F734" s="1" t="s">
+        <v>3000</v>
+      </c>
+      <c r="G734" s="1"/>
+    </row>
+    <row r="735" spans="1:7">
+      <c r="A735" s="1" t="s">
+        <v>3001</v>
+      </c>
+      <c r="B735" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C735" s="1" t="s">
+        <v>3002</v>
+      </c>
+      <c r="D735" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="E735" s="1" t="s">
+        <v>3003</v>
+      </c>
+      <c r="F735" s="1" t="s">
+        <v>3004</v>
+      </c>
+      <c r="G735" s="1"/>
+    </row>
+    <row r="736" spans="1:7">
+      <c r="A736" s="1" t="s">
+        <v>3005</v>
+      </c>
+      <c r="B736" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C736" s="1" t="s">
+        <v>3006</v>
+      </c>
+      <c r="D736" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E736" s="1" t="s">
+        <v>3007</v>
+      </c>
+      <c r="F736" s="1" t="s">
+        <v>3008</v>
+      </c>
+      <c r="G736" s="1"/>
+    </row>
+    <row r="737" spans="1:7">
+      <c r="A737" s="1" t="s">
+        <v>3009</v>
+      </c>
+      <c r="B737" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C737" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="D737" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E737" s="1" t="s">
+        <v>3010</v>
+      </c>
+      <c r="F737" s="1" t="s">
+        <v>3011</v>
+      </c>
+      <c r="G737" s="1"/>
+    </row>
+    <row r="738" spans="1:7">
+      <c r="A738" s="1" t="s">
+        <v>3012</v>
+      </c>
+      <c r="B738" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C738" s="1" t="s">
+        <v>3013</v>
+      </c>
+      <c r="D738" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E738" s="1" t="s">
+        <v>3014</v>
+      </c>
+      <c r="F738" s="1" t="s">
+        <v>3015</v>
+      </c>
+      <c r="G738" s="1"/>
+    </row>
+    <row r="739" spans="1:7">
+      <c r="A739" s="1" t="s">
+        <v>3016</v>
+      </c>
+      <c r="B739" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C739" s="1" t="s">
+        <v>3017</v>
+      </c>
+      <c r="D739" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="E739" s="1" t="s">
+        <v>3018</v>
+      </c>
+      <c r="F739" s="1" t="s">
+        <v>3019</v>
+      </c>
+      <c r="G739" s="1"/>
+    </row>
+    <row r="740" spans="1:7">
+      <c r="A740" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="B740" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C740" s="1" t="s">
+        <v>3020</v>
+      </c>
+      <c r="D740" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="E740" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="F740" s="1" t="s">
+        <v>3021</v>
+      </c>
+      <c r="G740" s="1"/>
+    </row>
+    <row r="741" spans="1:7">
+      <c r="A741" s="1" t="s">
+        <v>3022</v>
+      </c>
+      <c r="B741" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C741" s="1" t="s">
+        <v>3023</v>
+      </c>
+      <c r="D741" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="E741" s="1" t="s">
+        <v>3024</v>
+      </c>
+      <c r="F741" s="1" t="s">
+        <v>3025</v>
+      </c>
+      <c r="G741" s="1"/>
+    </row>
+    <row r="742" spans="1:7">
+      <c r="A742" s="1" t="s">
+        <v>3026</v>
+      </c>
+      <c r="B742" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C742" s="1" t="s">
+        <v>3027</v>
+      </c>
+      <c r="D742" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="E742" s="1" t="s">
+        <v>3028</v>
+      </c>
+      <c r="F742" s="1" t="s">
+        <v>3029</v>
+      </c>
+      <c r="G742" s="1"/>
+    </row>
+    <row r="743" spans="1:7">
+      <c r="A743" s="1" t="s">
+        <v>3030</v>
+      </c>
+      <c r="B743" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C743" s="1" t="s">
+        <v>3031</v>
+      </c>
+      <c r="D743" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E743" s="1" t="s">
+        <v>3032</v>
+      </c>
+      <c r="F743" s="1" t="s">
+        <v>3033</v>
+      </c>
+      <c r="G743" s="1"/>
+    </row>
+    <row r="744" spans="1:7">
+      <c r="A744" s="1" t="s">
+        <v>3034</v>
+      </c>
+      <c r="B744" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C744" s="1" t="s">
+        <v>3035</v>
+      </c>
+      <c r="D744" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E744" s="1" t="s">
+        <v>3036</v>
+      </c>
+      <c r="F744" s="1" t="s">
+        <v>3037</v>
+      </c>
+      <c r="G744" s="1"/>
+    </row>
+    <row r="745" spans="1:7">
+      <c r="A745" s="1" t="s">
+        <v>3038</v>
+      </c>
+      <c r="B745" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C745" s="1" t="s">
+        <v>3039</v>
+      </c>
+      <c r="D745" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E745" s="1" t="s">
+        <v>3040</v>
+      </c>
+      <c r="F745" s="1" t="s">
+        <v>3041</v>
+      </c>
+      <c r="G745" s="1"/>
+    </row>
+    <row r="746" spans="1:7">
+      <c r="A746" s="1" t="s">
+        <v>3042</v>
+      </c>
+      <c r="B746" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C746" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D746" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E746" s="1" t="s">
+        <v>3043</v>
+      </c>
+      <c r="F746" s="1" t="s">
+        <v>3044</v>
+      </c>
+      <c r="G746" s="1"/>
+    </row>
+    <row r="747" spans="1:7">
+      <c r="A747" s="1" t="s">
+        <v>3045</v>
+      </c>
+      <c r="B747" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C747" s="1" t="s">
+        <v>3046</v>
+      </c>
+      <c r="D747" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E747" s="1" t="s">
+        <v>3047</v>
+      </c>
+      <c r="F747" s="1" t="s">
+        <v>3048</v>
+      </c>
+      <c r="G747" s="1"/>
+    </row>
+    <row r="748" spans="1:7">
+      <c r="A748" s="1" t="s">
+        <v>3049</v>
+      </c>
+      <c r="B748" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C748" s="1" t="s">
+        <v>3050</v>
+      </c>
+      <c r="D748" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E748" s="1" t="s">
+        <v>3051</v>
+      </c>
+      <c r="F748" s="1" t="s">
+        <v>3052</v>
+      </c>
+      <c r="G748" s="1"/>
+    </row>
+    <row r="749" spans="1:7">
+      <c r="A749" s="1" t="s">
+        <v>3053</v>
+      </c>
+      <c r="B749" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C749" s="1" t="s">
+        <v>3054</v>
+      </c>
+      <c r="D749" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="E749" s="1" t="s">
+        <v>3055</v>
+      </c>
+      <c r="F749" s="1" t="s">
+        <v>3056</v>
+      </c>
+      <c r="G749" s="1"/>
+    </row>
+    <row r="750" spans="1:7">
+      <c r="A750" s="1" t="s">
+        <v>3057</v>
+      </c>
+      <c r="B750" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C750" s="1" t="s">
+        <v>3058</v>
+      </c>
+      <c r="D750" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="E750" s="1" t="s">
+        <v>3059</v>
+      </c>
+      <c r="F750" s="1" t="s">
+        <v>3060</v>
+      </c>
+      <c r="G750" s="1"/>
+    </row>
+    <row r="751" spans="1:7">
+      <c r="A751" s="1" t="s">
+        <v>3061</v>
+      </c>
+      <c r="B751" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C751" s="1" t="s">
+        <v>3062</v>
+      </c>
+      <c r="D751" s="1" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E751" s="1" t="s">
+        <v>3063</v>
+      </c>
+      <c r="F751" s="1" t="s">
+        <v>3064</v>
+      </c>
+      <c r="G751" s="1"/>
+    </row>
+    <row r="752" spans="1:7">
+      <c r="A752" s="1" t="s">
+        <v>3065</v>
+      </c>
+      <c r="B752" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="C752" s="1" t="s">
+        <v>3066</v>
+      </c>
+      <c r="D752" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E752" s="1" t="s">
+        <v>3067</v>
+      </c>
+      <c r="F752" s="1" t="s">
+        <v>3068</v>
+      </c>
+      <c r="G752" s="1"/>
+    </row>
+    <row r="753" spans="1:7">
+      <c r="A753" s="1" t="s">
+        <v>3069</v>
+      </c>
+      <c r="B753" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="C753" s="1" t="s">
+        <v>3066</v>
+      </c>
+      <c r="D753" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E753" s="1" t="s">
+        <v>3070</v>
+      </c>
+      <c r="F753" s="1" t="s">
+        <v>3071</v>
+      </c>
+      <c r="G753" s="1"/>
+    </row>
+    <row r="754" spans="1:7">
+      <c r="A754" s="1" t="s">
+        <v>3072</v>
+      </c>
+      <c r="B754" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C754" s="1" t="s">
+        <v>3073</v>
+      </c>
+      <c r="D754" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="E754" s="1" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F754" s="1" t="s">
+        <v>3075</v>
+      </c>
+      <c r="G754" s="1"/>
+    </row>
+    <row r="755" spans="1:7">
+      <c r="A755" s="1" t="s">
+        <v>3076</v>
+      </c>
+      <c r="B755" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C755" s="1" t="s">
+        <v>3077</v>
+      </c>
+      <c r="D755" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="E755" s="1" t="s">
+        <v>3078</v>
+      </c>
+      <c r="F755" s="1" t="s">
+        <v>3079</v>
+      </c>
+      <c r="G755" s="1"/>
+    </row>
+    <row r="756" spans="1:7">
+      <c r="A756" s="1" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B756" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C756" s="1" t="s">
+        <v>3081</v>
+      </c>
+      <c r="D756" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E756" s="1" t="s">
+        <v>3082</v>
+      </c>
+      <c r="F756" s="1" t="s">
+        <v>3083</v>
+      </c>
+      <c r="G756" s="1"/>
+    </row>
+    <row r="757" spans="1:7">
+      <c r="A757" s="1" t="s">
+        <v>3084</v>
+      </c>
+      <c r="B757" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C757" s="1" t="s">
+        <v>3085</v>
+      </c>
+      <c r="D757" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E757" s="1" t="s">
+        <v>3086</v>
+      </c>
+      <c r="F757" s="1" t="s">
+        <v>3087</v>
+      </c>
+      <c r="G757" s="1"/>
+    </row>
+    <row r="758" spans="1:7">
+      <c r="A758" s="1" t="s">
+        <v>3088</v>
+      </c>
+      <c r="B758" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C758" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="D758" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E758" s="1" t="s">
+        <v>3089</v>
+      </c>
+      <c r="F758" s="1" t="s">
+        <v>3090</v>
+      </c>
+      <c r="G758" s="1"/>
+    </row>
+    <row r="759" spans="1:7">
+      <c r="A759" s="1" t="s">
+        <v>3091</v>
+      </c>
+      <c r="B759" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C759" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="D759" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E759" s="1" t="s">
+        <v>3092</v>
+      </c>
+      <c r="F759" s="1" t="s">
+        <v>3093</v>
+      </c>
+      <c r="G759" s="1"/>
+    </row>
+    <row r="760" spans="1:7">
+      <c r="A760" s="1" t="s">
+        <v>3094</v>
+      </c>
+      <c r="B760" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C760" s="1" t="s">
+        <v>3095</v>
+      </c>
+      <c r="D760" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="E760" s="1" t="s">
+        <v>3096</v>
+      </c>
+      <c r="F760" s="1" t="s">
+        <v>3097</v>
+      </c>
+      <c r="G760" s="1"/>
+    </row>
+    <row r="761" spans="1:7">
+      <c r="A761" s="1" t="s">
+        <v>3098</v>
+      </c>
+      <c r="B761" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C761" s="1" t="s">
+        <v>3099</v>
+      </c>
+      <c r="D761" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E761" s="1" t="s">
+        <v>3100</v>
+      </c>
+      <c r="F761" s="1" t="s">
+        <v>3101</v>
+      </c>
+      <c r="G761" s="1"/>
+    </row>
+    <row r="762" spans="1:7">
+      <c r="A762" s="1" t="s">
+        <v>3102</v>
+      </c>
+      <c r="B762" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="C762" s="1" t="s">
+        <v>3103</v>
+      </c>
+      <c r="D762" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="E762" s="1" t="s">
+        <v>3104</v>
+      </c>
+      <c r="F762" s="1" t="s">
+        <v>3105</v>
+      </c>
+      <c r="G762" s="1"/>
+    </row>
+    <row r="763" spans="1:7">
+      <c r="A763" s="1" t="s">
+        <v>3106</v>
+      </c>
+      <c r="B763" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C763" s="1" t="s">
+        <v>3107</v>
+      </c>
+      <c r="D763" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="E763" s="1" t="s">
+        <v>3108</v>
+      </c>
+      <c r="F763" s="1" t="s">
+        <v>3109</v>
+      </c>
+      <c r="G763" s="1"/>
+    </row>
+    <row r="764" spans="1:7">
+      <c r="A764" s="1" t="s">
+        <v>3110</v>
+      </c>
+      <c r="B764" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C764" s="1" t="s">
+        <v>3111</v>
+      </c>
+      <c r="D764" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="E764" s="1" t="s">
+        <v>3112</v>
+      </c>
+      <c r="F764" s="1" t="s">
+        <v>3113</v>
+      </c>
+      <c r="G764" s="1"/>
+    </row>
+    <row r="765" spans="1:7">
+      <c r="A765" s="1" t="s">
+        <v>3114</v>
+      </c>
+      <c r="B765" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C765" s="1" t="s">
+        <v>3115</v>
+      </c>
+      <c r="D765" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="E765" s="1" t="s">
+        <v>3116</v>
+      </c>
+      <c r="F765" s="1" t="s">
+        <v>3117</v>
+      </c>
+      <c r="G765" s="1"/>
+    </row>
+    <row r="766" spans="1:7">
+      <c r="A766" s="1" t="s">
+        <v>3118</v>
+      </c>
+      <c r="B766" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C766" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D766" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="E766" s="1" t="s">
+        <v>3119</v>
+      </c>
+      <c r="F766" s="1" t="s">
+        <v>3120</v>
+      </c>
+      <c r="G766" s="1"/>
+    </row>
+    <row r="767" spans="1:7">
+      <c r="A767" s="1" t="s">
+        <v>3121</v>
+      </c>
+      <c r="B767" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C767" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D767" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="E767" s="1" t="s">
+        <v>3122</v>
+      </c>
+      <c r="F767" s="1" t="s">
+        <v>3123</v>
+      </c>
+      <c r="G767" s="1"/>
+    </row>
+    <row r="768" spans="1:7">
+      <c r="A768" s="1" t="s">
+        <v>3124</v>
+      </c>
+      <c r="B768" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C768" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D768" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="E768" s="1" t="s">
+        <v>3125</v>
+      </c>
+      <c r="F768" s="1" t="s">
+        <v>3126</v>
+      </c>
+      <c r="G768" s="1"/>
+    </row>
+    <row r="769" spans="1:7">
+      <c r="A769" s="1" t="s">
+        <v>3127</v>
+      </c>
+      <c r="B769" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C769" s="1" t="s">
+        <v>3128</v>
+      </c>
+      <c r="D769" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="E769" s="1" t="s">
+        <v>3129</v>
+      </c>
+      <c r="F769" s="1" t="s">
+        <v>3130</v>
+      </c>
+      <c r="G769" s="1"/>
+    </row>
+    <row r="770" spans="1:7">
+      <c r="A770" s="1" t="s">
+        <v>3131</v>
+      </c>
+      <c r="B770" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C770" s="1" t="s">
+        <v>3132</v>
+      </c>
+      <c r="D770" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="E770" s="1" t="s">
+        <v>3133</v>
+      </c>
+      <c r="F770" s="1" t="s">
+        <v>3134</v>
+      </c>
+      <c r="G770" s="1"/>
+    </row>
+    <row r="771" spans="1:7">
+      <c r="A771" s="1" t="s">
+        <v>3135</v>
+      </c>
+      <c r="B771" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C771" s="1" t="s">
+        <v>3136</v>
+      </c>
+      <c r="D771" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="E771" s="1" t="s">
+        <v>3137</v>
+      </c>
+      <c r="F771" s="1" t="s">
+        <v>3138</v>
+      </c>
+      <c r="G771" s="1"/>
+    </row>
+    <row r="772" spans="1:7">
+      <c r="A772" s="1" t="s">
+        <v>3139</v>
+      </c>
+      <c r="B772" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C772" s="1" t="s">
+        <v>3140</v>
+      </c>
+      <c r="D772" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="E772" s="1" t="s">
+        <v>3141</v>
+      </c>
+      <c r="F772" s="1" t="s">
+        <v>3142</v>
+      </c>
+      <c r="G772" s="1"/>
+    </row>
+    <row r="773" spans="1:7">
+      <c r="A773" s="1" t="s">
+        <v>3143</v>
+      </c>
+      <c r="B773" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C773" s="1" t="s">
+        <v>3144</v>
+      </c>
+      <c r="D773" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="E773" s="1" t="s">
+        <v>3145</v>
+      </c>
+      <c r="F773" s="1" t="s">
+        <v>3146</v>
+      </c>
+      <c r="G773" s="1"/>
+    </row>
+    <row r="774" spans="1:7">
+      <c r="A774" s="1" t="s">
+        <v>3147</v>
+      </c>
+      <c r="B774" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C774" s="1" t="s">
+        <v>3148</v>
+      </c>
+      <c r="D774" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E774" s="1" t="s">
+        <v>3149</v>
+      </c>
+      <c r="F774" s="1" t="s">
+        <v>3150</v>
+      </c>
+      <c r="G774" s="1"/>
+    </row>
+    <row r="775" spans="1:7">
+      <c r="A775" s="1" t="s">
+        <v>3151</v>
+      </c>
+      <c r="B775" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C775" s="1" t="s">
+        <v>3152</v>
+      </c>
+      <c r="D775" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E775" s="1" t="s">
+        <v>3153</v>
+      </c>
+      <c r="F775" s="1" t="s">
+        <v>3154</v>
+      </c>
+      <c r="G775" s="1"/>
+    </row>
+    <row r="776" spans="1:7">
+      <c r="A776" s="1" t="s">
+        <v>2211</v>
+      </c>
+      <c r="B776" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C776" s="1" t="s">
+        <v>3155</v>
+      </c>
+      <c r="D776" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E776" s="1" t="s">
+        <v>2213</v>
+      </c>
+      <c r="F776" s="1" t="s">
+        <v>3156</v>
+      </c>
+      <c r="G776" s="1"/>
+    </row>
+    <row r="777" spans="1:7">
+      <c r="A777" s="1" t="s">
+        <v>3157</v>
+      </c>
+      <c r="B777" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C777" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D777" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E777" s="1" t="s">
+        <v>3158</v>
+      </c>
+      <c r="F777" s="1" t="s">
+        <v>3159</v>
+      </c>
+      <c r="G777" s="1"/>
+    </row>
+    <row r="778" spans="1:7">
+      <c r="A778" s="1" t="s">
+        <v>3160</v>
+      </c>
+      <c r="B778" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C778" s="1" t="s">
+        <v>3161</v>
+      </c>
+      <c r="D778" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="E778" s="1" t="s">
+        <v>3162</v>
+      </c>
+      <c r="F778" s="1" t="s">
+        <v>3163</v>
+      </c>
+      <c r="G778" s="1"/>
+    </row>
+    <row r="779" spans="1:7">
+      <c r="A779" s="1" t="s">
+        <v>3164</v>
+      </c>
+      <c r="B779" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="C779" s="1" t="s">
+        <v>3165</v>
+      </c>
+      <c r="D779" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="E779" s="1" t="s">
+        <v>3166</v>
+      </c>
+      <c r="F779" s="1" t="s">
+        <v>3167</v>
+      </c>
+      <c r="G779" s="1"/>
+    </row>
+    <row r="780" spans="1:7">
+      <c r="A780" s="1" t="s">
+        <v>3168</v>
+      </c>
+      <c r="B780" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C780" s="1" t="s">
+        <v>3169</v>
+      </c>
+      <c r="D780" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="E780" s="1" t="s">
+        <v>3170</v>
+      </c>
+      <c r="F780" s="1" t="s">
+        <v>3171</v>
+      </c>
+      <c r="G780" s="1"/>
+    </row>
+    <row r="781" spans="1:7">
+      <c r="A781" s="1" t="s">
+        <v>3172</v>
+      </c>
+      <c r="B781" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C781" s="1" t="s">
+        <v>3173</v>
+      </c>
+      <c r="D781" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E781" s="1" t="s">
+        <v>3174</v>
+      </c>
+      <c r="F781" s="1" t="s">
+        <v>3175</v>
+      </c>
+      <c r="G781" s="1"/>
+    </row>
+    <row r="782" spans="1:7">
+      <c r="A782" s="1" t="s">
+        <v>3176</v>
+      </c>
+      <c r="B782" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C782" s="1" t="s">
+        <v>3177</v>
+      </c>
+      <c r="D782" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="E782" s="1" t="s">
+        <v>3178</v>
+      </c>
+      <c r="F782" s="1" t="s">
+        <v>3179</v>
+      </c>
+      <c r="G782" s="1"/>
+    </row>
+    <row r="783" spans="1:7">
+      <c r="A783" s="1" t="s">
+        <v>3180</v>
+      </c>
+      <c r="B783" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C783" s="1" t="s">
+        <v>3181</v>
+      </c>
+      <c r="D783" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="E783" s="1" t="s">
+        <v>3182</v>
+      </c>
+      <c r="F783" s="1" t="s">
+        <v>3183</v>
+      </c>
+      <c r="G783" s="1"/>
+    </row>
+    <row r="784" spans="1:7">
+      <c r="A784" s="1" t="s">
+        <v>3184</v>
+      </c>
+      <c r="B784" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C784" s="1" t="s">
+        <v>3185</v>
+      </c>
+      <c r="D784" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E784" s="1" t="s">
+        <v>3186</v>
+      </c>
+      <c r="F784" s="1" t="s">
+        <v>3187</v>
+      </c>
+      <c r="G784" s="1"/>
+    </row>
+    <row r="785" spans="1:7">
+      <c r="A785" s="1" t="s">
+        <v>3188</v>
+      </c>
+      <c r="B785" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C785" s="1" t="s">
+        <v>3189</v>
+      </c>
+      <c r="D785" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E785" s="1" t="s">
+        <v>3190</v>
+      </c>
+      <c r="F785" s="1" t="s">
+        <v>3191</v>
+      </c>
+      <c r="G785" s="1"/>
+    </row>
+    <row r="786" spans="1:7">
+      <c r="A786" s="1" t="s">
+        <v>3192</v>
+      </c>
+      <c r="B786" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C786" s="1" t="s">
+        <v>3193</v>
+      </c>
+      <c r="D786" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E786" s="1" t="s">
+        <v>3194</v>
+      </c>
+      <c r="F786" s="1" t="s">
+        <v>3195</v>
+      </c>
+      <c r="G786" s="1"/>
+    </row>
+    <row r="787" spans="1:7">
+      <c r="A787" s="1" t="s">
+        <v>3196</v>
+      </c>
+      <c r="B787" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C787" s="1" t="s">
+        <v>3197</v>
+      </c>
+      <c r="D787" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E787" s="1" t="s">
+        <v>3198</v>
+      </c>
+      <c r="F787" s="1" t="s">
+        <v>3199</v>
+      </c>
+      <c r="G787" s="1"/>
+    </row>
+    <row r="788" spans="1:7">
+      <c r="A788" s="1" t="s">
+        <v>3200</v>
+      </c>
+      <c r="B788" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C788" s="1" t="s">
+        <v>3201</v>
+      </c>
+      <c r="D788" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="E788" s="1" t="s">
+        <v>3202</v>
+      </c>
+      <c r="F788" s="1" t="s">
+        <v>3203</v>
+      </c>
+      <c r="G788" s="1"/>
+    </row>
+    <row r="789" spans="1:7">
+      <c r="A789" s="1" t="s">
+        <v>3204</v>
+      </c>
+      <c r="B789" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C789" s="1" t="s">
+        <v>3205</v>
+      </c>
+      <c r="D789" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E789" s="1" t="s">
+        <v>3206</v>
+      </c>
+      <c r="F789" s="1" t="s">
+        <v>3207</v>
+      </c>
+      <c r="G789" s="1"/>
+    </row>
+    <row r="790" spans="1:7">
+      <c r="A790" s="1" t="s">
+        <v>3208</v>
+      </c>
+      <c r="B790" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C790" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D790" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="E790" s="1" t="s">
+        <v>3209</v>
+      </c>
+      <c r="F790" s="1" t="s">
+        <v>3210</v>
+      </c>
+      <c r="G790" s="1"/>
+    </row>
+    <row r="791" spans="1:7">
+      <c r="A791" s="1" t="s">
+        <v>3211</v>
+      </c>
+      <c r="B791" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C791" s="1" t="s">
+        <v>3212</v>
+      </c>
+      <c r="D791" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E791" s="1" t="s">
+        <v>3213</v>
+      </c>
+      <c r="F791" s="1" t="s">
+        <v>3214</v>
+      </c>
+      <c r="G791" s="1"/>
+    </row>
+    <row r="792" spans="1:7">
+      <c r="A792" s="1" t="s">
+        <v>3215</v>
+      </c>
+      <c r="B792" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="C792" s="1" t="s">
+        <v>3216</v>
+      </c>
+      <c r="D792" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="E792" s="1" t="s">
+        <v>3217</v>
+      </c>
+      <c r="F792" s="1" t="s">
+        <v>3218</v>
+      </c>
+      <c r="G792" s="1"/>
+    </row>
+    <row r="793" spans="1:7">
+      <c r="A793" s="1" t="s">
+        <v>3219</v>
+      </c>
+      <c r="B793" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C793" s="1" t="s">
+        <v>3220</v>
+      </c>
+      <c r="D793" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="E793" s="1" t="s">
+        <v>3221</v>
+      </c>
+      <c r="F793" s="1" t="s">
+        <v>3222</v>
+      </c>
+      <c r="G793" s="1"/>
+    </row>
+    <row r="794" spans="1:7">
+      <c r="A794" s="1" t="s">
+        <v>3223</v>
+      </c>
+      <c r="B794" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C794" s="1" t="s">
+        <v>3224</v>
+      </c>
+      <c r="D794" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="E794" s="1" t="s">
+        <v>3225</v>
+      </c>
+      <c r="F794" s="1" t="s">
+        <v>3226</v>
+      </c>
+      <c r="G794" s="1"/>
+    </row>
+    <row r="795" spans="1:7">
+      <c r="A795" s="1" t="s">
+        <v>3227</v>
+      </c>
+      <c r="B795" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C795" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D795" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="E795" s="1" t="s">
+        <v>3228</v>
+      </c>
+      <c r="F795" s="1" t="s">
+        <v>3229</v>
+      </c>
+      <c r="G795" s="1"/>
+    </row>
+    <row r="796" spans="1:7">
+      <c r="A796" s="1" t="s">
+        <v>3230</v>
+      </c>
+      <c r="B796" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C796" s="1" t="s">
+        <v>3231</v>
+      </c>
+      <c r="D796" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E796" s="1" t="s">
+        <v>3232</v>
+      </c>
+      <c r="F796" s="1" t="s">
+        <v>3233</v>
+      </c>
+      <c r="G796" s="1"/>
+    </row>
+    <row r="797" spans="1:7">
+      <c r="A797" s="1" t="s">
+        <v>3234</v>
+      </c>
+      <c r="B797" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C797" s="1" t="s">
+        <v>3235</v>
+      </c>
+      <c r="D797" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="E797" s="1" t="s">
+        <v>3236</v>
+      </c>
+      <c r="F797" s="1" t="s">
+        <v>3237</v>
+      </c>
+      <c r="G797" s="1"/>
+    </row>
+    <row r="798" spans="1:7">
+      <c r="A798" s="1" t="s">
+        <v>3238</v>
+      </c>
+      <c r="B798" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C798" s="1" t="s">
+        <v>3239</v>
+      </c>
+      <c r="D798" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="E798" s="1" t="s">
+        <v>3240</v>
+      </c>
+      <c r="F798" s="1" t="s">
+        <v>3241</v>
+      </c>
+      <c r="G798" s="1"/>
+    </row>
+    <row r="799" spans="1:7">
+      <c r="A799" s="1" t="s">
+        <v>3242</v>
+      </c>
+      <c r="B799" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="C799" s="1" t="s">
+        <v>3243</v>
+      </c>
+      <c r="D799" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="E799" s="1" t="s">
+        <v>3244</v>
+      </c>
+      <c r="F799" s="1" t="s">
+        <v>3245</v>
+      </c>
+      <c r="G799" s="1"/>
+    </row>
+    <row r="800" spans="1:7">
+      <c r="A800" s="1" t="s">
+        <v>3246</v>
+      </c>
+      <c r="B800" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C800" s="1" t="s">
+        <v>3247</v>
+      </c>
+      <c r="D800" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="E800" s="1" t="s">
+        <v>3248</v>
+      </c>
+      <c r="F800" s="1" t="s">
+        <v>3249</v>
+      </c>
+      <c r="G800" s="1"/>
+    </row>
+    <row r="801" spans="1:7">
+      <c r="A801" s="1" t="s">
+        <v>3250</v>
+      </c>
+      <c r="B801" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C801" s="1" t="s">
+        <v>3251</v>
+      </c>
+      <c r="D801" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="E801" s="1" t="s">
+        <v>3252</v>
+      </c>
+      <c r="F801" s="1" t="s">
+        <v>3253</v>
+      </c>
+      <c r="G801" s="1"/>
+    </row>
+    <row r="802" spans="1:7">
+      <c r="A802" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B802" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C802" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="D802" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="E802" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="F802" s="1" t="s">
+        <v>3254</v>
+      </c>
+      <c r="G802" s="1"/>
+    </row>
+    <row r="803" spans="1:7">
+      <c r="A803" s="1" t="s">
+        <v>3255</v>
+      </c>
+      <c r="B803" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C803" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="D803" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="E803" s="1" t="s">
+        <v>3256</v>
+      </c>
+      <c r="F803" s="1" t="s">
+        <v>3257</v>
+      </c>
+      <c r="G803" s="1"/>
+    </row>
+    <row r="804" spans="1:7">
+      <c r="A804" s="1" t="s">
+        <v>3258</v>
+      </c>
+      <c r="B804" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C804" s="1" t="s">
+        <v>3259</v>
+      </c>
+      <c r="D804" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="E804" s="1" t="s">
+        <v>3260</v>
+      </c>
+      <c r="F804" s="1" t="s">
+        <v>3261</v>
+      </c>
+      <c r="G804" s="1"/>
+    </row>
+    <row r="805" spans="1:7">
+      <c r="A805" s="1" t="s">
+        <v>3262</v>
+      </c>
+      <c r="B805" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C805" s="1" t="s">
+        <v>3263</v>
+      </c>
+      <c r="D805" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="E805" s="1" t="s">
+        <v>3264</v>
+      </c>
+      <c r="F805" s="1" t="s">
+        <v>3265</v>
+      </c>
+      <c r="G805" s="1"/>
+    </row>
+    <row r="806" spans="1:7">
+      <c r="A806" s="1" t="s">
+        <v>3266</v>
+      </c>
+      <c r="B806" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C806" s="1" t="s">
+        <v>3267</v>
+      </c>
+      <c r="D806" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="E806" s="1" t="s">
+        <v>3268</v>
+      </c>
+      <c r="F806" s="1" t="s">
+        <v>3269</v>
+      </c>
+      <c r="G806" s="1"/>
+    </row>
+    <row r="807" spans="1:7">
+      <c r="A807" s="1" t="s">
+        <v>3270</v>
+      </c>
+      <c r="B807" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C807" s="1" t="s">
+        <v>3271</v>
+      </c>
+      <c r="D807" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E807" s="1" t="s">
+        <v>3272</v>
+      </c>
+      <c r="F807" s="1" t="s">
+        <v>3273</v>
+      </c>
+      <c r="G807" s="1"/>
+    </row>
+    <row r="808" spans="1:7">
+      <c r="A808" s="1" t="s">
+        <v>3274</v>
+      </c>
+      <c r="B808" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C808" s="1" t="s">
+        <v>3275</v>
+      </c>
+      <c r="D808" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="E808" s="1" t="s">
+        <v>3276</v>
+      </c>
+      <c r="F808" s="1" t="s">
+        <v>3277</v>
+      </c>
+      <c r="G808" s="1"/>
+    </row>
+    <row r="809" spans="1:7">
+      <c r="A809" s="1" t="s">
+        <v>3278</v>
+      </c>
+      <c r="B809" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C809" s="1" t="s">
+        <v>2806</v>
+      </c>
+      <c r="D809" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="E809" s="1" t="s">
+        <v>3279</v>
+      </c>
+      <c r="F809" s="1" t="s">
+        <v>3280</v>
+      </c>
+      <c r="G809" s="1"/>
+    </row>
+    <row r="810" spans="1:7">
+      <c r="A810" s="1" t="s">
+        <v>3281</v>
+      </c>
+      <c r="B810" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C810" s="1" t="s">
+        <v>3282</v>
+      </c>
+      <c r="D810" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="E810" s="1" t="s">
+        <v>3283</v>
+      </c>
+      <c r="F810" s="1" t="s">
+        <v>3284</v>
+      </c>
+      <c r="G810" s="1"/>
+    </row>
+    <row r="811" spans="1:7">
+      <c r="A811" s="1" t="s">
+        <v>3285</v>
+      </c>
+      <c r="B811" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C811" s="1" t="s">
+        <v>3286</v>
+      </c>
+      <c r="D811" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="E811" s="1" t="s">
+        <v>3287</v>
+      </c>
+      <c r="F811" s="1" t="s">
+        <v>3288</v>
+      </c>
+      <c r="G811" s="1"/>
+    </row>
+    <row r="812" spans="1:7">
+      <c r="A812" s="1" t="s">
+        <v>3289</v>
+      </c>
+      <c r="B812" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C812" s="1" t="s">
+        <v>3290</v>
+      </c>
+      <c r="D812" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="E812" s="1" t="s">
+        <v>3291</v>
+      </c>
+      <c r="F812" s="1" t="s">
+        <v>3292</v>
+      </c>
+      <c r="G812" s="1"/>
+    </row>
+    <row r="813" spans="1:7">
+      <c r="A813" s="1" t="s">
+        <v>3293</v>
+      </c>
+      <c r="B813" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C813" s="1" t="s">
+        <v>3294</v>
+      </c>
+      <c r="D813" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="E813" s="1" t="s">
+        <v>3295</v>
+      </c>
+      <c r="F813" s="1" t="s">
+        <v>3296</v>
+      </c>
+      <c r="G813" s="1"/>
+    </row>
+    <row r="814" spans="1:7">
+      <c r="A814" s="1" t="s">
+        <v>3297</v>
+      </c>
+      <c r="B814" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C814" s="1" t="s">
+        <v>3298</v>
+      </c>
+      <c r="D814" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E814" s="1" t="s">
+        <v>3299</v>
+      </c>
+      <c r="F814" s="1" t="s">
+        <v>3300</v>
+      </c>
+      <c r="G814" s="1"/>
+    </row>
+    <row r="815" spans="1:7">
+      <c r="A815" s="1" t="s">
+        <v>3301</v>
+      </c>
+      <c r="B815" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C815" s="1" t="s">
+        <v>3302</v>
+      </c>
+      <c r="D815" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E815" s="1" t="s">
+        <v>3303</v>
+      </c>
+      <c r="F815" s="1" t="s">
+        <v>3304</v>
+      </c>
+      <c r="G815" s="1"/>
+    </row>
+    <row r="816" spans="1:7">
+      <c r="A816" s="1" t="s">
+        <v>3305</v>
+      </c>
+      <c r="B816" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C816" s="1" t="s">
+        <v>3306</v>
+      </c>
+      <c r="D816" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="E816" s="1" t="s">
+        <v>3307</v>
+      </c>
+      <c r="F816" s="1" t="s">
+        <v>3308</v>
+      </c>
+      <c r="G816" s="1"/>
+    </row>
+    <row r="817" spans="1:7">
+      <c r="A817" s="1" t="s">
+        <v>3309</v>
+      </c>
+      <c r="B817" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C817" s="1" t="s">
+        <v>3310</v>
+      </c>
+      <c r="D817" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="E817" s="1" t="s">
+        <v>3311</v>
+      </c>
+      <c r="F817" s="1" t="s">
+        <v>3312</v>
+      </c>
+      <c r="G817" s="1"/>
+    </row>
+    <row r="818" spans="1:7">
+      <c r="A818" s="1" t="s">
+        <v>3313</v>
+      </c>
+      <c r="B818" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="C818" s="1" t="s">
+        <v>3314</v>
+      </c>
+      <c r="D818" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="E818" s="1" t="s">
+        <v>3315</v>
+      </c>
+      <c r="F818" s="1" t="s">
+        <v>3316</v>
+      </c>
+      <c r="G818" s="1"/>
+    </row>
+    <row r="819" spans="1:7">
+      <c r="A819" s="1" t="s">
+        <v>3317</v>
+      </c>
+      <c r="B819" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C819" s="1" t="s">
+        <v>3318</v>
+      </c>
+      <c r="D819" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E819" s="1" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F819" s="1" t="s">
+        <v>3320</v>
+      </c>
+      <c r="G819" s="1"/>
+    </row>
+    <row r="820" spans="1:7">
+      <c r="A820" s="1" t="s">
+        <v>3321</v>
+      </c>
+      <c r="B820" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C820" s="1" t="s">
+        <v>3322</v>
+      </c>
+      <c r="D820" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E820" s="1" t="s">
+        <v>3323</v>
+      </c>
+      <c r="F820" s="1" t="s">
+        <v>3324</v>
+      </c>
+      <c r="G820" s="1"/>
+    </row>
+    <row r="821" spans="1:7">
+      <c r="A821" s="1" t="s">
+        <v>3325</v>
+      </c>
+      <c r="B821" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C821" s="1" t="s">
+        <v>3326</v>
+      </c>
+      <c r="D821" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E821" s="1" t="s">
+        <v>3327</v>
+      </c>
+      <c r="F821" s="1" t="s">
+        <v>3328</v>
+      </c>
+      <c r="G821" s="1"/>
+    </row>
+    <row r="822" spans="1:7">
+      <c r="A822" s="1" t="s">
+        <v>3329</v>
+      </c>
+      <c r="B822" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C822" s="1" t="s">
+        <v>3330</v>
+      </c>
+      <c r="D822" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="E822" s="1" t="s">
+        <v>3331</v>
+      </c>
+      <c r="F822" s="1" t="s">
+        <v>3332</v>
+      </c>
+      <c r="G822" s="1"/>
+    </row>
+    <row r="823" spans="1:7">
+      <c r="A823" s="1" t="s">
+        <v>3333</v>
+      </c>
+      <c r="B823" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C823" s="1" t="s">
+        <v>3334</v>
+      </c>
+      <c r="D823" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="E823" s="1" t="s">
+        <v>3335</v>
+      </c>
+      <c r="F823" s="1" t="s">
+        <v>3336</v>
+      </c>
+      <c r="G823" s="1"/>
+    </row>
+    <row r="824" spans="1:7">
+      <c r="A824" s="1" t="s">
+        <v>3337</v>
+      </c>
+      <c r="B824" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C824" s="1" t="s">
+        <v>3338</v>
+      </c>
+      <c r="D824" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="E824" s="1" t="s">
+        <v>3339</v>
+      </c>
+      <c r="F824" s="1" t="s">
+        <v>3340</v>
+      </c>
+      <c r="G824" s="1"/>
+    </row>
+    <row r="825" spans="1:7">
+      <c r="A825" s="1" t="s">
+        <v>3341</v>
+      </c>
+      <c r="B825" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C825" s="1" t="s">
+        <v>3342</v>
+      </c>
+      <c r="D825" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="E825" s="1" t="s">
+        <v>3343</v>
+      </c>
+      <c r="F825" s="1" t="s">
+        <v>3344</v>
+      </c>
+      <c r="G825" s="1"/>
+    </row>
+    <row r="826" spans="1:7">
+      <c r="A826" s="1" t="s">
+        <v>3345</v>
+      </c>
+      <c r="B826" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C826" s="1" t="s">
+        <v>3346</v>
+      </c>
+      <c r="D826" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="E826" s="1" t="s">
+        <v>3347</v>
+      </c>
+      <c r="F826" s="1" t="s">
+        <v>3348</v>
+      </c>
+      <c r="G826" s="1"/>
+    </row>
+    <row r="827" spans="1:7">
+      <c r="A827" s="1" t="s">
+        <v>3349</v>
+      </c>
+      <c r="B827" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C827" s="1" t="s">
+        <v>3350</v>
+      </c>
+      <c r="D827" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="E827" s="1" t="s">
+        <v>3351</v>
+      </c>
+      <c r="F827" s="1" t="s">
+        <v>3352</v>
+      </c>
+      <c r="G827" s="1"/>
+    </row>
+    <row r="828" spans="1:7">
+      <c r="A828" s="1" t="s">
+        <v>3353</v>
+      </c>
+      <c r="B828" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C828" s="1" t="s">
+        <v>3354</v>
+      </c>
+      <c r="D828" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="E828" s="1" t="s">
+        <v>3355</v>
+      </c>
+      <c r="F828" s="1" t="s">
+        <v>3356</v>
+      </c>
+      <c r="G828" s="1"/>
+    </row>
+    <row r="829" spans="1:7">
+      <c r="A829" s="1" t="s">
+        <v>3357</v>
+      </c>
+      <c r="B829" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C829" s="1" t="s">
+        <v>3358</v>
+      </c>
+      <c r="D829" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="E829" s="1" t="s">
+        <v>3359</v>
+      </c>
+      <c r="F829" s="1" t="s">
+        <v>3360</v>
+      </c>
+      <c r="G829" s="1"/>
+    </row>
+    <row r="830" spans="1:7">
+      <c r="A830" s="1" t="s">
+        <v>3361</v>
+      </c>
+      <c r="B830" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C830" s="1" t="s">
+        <v>3362</v>
+      </c>
+      <c r="D830" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="E830" s="1" t="s">
+        <v>3363</v>
+      </c>
+      <c r="F830" s="1" t="s">
+        <v>3364</v>
+      </c>
+      <c r="G830" s="1"/>
+    </row>
+    <row r="831" spans="1:7">
+      <c r="A831" s="1" t="s">
+        <v>3365</v>
+      </c>
+      <c r="B831" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C831" s="1" t="s">
+        <v>3366</v>
+      </c>
+      <c r="D831" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="E831" s="1" t="s">
+        <v>3367</v>
+      </c>
+      <c r="F831" s="1" t="s">
+        <v>3368</v>
+      </c>
+      <c r="G831" s="1"/>
+    </row>
+    <row r="832" spans="1:7">
+      <c r="A832" s="1" t="s">
+        <v>3369</v>
+      </c>
+      <c r="B832" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C832" s="1" t="s">
+        <v>3370</v>
+      </c>
+      <c r="D832" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="E832" s="1" t="s">
+        <v>3371</v>
+      </c>
+      <c r="F832" s="1" t="s">
+        <v>3372</v>
+      </c>
+      <c r="G832" s="1"/>
+    </row>
+    <row r="833" spans="1:7">
+      <c r="A833" s="1" t="s">
+        <v>3373</v>
+      </c>
+      <c r="B833" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C833" s="1" t="s">
+        <v>3374</v>
+      </c>
+      <c r="D833" s="1" t="s">
+        <v>1583</v>
+      </c>
+      <c r="E833" s="1" t="s">
+        <v>3375</v>
+      </c>
+      <c r="F833" s="1" t="s">
+        <v>3376</v>
+      </c>
+      <c r="G833" s="1"/>
+    </row>
+    <row r="834" spans="1:7">
+      <c r="A834" s="1" t="s">
+        <v>3377</v>
+      </c>
+      <c r="B834" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C834" s="1" t="s">
+        <v>3378</v>
+      </c>
+      <c r="D834" s="1" t="s">
+        <v>3379</v>
+      </c>
+      <c r="E834" s="1" t="s">
+        <v>3380</v>
+      </c>
+      <c r="F834" s="1" t="s">
+        <v>3381</v>
+      </c>
+      <c r="G834" s="1"/>
+    </row>
+    <row r="835" spans="1:7">
+      <c r="A835" s="1" t="s">
+        <v>3382</v>
+      </c>
+      <c r="B835" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C835" s="1" t="s">
+        <v>3383</v>
+      </c>
+      <c r="D835" s="1" t="s">
+        <v>3384</v>
+      </c>
+      <c r="E835" s="1" t="s">
+        <v>3385</v>
+      </c>
+      <c r="F835" s="1" t="s">
+        <v>3386</v>
+      </c>
+      <c r="G835" s="1"/>
+    </row>
+    <row r="836" spans="1:7">
+      <c r="A836" s="1" t="s">
+        <v>3387</v>
+      </c>
+      <c r="B836" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C836" s="1" t="s">
+        <v>3388</v>
+      </c>
+      <c r="D836" s="1" t="s">
+        <v>3389</v>
+      </c>
+      <c r="E836" s="1" t="s">
+        <v>3390</v>
+      </c>
+      <c r="F836" s="1" t="s">
+        <v>3391</v>
+      </c>
+      <c r="G836" s="1"/>
+    </row>
+    <row r="837" spans="1:7">
+      <c r="A837" s="1" t="s">
+        <v>3392</v>
+      </c>
+      <c r="B837" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C837" s="1" t="s">
+        <v>3393</v>
+      </c>
+      <c r="D837" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="E837" s="1" t="s">
+        <v>3394</v>
+      </c>
+      <c r="F837" s="1" t="s">
+        <v>3395</v>
+      </c>
+      <c r="G837" s="1"/>
+    </row>
+    <row r="838" spans="1:7">
+      <c r="A838" s="1" t="s">
+        <v>3396</v>
+      </c>
+      <c r="B838" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C838" s="1" t="s">
+        <v>3397</v>
+      </c>
+      <c r="D838" s="1" t="s">
+        <v>3384</v>
+      </c>
+      <c r="E838" s="1" t="s">
+        <v>3398</v>
+      </c>
+      <c r="F838" s="1" t="s">
+        <v>3399</v>
+      </c>
+      <c r="G838" s="1"/>
+    </row>
+    <row r="839" spans="1:7">
+      <c r="A839" s="1" t="s">
+        <v>3400</v>
+      </c>
+      <c r="B839" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C839" s="1" t="s">
+        <v>3401</v>
+      </c>
+      <c r="D839" s="1" t="s">
+        <v>3402</v>
+      </c>
+      <c r="E839" s="1" t="s">
+        <v>3403</v>
+      </c>
+      <c r="F839" s="1" t="s">
+        <v>3404</v>
+      </c>
+      <c r="G839" s="1"/>
+    </row>
+    <row r="840" spans="1:7">
+      <c r="A840" s="1" t="s">
+        <v>3405</v>
+      </c>
+      <c r="B840" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C840" s="1" t="s">
+        <v>3406</v>
+      </c>
+      <c r="D840" s="1" t="s">
+        <v>3384</v>
+      </c>
+      <c r="E840" s="1" t="s">
+        <v>3407</v>
+      </c>
+      <c r="F840" s="1" t="s">
+        <v>3408</v>
+      </c>
+      <c r="G840" s="1"/>
+    </row>
+    <row r="841" spans="1:7">
+      <c r="A841" s="1" t="s">
+        <v>3409</v>
+      </c>
+      <c r="B841" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C841" s="1" t="s">
+        <v>3410</v>
+      </c>
+      <c r="D841" s="1" t="s">
+        <v>3402</v>
+      </c>
+      <c r="E841" s="1" t="s">
+        <v>3411</v>
+      </c>
+      <c r="F841" s="1" t="s">
+        <v>3412</v>
+      </c>
+      <c r="G841" s="1"/>
+    </row>
+    <row r="842" spans="1:7">
+      <c r="A842" s="1" t="s">
+        <v>3413</v>
+      </c>
+      <c r="B842" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C842" s="1" t="s">
+        <v>3414</v>
+      </c>
+      <c r="D842" s="1" t="s">
+        <v>3402</v>
+      </c>
+      <c r="E842" s="1" t="s">
+        <v>3415</v>
+      </c>
+      <c r="F842" s="1" t="s">
+        <v>3416</v>
+      </c>
+      <c r="G842" s="1"/>
+    </row>
+    <row r="843" spans="1:7">
+      <c r="A843" s="1" t="s">
+        <v>3417</v>
+      </c>
+      <c r="B843" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C843" s="1" t="s">
+        <v>3418</v>
+      </c>
+      <c r="D843" s="1" t="s">
+        <v>3402</v>
+      </c>
+      <c r="E843" s="1" t="s">
+        <v>3419</v>
+      </c>
+      <c r="F843" s="1" t="s">
+        <v>3420</v>
+      </c>
+      <c r="G843" s="1"/>
+    </row>
+    <row r="844" spans="1:7">
+      <c r="A844" s="1" t="s">
+        <v>3421</v>
+      </c>
+      <c r="B844" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C844" s="1" t="s">
+        <v>3422</v>
+      </c>
+      <c r="D844" s="1" t="s">
+        <v>3402</v>
+      </c>
+      <c r="E844" s="1" t="s">
+        <v>3423</v>
+      </c>
+      <c r="F844" s="1" t="s">
+        <v>3424</v>
+      </c>
+      <c r="G844" s="1"/>
+    </row>
+    <row r="845" spans="1:7">
+      <c r="A845" s="1" t="s">
+        <v>3425</v>
+      </c>
+      <c r="B845" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C845" s="1" t="s">
+        <v>3426</v>
+      </c>
+      <c r="D845" s="1" t="s">
+        <v>3402</v>
+      </c>
+      <c r="E845" s="1" t="s">
+        <v>3427</v>
+      </c>
+      <c r="F845" s="1" t="s">
+        <v>3428</v>
+      </c>
+      <c r="G845" s="1"/>
+    </row>
+    <row r="846" spans="1:7">
+      <c r="A846" s="1" t="s">
+        <v>3429</v>
+      </c>
+      <c r="B846" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C846" s="1" t="s">
+        <v>3430</v>
+      </c>
+      <c r="D846" s="1" t="s">
+        <v>3402</v>
+      </c>
+      <c r="E846" s="1" t="s">
+        <v>3431</v>
+      </c>
+      <c r="F846" s="1" t="s">
+        <v>3432</v>
+      </c>
+      <c r="G846" s="1"/>
+    </row>
+    <row r="847" spans="1:7">
+      <c r="A847" s="1" t="s">
+        <v>3433</v>
+      </c>
+      <c r="B847" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C847" s="1" t="s">
+        <v>3434</v>
+      </c>
+      <c r="D847" s="1" t="s">
+        <v>3402</v>
+      </c>
+      <c r="E847" s="1" t="s">
+        <v>3435</v>
+      </c>
+      <c r="F847" s="1" t="s">
+        <v>3436</v>
+      </c>
+      <c r="G847" s="1"/>
+    </row>
+    <row r="848" spans="1:7">
+      <c r="A848" s="1" t="s">
+        <v>3437</v>
+      </c>
+      <c r="B848" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C848" s="1" t="s">
+        <v>3438</v>
+      </c>
+      <c r="D848" s="1" t="s">
+        <v>3402</v>
+      </c>
+      <c r="E848" s="1" t="s">
+        <v>3439</v>
+      </c>
+      <c r="F848" s="1" t="s">
+        <v>3440</v>
+      </c>
+      <c r="G848" s="1"/>
+    </row>
+    <row r="849" spans="1:7">
+      <c r="A849" s="1" t="s">
+        <v>3441</v>
+      </c>
+      <c r="B849" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C849" s="1" t="s">
+        <v>3442</v>
+      </c>
+      <c r="D849" s="1" t="s">
+        <v>3402</v>
+      </c>
+      <c r="E849" s="1" t="s">
+        <v>3443</v>
+      </c>
+      <c r="F849" s="1" t="s">
+        <v>3444</v>
+      </c>
+      <c r="G849" s="1"/>
+    </row>
+    <row r="850" spans="1:7">
+      <c r="A850" s="1" t="s">
+        <v>3445</v>
+      </c>
+      <c r="B850" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C850" s="1" t="s">
+        <v>3446</v>
+      </c>
+      <c r="D850" s="1" t="s">
+        <v>3402</v>
+      </c>
+      <c r="E850" s="1" t="s">
+        <v>3447</v>
+      </c>
+      <c r="F850" s="1" t="s">
+        <v>3448</v>
+      </c>
+      <c r="G850" s="1"/>
+    </row>
+    <row r="851" spans="1:7">
+      <c r="A851" s="1" t="s">
+        <v>3449</v>
+      </c>
+      <c r="B851" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C851" s="1" t="s">
+        <v>3450</v>
+      </c>
+      <c r="D851" s="1" t="s">
+        <v>3402</v>
+      </c>
+      <c r="E851" s="1" t="s">
+        <v>3451</v>
+      </c>
+      <c r="F851" s="1" t="s">
+        <v>3452</v>
+      </c>
+      <c r="G851" s="1"/>
+    </row>
+    <row r="852" spans="1:7">
+      <c r="A852" s="1" t="s">
+        <v>3453</v>
+      </c>
+      <c r="B852" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C852" s="1" t="s">
+        <v>3454</v>
+      </c>
+      <c r="D852" s="1" t="s">
+        <v>3379</v>
+      </c>
+      <c r="E852" s="1" t="s">
+        <v>3455</v>
+      </c>
+      <c r="F852" s="1" t="s">
+        <v>3456</v>
+      </c>
+      <c r="G852" s="1"/>
+    </row>
+    <row r="853" spans="1:7">
+      <c r="A853" s="1" t="s">
+        <v>3457</v>
+      </c>
+      <c r="B853" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C853" s="1" t="s">
+        <v>3458</v>
+      </c>
+      <c r="D853" s="1" t="s">
+        <v>3379</v>
+      </c>
+      <c r="E853" s="1" t="s">
+        <v>3459</v>
+      </c>
+      <c r="F853" s="1" t="s">
+        <v>3460</v>
+      </c>
+      <c r="G853" s="1"/>
+    </row>
+    <row r="854" spans="1:7">
+      <c r="A854" s="1" t="s">
+        <v>3461</v>
+      </c>
+      <c r="B854" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C854" s="1" t="s">
+        <v>3462</v>
+      </c>
+      <c r="D854" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="E854" s="1" t="s">
+        <v>3463</v>
+      </c>
+      <c r="F854" s="1" t="s">
+        <v>3464</v>
+      </c>
+      <c r="G854" s="1"/>
+    </row>
+    <row r="855" spans="1:7">
+      <c r="A855" s="1" t="s">
+        <v>3465</v>
+      </c>
+      <c r="B855" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C855" s="1" t="s">
+        <v>3466</v>
+      </c>
+      <c r="D855" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="E855" s="1" t="s">
+        <v>3467</v>
+      </c>
+      <c r="F855" s="1" t="s">
+        <v>3468</v>
+      </c>
+      <c r="G855" s="1"/>
+    </row>
+    <row r="856" spans="1:7">
+      <c r="A856" s="1" t="s">
+        <v>3469</v>
+      </c>
+      <c r="B856" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C856" s="1" t="s">
+        <v>3470</v>
+      </c>
+      <c r="D856" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E856" s="1" t="s">
+        <v>3471</v>
+      </c>
+      <c r="F856" s="1" t="s">
+        <v>3472</v>
+      </c>
+      <c r="G856" s="1"/>
+    </row>
+    <row r="857" spans="1:7">
+      <c r="A857" s="1" t="s">
+        <v>3473</v>
+      </c>
+      <c r="B857" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="C857" s="1" t="s">
+        <v>3474</v>
+      </c>
+      <c r="D857" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E857" s="1" t="s">
+        <v>3475</v>
+      </c>
+      <c r="F857" s="1" t="s">
+        <v>3476</v>
+      </c>
+      <c r="G857" s="1"/>
+    </row>
+    <row r="858" spans="1:7">
+      <c r="A858" s="1" t="s">
+        <v>3477</v>
+      </c>
+      <c r="B858" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C858" s="1" t="s">
+        <v>3478</v>
+      </c>
+      <c r="D858" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="E858" s="1" t="s">
+        <v>3479</v>
+      </c>
+      <c r="F858" s="1" t="s">
+        <v>3480</v>
+      </c>
+      <c r="G858" s="1"/>
+    </row>
+    <row r="859" spans="1:7">
+      <c r="A859" s="1" t="s">
+        <v>3481</v>
+      </c>
+      <c r="B859" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C859" s="1" t="s">
+        <v>3482</v>
+      </c>
+      <c r="D859" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E859" s="1" t="s">
+        <v>3483</v>
+      </c>
+      <c r="F859" s="1" t="s">
+        <v>3484</v>
+      </c>
+      <c r="G859" s="1"/>
+    </row>
+    <row r="860" spans="1:7">
+      <c r="A860" s="1" t="s">
+        <v>3485</v>
+      </c>
+      <c r="B860" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C860" s="1" t="s">
+        <v>3486</v>
+      </c>
+      <c r="D860" s="1" t="s">
+        <v>3487</v>
+      </c>
+      <c r="E860" s="1" t="s">
+        <v>3488</v>
+      </c>
+      <c r="F860" s="1" t="s">
+        <v>3489</v>
+      </c>
+      <c r="G860" s="1"/>
+    </row>
+    <row r="861" spans="1:7">
+      <c r="A861" s="1" t="s">
+        <v>3490</v>
+      </c>
+      <c r="B861" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C861" s="1" t="s">
+        <v>3491</v>
+      </c>
+      <c r="D861" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="E861" s="1" t="s">
+        <v>3492</v>
+      </c>
+      <c r="F861" s="1" t="s">
+        <v>3493</v>
+      </c>
+      <c r="G861" s="1"/>
+    </row>
+    <row r="862" spans="1:7">
+      <c r="A862" s="1" t="s">
+        <v>3494</v>
+      </c>
+      <c r="B862" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C862" s="1" t="s">
+        <v>3495</v>
+      </c>
+      <c r="D862" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="E862" s="1" t="s">
+        <v>3496</v>
+      </c>
+      <c r="F862" s="1" t="s">
+        <v>3497</v>
+      </c>
+      <c r="G862" s="1"/>
+    </row>
+    <row r="863" spans="1:7">
+      <c r="A863" s="1" t="s">
+        <v>3498</v>
+      </c>
+      <c r="B863" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C863" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D863" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="E863" s="1" t="s">
+        <v>3499</v>
+      </c>
+      <c r="F863" s="1" t="s">
+        <v>3500</v>
+      </c>
+      <c r="G863" s="1"/>
+    </row>
+    <row r="864" spans="1:7">
+      <c r="A864" s="1" t="s">
+        <v>3501</v>
+      </c>
+      <c r="B864" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C864" s="1" t="s">
+        <v>3502</v>
+      </c>
+      <c r="D864" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="E864" s="1" t="s">
+        <v>3503</v>
+      </c>
+      <c r="F864" s="1" t="s">
+        <v>3504</v>
+      </c>
+      <c r="G864" s="1"/>
+    </row>
+    <row r="865" spans="1:7">
+      <c r="A865" s="1" t="s">
+        <v>3505</v>
+      </c>
+      <c r="B865" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C865" s="1" t="s">
+        <v>3506</v>
+      </c>
+      <c r="D865" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="E865" s="1" t="s">
+        <v>3507</v>
+      </c>
+      <c r="F865" s="1" t="s">
+        <v>3508</v>
+      </c>
+      <c r="G865" s="1"/>
+    </row>
+    <row r="866" spans="1:7">
+      <c r="A866" s="1" t="s">
+        <v>3509</v>
+      </c>
+      <c r="B866" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C866" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D866" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="E866" s="1" t="s">
+        <v>3510</v>
+      </c>
+      <c r="F866" s="1" t="s">
+        <v>3511</v>
+      </c>
+      <c r="G866" s="1"/>
+    </row>
+    <row r="867" spans="1:7">
+      <c r="A867" s="1" t="s">
+        <v>3512</v>
+      </c>
+      <c r="B867" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C867" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D867" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="E867" s="1" t="s">
+        <v>3513</v>
+      </c>
+      <c r="F867" s="1" t="s">
+        <v>3514</v>
+      </c>
+      <c r="G867" s="1"/>
+    </row>
+    <row r="868" spans="1:7">
+      <c r="A868" s="1" t="s">
+        <v>3515</v>
+      </c>
+      <c r="B868" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C868" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D868" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="E868" s="1" t="s">
+        <v>3516</v>
+      </c>
+      <c r="F868" s="1" t="s">
+        <v>3517</v>
+      </c>
+      <c r="G868" s="1"/>
+    </row>
+    <row r="869" spans="1:7">
+      <c r="A869" s="1" t="s">
+        <v>3518</v>
+      </c>
+      <c r="B869" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C869" s="1" t="s">
+        <v>3519</v>
+      </c>
+      <c r="D869" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E869" s="1" t="s">
+        <v>3520</v>
+      </c>
+      <c r="F869" s="1" t="s">
+        <v>3521</v>
+      </c>
+      <c r="G869" s="1"/>
+    </row>
+    <row r="870" spans="1:7">
+      <c r="A870" s="1" t="s">
+        <v>3522</v>
+      </c>
+      <c r="B870" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C870" s="1" t="s">
+        <v>3523</v>
+      </c>
+      <c r="D870" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E870" s="1" t="s">
+        <v>3524</v>
+      </c>
+      <c r="F870" s="1" t="s">
+        <v>3525</v>
+      </c>
+      <c r="G870" s="1"/>
+    </row>
+    <row r="871" spans="1:7">
+      <c r="A871" s="1" t="s">
+        <v>2918</v>
+      </c>
+      <c r="B871" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C871" s="1" t="s">
+        <v>3526</v>
+      </c>
+      <c r="D871" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="E871" s="1" t="s">
+        <v>2920</v>
+      </c>
+      <c r="F871" s="1" t="s">
+        <v>3527</v>
+      </c>
+      <c r="G871" s="1"/>
+    </row>
+    <row r="872" spans="1:7">
+      <c r="A872" s="1" t="s">
+        <v>3528</v>
+      </c>
+      <c r="B872" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C872" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D872" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="E872" s="1" t="s">
+        <v>3529</v>
+      </c>
+      <c r="F872" s="1" t="s">
+        <v>3530</v>
+      </c>
+      <c r="G872" s="1"/>
+    </row>
+    <row r="873" spans="1:7">
+      <c r="A873" s="1" t="s">
+        <v>3531</v>
+      </c>
+      <c r="B873" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C873" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D873" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="E873" s="1" t="s">
+        <v>3532</v>
+      </c>
+      <c r="F873" s="1" t="s">
+        <v>3533</v>
+      </c>
+      <c r="G873" s="1"/>
+    </row>
+    <row r="874" spans="1:7">
+      <c r="A874" s="1" t="s">
+        <v>3534</v>
+      </c>
+      <c r="B874" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C874" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D874" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="E874" s="1" t="s">
+        <v>3535</v>
+      </c>
+      <c r="F874" s="1" t="s">
+        <v>3536</v>
+      </c>
+      <c r="G874" s="1"/>
+    </row>
+    <row r="875" spans="1:7">
+      <c r="A875" s="1" t="s">
+        <v>3537</v>
+      </c>
+      <c r="B875" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C875" s="1" t="s">
+        <v>3538</v>
+      </c>
+      <c r="D875" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E875" s="1" t="s">
+        <v>3539</v>
+      </c>
+      <c r="F875" s="1" t="s">
+        <v>3540</v>
+      </c>
+      <c r="G875" s="1"/>
+    </row>
+    <row r="876" spans="1:7">
+      <c r="A876" s="1" t="s">
+        <v>3541</v>
+      </c>
+      <c r="B876" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C876" s="1" t="s">
+        <v>3542</v>
+      </c>
+      <c r="D876" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="E876" s="1" t="s">
+        <v>3543</v>
+      </c>
+      <c r="F876" s="1" t="s">
+        <v>3544</v>
+      </c>
+      <c r="G876" s="1"/>
+    </row>
+    <row r="877" spans="1:7">
+      <c r="A877" s="1" t="s">
+        <v>3545</v>
+      </c>
+      <c r="B877" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C877" s="1" t="s">
+        <v>3546</v>
+      </c>
+      <c r="D877" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="E877" s="1" t="s">
+        <v>3547</v>
+      </c>
+      <c r="F877" s="1" t="s">
+        <v>3548</v>
+      </c>
+      <c r="G877" s="1"/>
+    </row>
+    <row r="878" spans="1:7">
+      <c r="A878" s="1" t="s">
+        <v>3549</v>
+      </c>
+      <c r="B878" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C878" s="1" t="s">
+        <v>3550</v>
+      </c>
+      <c r="D878" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="E878" s="1" t="s">
+        <v>3551</v>
+      </c>
+      <c r="F878" s="1" t="s">
+        <v>3552</v>
+      </c>
+      <c r="G878" s="1"/>
+    </row>
+    <row r="879" spans="1:7">
+      <c r="A879" s="1" t="s">
+        <v>3553</v>
+      </c>
+      <c r="B879" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C879" s="1" t="s">
+        <v>3554</v>
+      </c>
+      <c r="D879" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="E879" s="1" t="s">
+        <v>3555</v>
+      </c>
+      <c r="F879" s="1" t="s">
+        <v>3556</v>
+      </c>
+      <c r="G879" s="1"/>
+    </row>
+    <row r="880" spans="1:7">
+      <c r="A880" s="1" t="s">
+        <v>3557</v>
+      </c>
+      <c r="B880" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="C880" s="1" t="s">
+        <v>3558</v>
+      </c>
+      <c r="D880" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E880" s="1" t="s">
+        <v>3559</v>
+      </c>
+      <c r="F880" s="1" t="s">
+        <v>3560</v>
+      </c>
+      <c r="G880" s="1"/>
+    </row>
+    <row r="881" spans="1:7">
+      <c r="A881" s="1" t="s">
+        <v>3561</v>
+      </c>
+      <c r="B881" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C881" s="1" t="s">
+        <v>3562</v>
+      </c>
+      <c r="D881" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E881" s="1" t="s">
+        <v>3563</v>
+      </c>
+      <c r="F881" s="1" t="s">
+        <v>3564</v>
+      </c>
+      <c r="G881" s="1"/>
+    </row>
+    <row r="882" spans="1:7">
+      <c r="A882" s="1" t="s">
+        <v>3565</v>
+      </c>
+      <c r="B882" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C882" s="1" t="s">
+        <v>3566</v>
+      </c>
+      <c r="D882" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="E882" s="1" t="s">
+        <v>3567</v>
+      </c>
+      <c r="F882" s="1" t="s">
+        <v>3568</v>
+      </c>
+      <c r="G882" s="1"/>
+    </row>
+    <row r="883" spans="1:7">
+      <c r="A883" s="1" t="s">
+        <v>3569</v>
+      </c>
+      <c r="B883" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C883" s="1" t="s">
+        <v>3570</v>
+      </c>
+      <c r="D883" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="E883" s="1" t="s">
+        <v>3571</v>
+      </c>
+      <c r="F883" s="1" t="s">
+        <v>3572</v>
+      </c>
+      <c r="G883" s="1"/>
+    </row>
+    <row r="884" spans="1:7">
+      <c r="A884" s="1" t="s">
+        <v>3573</v>
+      </c>
+      <c r="B884" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C884" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D884" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="E884" s="1" t="s">
+        <v>3574</v>
+      </c>
+      <c r="F884" s="1" t="s">
+        <v>3575</v>
+      </c>
+      <c r="G884" s="1"/>
+    </row>
+    <row r="885" spans="1:7">
+      <c r="A885" s="1" t="s">
+        <v>3576</v>
+      </c>
+      <c r="B885" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C885" s="1" t="s">
+        <v>3577</v>
+      </c>
+      <c r="D885" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E885" s="1" t="s">
+        <v>3578</v>
+      </c>
+      <c r="F885" s="1" t="s">
+        <v>3579</v>
+      </c>
+      <c r="G885" s="1"/>
+    </row>
+    <row r="886" spans="1:7">
+      <c r="A886" s="1" t="s">
+        <v>3580</v>
+      </c>
+      <c r="B886" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C886" s="1" t="s">
+        <v>3581</v>
+      </c>
+      <c r="D886" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="E886" s="1" t="s">
+        <v>3582</v>
+      </c>
+      <c r="F886" s="1" t="s">
+        <v>3583</v>
+      </c>
+      <c r="G886" s="1"/>
+    </row>
+    <row r="887" spans="1:7">
+      <c r="A887" s="1" t="s">
+        <v>3584</v>
+      </c>
+      <c r="B887" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C887" s="1" t="s">
+        <v>3585</v>
+      </c>
+      <c r="D887" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="E887" s="1" t="s">
+        <v>3586</v>
+      </c>
+      <c r="F887" s="1" t="s">
+        <v>3587</v>
+      </c>
+      <c r="G887" s="1"/>
+    </row>
+    <row r="888" spans="1:7">
+      <c r="A888" s="1" t="s">
+        <v>3588</v>
+      </c>
+      <c r="B888" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C888" s="1" t="s">
+        <v>3589</v>
+      </c>
+      <c r="D888" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="E888" s="1" t="s">
+        <v>3590</v>
+      </c>
+      <c r="F888" s="1" t="s">
+        <v>3591</v>
+      </c>
+      <c r="G888" s="1"/>
+    </row>
+    <row r="889" spans="1:7">
+      <c r="A889" s="1" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B889" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C889" s="1" t="s">
+        <v>3593</v>
+      </c>
+      <c r="D889" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="E889" s="1" t="s">
+        <v>3594</v>
+      </c>
+      <c r="F889" s="1" t="s">
+        <v>3595</v>
+      </c>
+      <c r="G889" s="1"/>
+    </row>
+    <row r="890" spans="1:7">
+      <c r="A890" s="1" t="s">
+        <v>3596</v>
+      </c>
+      <c r="B890" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C890" s="1" t="s">
+        <v>3597</v>
+      </c>
+      <c r="D890" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="E890" s="1" t="s">
+        <v>3598</v>
+      </c>
+      <c r="F890" s="1" t="s">
+        <v>3599</v>
+      </c>
+      <c r="G890" s="1"/>
+    </row>
+    <row r="891" spans="1:7">
+      <c r="A891" s="1" t="s">
+        <v>3600</v>
+      </c>
+      <c r="B891" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C891" s="1" t="s">
+        <v>3601</v>
+      </c>
+      <c r="D891" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="E891" s="1" t="s">
+        <v>3602</v>
+      </c>
+      <c r="F891" s="1" t="s">
+        <v>3603</v>
+      </c>
+      <c r="G891" s="1"/>
+    </row>
+    <row r="892" spans="1:7">
+      <c r="A892" s="1" t="s">
+        <v>3604</v>
+      </c>
+      <c r="B892" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C892" s="1" t="s">
+        <v>3605</v>
+      </c>
+      <c r="D892" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="E892" s="1" t="s">
+        <v>3606</v>
+      </c>
+      <c r="F892" s="1" t="s">
+        <v>3607</v>
+      </c>
+      <c r="G892" s="1"/>
+    </row>
+    <row r="893" spans="1:7">
+      <c r="A893" s="1" t="s">
+        <v>3608</v>
+      </c>
+      <c r="B893" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C893" s="1" t="s">
+        <v>3609</v>
+      </c>
+      <c r="D893" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="E893" s="1" t="s">
+        <v>3610</v>
+      </c>
+      <c r="F893" s="1" t="s">
+        <v>3611</v>
+      </c>
+      <c r="G893" s="1"/>
+    </row>
+    <row r="894" spans="1:7">
+      <c r="A894" s="1" t="s">
+        <v>3612</v>
+      </c>
+      <c r="B894" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C894" s="1" t="s">
+        <v>3613</v>
+      </c>
+      <c r="D894" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="E894" s="1" t="s">
+        <v>3614</v>
+      </c>
+      <c r="F894" s="1" t="s">
+        <v>3615</v>
+      </c>
+      <c r="G894" s="1"/>
+    </row>
+    <row r="895" spans="1:7">
+      <c r="A895" s="1" t="s">
+        <v>3616</v>
+      </c>
+      <c r="B895" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C895" s="1" t="s">
+        <v>3617</v>
+      </c>
+      <c r="D895" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="E895" s="1" t="s">
+        <v>3618</v>
+      </c>
+      <c r="F895" s="1" t="s">
+        <v>3619</v>
+      </c>
+      <c r="G895" s="1"/>
+    </row>
+    <row r="896" spans="1:7">
+      <c r="A896" s="1" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B896" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C896" s="1" t="s">
+        <v>3621</v>
+      </c>
+      <c r="D896" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="E896" s="1" t="s">
+        <v>3622</v>
+      </c>
+      <c r="F896" s="1" t="s">
+        <v>3623</v>
+      </c>
+      <c r="G896" s="1"/>
+    </row>
+    <row r="897" spans="1:7">
+      <c r="A897" s="1" t="s">
+        <v>3624</v>
+      </c>
+      <c r="B897" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C897" s="1" t="s">
+        <v>3625</v>
+      </c>
+      <c r="D897" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="E897" s="1" t="s">
+        <v>3626</v>
+      </c>
+      <c r="F897" s="1" t="s">
+        <v>3627</v>
+      </c>
+      <c r="G897" s="1"/>
+    </row>
+    <row r="898" spans="1:7">
+      <c r="A898" s="1" t="s">
+        <v>3628</v>
+      </c>
+      <c r="B898" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C898" s="1" t="s">
+        <v>3629</v>
+      </c>
+      <c r="D898" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E898" s="1" t="s">
+        <v>3630</v>
+      </c>
+      <c r="F898" s="1" t="s">
+        <v>3631</v>
+      </c>
+      <c r="G898" s="1"/>
+    </row>
+    <row r="899" spans="1:7">
+      <c r="A899" s="1" t="s">
+        <v>3632</v>
+      </c>
+      <c r="B899" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C899" s="1" t="s">
+        <v>3633</v>
+      </c>
+      <c r="D899" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="E899" s="1" t="s">
+        <v>3634</v>
+      </c>
+      <c r="F899" s="1" t="s">
+        <v>3635</v>
+      </c>
+      <c r="G899" s="1"/>
+    </row>
+    <row r="900" spans="1:7">
+      <c r="A900" s="1" t="s">
+        <v>3636</v>
+      </c>
+      <c r="B900" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C900" s="1" t="s">
+        <v>3637</v>
+      </c>
+      <c r="D900" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="E900" s="1" t="s">
+        <v>3638</v>
+      </c>
+      <c r="F900" s="1" t="s">
+        <v>3639</v>
+      </c>
+      <c r="G900" s="1"/>
+    </row>
+    <row r="901" spans="1:7">
+      <c r="A901" s="1" t="s">
+        <v>3640</v>
+      </c>
+      <c r="B901" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C901" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D901" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E901" s="1" t="s">
+        <v>3641</v>
+      </c>
+      <c r="F901" s="1" t="s">
+        <v>3642</v>
+      </c>
+      <c r="G901" s="1"/>
+    </row>
+    <row r="902" spans="1:7">
+      <c r="A902" s="1" t="s">
+        <v>3643</v>
+      </c>
+      <c r="B902" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C902" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D902" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="E902" s="1" t="s">
+        <v>3644</v>
+      </c>
+      <c r="F902" s="1" t="s">
+        <v>3645</v>
+      </c>
+      <c r="G902" s="1"/>
+    </row>
+    <row r="903" spans="1:7">
+      <c r="A903" s="1" t="s">
+        <v>3646</v>
+      </c>
+      <c r="B903" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C903" s="1" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D903" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="E903" s="1" t="s">
+        <v>3647</v>
+      </c>
+      <c r="F903" s="1" t="s">
+        <v>3648</v>
+      </c>
+      <c r="G903" s="1"/>
+    </row>
+    <row r="904" spans="1:7">
+      <c r="A904" s="1" t="s">
+        <v>3649</v>
+      </c>
+      <c r="B904" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C904" s="1" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D904" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E904" s="1" t="s">
+        <v>3650</v>
+      </c>
+      <c r="F904" s="1" t="s">
+        <v>3651</v>
+      </c>
+      <c r="G904" s="1"/>
+    </row>
+    <row r="905" spans="1:7">
+      <c r="A905" s="1" t="s">
+        <v>3652</v>
+      </c>
+      <c r="B905" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C905" s="1" t="s">
+        <v>3653</v>
+      </c>
+      <c r="D905" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="E905" s="1" t="s">
+        <v>3654</v>
+      </c>
+      <c r="F905" s="1" t="s">
+        <v>3655</v>
+      </c>
+      <c r="G905" s="1"/>
+    </row>
+    <row r="906" spans="1:7">
+      <c r="A906" s="1" t="s">
+        <v>3656</v>
+      </c>
+      <c r="B906" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C906" s="1" t="s">
+        <v>3657</v>
+      </c>
+      <c r="D906" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="E906" s="1" t="s">
+        <v>3658</v>
+      </c>
+      <c r="F906" s="1" t="s">
+        <v>3659</v>
+      </c>
+      <c r="G906" s="1"/>
+    </row>
+    <row r="907" spans="1:7">
+      <c r="A907" s="1" t="s">
+        <v>3660</v>
+      </c>
+      <c r="B907" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C907" s="1" t="s">
+        <v>3661</v>
+      </c>
+      <c r="D907" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="E907" s="1" t="s">
+        <v>3662</v>
+      </c>
+      <c r="F907" s="1" t="s">
+        <v>3663</v>
+      </c>
+      <c r="G907" s="1"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId1"/>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="E3" r:id="rId3"/>
     <hyperlink ref="F3" r:id="rId4"/>
     <hyperlink ref="E4" r:id="rId5"/>
     <hyperlink ref="F4" r:id="rId6"/>
     <hyperlink ref="E5" r:id="rId7"/>
     <hyperlink ref="F5" r:id="rId8"/>
     <hyperlink ref="E6" r:id="rId9"/>
     <hyperlink ref="F6" r:id="rId10"/>
     <hyperlink ref="E7" r:id="rId11"/>
     <hyperlink ref="F7" r:id="rId12"/>
     <hyperlink ref="E8" r:id="rId13"/>
     <hyperlink ref="F8" r:id="rId14"/>
     <hyperlink ref="E9" r:id="rId15"/>
     <hyperlink ref="F9" r:id="rId16"/>
     <hyperlink ref="E10" r:id="rId17"/>
     <hyperlink ref="F10" r:id="rId18"/>
     <hyperlink ref="E11" r:id="rId19"/>
     <hyperlink ref="F11" r:id="rId20"/>
     <hyperlink ref="E12" r:id="rId21"/>
     <hyperlink ref="F12" r:id="rId22"/>
@@ -10919,54 +31007,1282 @@
     <hyperlink ref="F281" r:id="rId560"/>
     <hyperlink ref="E282" r:id="rId561"/>
     <hyperlink ref="F282" r:id="rId562"/>
     <hyperlink ref="E283" r:id="rId563"/>
     <hyperlink ref="F283" r:id="rId564"/>
     <hyperlink ref="E284" r:id="rId565"/>
     <hyperlink ref="F284" r:id="rId566"/>
     <hyperlink ref="E285" r:id="rId567"/>
     <hyperlink ref="F285" r:id="rId568"/>
     <hyperlink ref="E286" r:id="rId569"/>
     <hyperlink ref="F286" r:id="rId570"/>
     <hyperlink ref="E287" r:id="rId571"/>
     <hyperlink ref="F287" r:id="rId572"/>
     <hyperlink ref="E288" r:id="rId573"/>
     <hyperlink ref="F288" r:id="rId574"/>
     <hyperlink ref="E289" r:id="rId575"/>
     <hyperlink ref="F289" r:id="rId576"/>
     <hyperlink ref="E290" r:id="rId577"/>
     <hyperlink ref="F290" r:id="rId578"/>
     <hyperlink ref="E291" r:id="rId579"/>
     <hyperlink ref="F291" r:id="rId580"/>
     <hyperlink ref="E292" r:id="rId581"/>
     <hyperlink ref="F292" r:id="rId582"/>
     <hyperlink ref="E293" r:id="rId583"/>
     <hyperlink ref="F293" r:id="rId584"/>
+    <hyperlink ref="E294" r:id="rId585"/>
+    <hyperlink ref="F294" r:id="rId586"/>
+    <hyperlink ref="E295" r:id="rId587"/>
+    <hyperlink ref="F295" r:id="rId588"/>
+    <hyperlink ref="E296" r:id="rId589"/>
+    <hyperlink ref="F296" r:id="rId590"/>
+    <hyperlink ref="E297" r:id="rId591"/>
+    <hyperlink ref="F297" r:id="rId592"/>
+    <hyperlink ref="E298" r:id="rId593"/>
+    <hyperlink ref="F298" r:id="rId594"/>
+    <hyperlink ref="E299" r:id="rId595"/>
+    <hyperlink ref="F299" r:id="rId596"/>
+    <hyperlink ref="E300" r:id="rId597"/>
+    <hyperlink ref="F300" r:id="rId598"/>
+    <hyperlink ref="E301" r:id="rId599"/>
+    <hyperlink ref="F301" r:id="rId600"/>
+    <hyperlink ref="E302" r:id="rId601"/>
+    <hyperlink ref="F302" r:id="rId602"/>
+    <hyperlink ref="E303" r:id="rId603"/>
+    <hyperlink ref="F303" r:id="rId604"/>
+    <hyperlink ref="E304" r:id="rId605"/>
+    <hyperlink ref="F304" r:id="rId606"/>
+    <hyperlink ref="E305" r:id="rId607"/>
+    <hyperlink ref="F305" r:id="rId608"/>
+    <hyperlink ref="E306" r:id="rId609"/>
+    <hyperlink ref="F306" r:id="rId610"/>
+    <hyperlink ref="E307" r:id="rId611"/>
+    <hyperlink ref="F307" r:id="rId612"/>
+    <hyperlink ref="E308" r:id="rId613"/>
+    <hyperlink ref="F308" r:id="rId614"/>
+    <hyperlink ref="E309" r:id="rId615"/>
+    <hyperlink ref="F309" r:id="rId616"/>
+    <hyperlink ref="E310" r:id="rId617"/>
+    <hyperlink ref="F310" r:id="rId618"/>
+    <hyperlink ref="E311" r:id="rId619"/>
+    <hyperlink ref="F311" r:id="rId620"/>
+    <hyperlink ref="E312" r:id="rId621"/>
+    <hyperlink ref="F312" r:id="rId622"/>
+    <hyperlink ref="E313" r:id="rId623"/>
+    <hyperlink ref="F313" r:id="rId624"/>
+    <hyperlink ref="E314" r:id="rId625"/>
+    <hyperlink ref="F314" r:id="rId626"/>
+    <hyperlink ref="E315" r:id="rId627"/>
+    <hyperlink ref="F315" r:id="rId628"/>
+    <hyperlink ref="E316" r:id="rId629"/>
+    <hyperlink ref="F316" r:id="rId630"/>
+    <hyperlink ref="E317" r:id="rId631"/>
+    <hyperlink ref="F317" r:id="rId632"/>
+    <hyperlink ref="E318" r:id="rId633"/>
+    <hyperlink ref="F318" r:id="rId634"/>
+    <hyperlink ref="E319" r:id="rId635"/>
+    <hyperlink ref="F319" r:id="rId636"/>
+    <hyperlink ref="E320" r:id="rId637"/>
+    <hyperlink ref="F320" r:id="rId638"/>
+    <hyperlink ref="E321" r:id="rId639"/>
+    <hyperlink ref="F321" r:id="rId640"/>
+    <hyperlink ref="E322" r:id="rId641"/>
+    <hyperlink ref="F322" r:id="rId642"/>
+    <hyperlink ref="E323" r:id="rId643"/>
+    <hyperlink ref="F323" r:id="rId644"/>
+    <hyperlink ref="E324" r:id="rId645"/>
+    <hyperlink ref="F324" r:id="rId646"/>
+    <hyperlink ref="E325" r:id="rId647"/>
+    <hyperlink ref="F325" r:id="rId648"/>
+    <hyperlink ref="E326" r:id="rId649"/>
+    <hyperlink ref="F326" r:id="rId650"/>
+    <hyperlink ref="E327" r:id="rId651"/>
+    <hyperlink ref="F327" r:id="rId652"/>
+    <hyperlink ref="E328" r:id="rId653"/>
+    <hyperlink ref="F328" r:id="rId654"/>
+    <hyperlink ref="E329" r:id="rId655"/>
+    <hyperlink ref="F329" r:id="rId656"/>
+    <hyperlink ref="E330" r:id="rId657"/>
+    <hyperlink ref="F330" r:id="rId658"/>
+    <hyperlink ref="E331" r:id="rId659"/>
+    <hyperlink ref="F331" r:id="rId660"/>
+    <hyperlink ref="E332" r:id="rId661"/>
+    <hyperlink ref="F332" r:id="rId662"/>
+    <hyperlink ref="E333" r:id="rId663"/>
+    <hyperlink ref="F333" r:id="rId664"/>
+    <hyperlink ref="E334" r:id="rId665"/>
+    <hyperlink ref="F334" r:id="rId666"/>
+    <hyperlink ref="E335" r:id="rId667"/>
+    <hyperlink ref="F335" r:id="rId668"/>
+    <hyperlink ref="E336" r:id="rId669"/>
+    <hyperlink ref="F336" r:id="rId670"/>
+    <hyperlink ref="E337" r:id="rId671"/>
+    <hyperlink ref="F337" r:id="rId672"/>
+    <hyperlink ref="E338" r:id="rId673"/>
+    <hyperlink ref="F338" r:id="rId674"/>
+    <hyperlink ref="E339" r:id="rId675"/>
+    <hyperlink ref="F339" r:id="rId676"/>
+    <hyperlink ref="E340" r:id="rId677"/>
+    <hyperlink ref="F340" r:id="rId678"/>
+    <hyperlink ref="E341" r:id="rId679"/>
+    <hyperlink ref="F341" r:id="rId680"/>
+    <hyperlink ref="E342" r:id="rId681"/>
+    <hyperlink ref="F342" r:id="rId682"/>
+    <hyperlink ref="E343" r:id="rId683"/>
+    <hyperlink ref="F343" r:id="rId684"/>
+    <hyperlink ref="E344" r:id="rId685"/>
+    <hyperlink ref="F344" r:id="rId686"/>
+    <hyperlink ref="E345" r:id="rId687"/>
+    <hyperlink ref="F345" r:id="rId688"/>
+    <hyperlink ref="E346" r:id="rId689"/>
+    <hyperlink ref="F346" r:id="rId690"/>
+    <hyperlink ref="E347" r:id="rId691"/>
+    <hyperlink ref="F347" r:id="rId692"/>
+    <hyperlink ref="E348" r:id="rId693"/>
+    <hyperlink ref="F348" r:id="rId694"/>
+    <hyperlink ref="E349" r:id="rId695"/>
+    <hyperlink ref="F349" r:id="rId696"/>
+    <hyperlink ref="E350" r:id="rId697"/>
+    <hyperlink ref="F350" r:id="rId698"/>
+    <hyperlink ref="E351" r:id="rId699"/>
+    <hyperlink ref="F351" r:id="rId700"/>
+    <hyperlink ref="E352" r:id="rId701"/>
+    <hyperlink ref="F352" r:id="rId702"/>
+    <hyperlink ref="E353" r:id="rId703"/>
+    <hyperlink ref="F353" r:id="rId704"/>
+    <hyperlink ref="E354" r:id="rId705"/>
+    <hyperlink ref="F354" r:id="rId706"/>
+    <hyperlink ref="E355" r:id="rId707"/>
+    <hyperlink ref="F355" r:id="rId708"/>
+    <hyperlink ref="E356" r:id="rId709"/>
+    <hyperlink ref="F356" r:id="rId710"/>
+    <hyperlink ref="E357" r:id="rId711"/>
+    <hyperlink ref="F357" r:id="rId712"/>
+    <hyperlink ref="E358" r:id="rId713"/>
+    <hyperlink ref="F358" r:id="rId714"/>
+    <hyperlink ref="E359" r:id="rId715"/>
+    <hyperlink ref="F359" r:id="rId716"/>
+    <hyperlink ref="E360" r:id="rId717"/>
+    <hyperlink ref="F360" r:id="rId718"/>
+    <hyperlink ref="E361" r:id="rId719"/>
+    <hyperlink ref="F361" r:id="rId720"/>
+    <hyperlink ref="E362" r:id="rId721"/>
+    <hyperlink ref="F362" r:id="rId722"/>
+    <hyperlink ref="E363" r:id="rId723"/>
+    <hyperlink ref="F363" r:id="rId724"/>
+    <hyperlink ref="E364" r:id="rId725"/>
+    <hyperlink ref="F364" r:id="rId726"/>
+    <hyperlink ref="E365" r:id="rId727"/>
+    <hyperlink ref="F365" r:id="rId728"/>
+    <hyperlink ref="E366" r:id="rId729"/>
+    <hyperlink ref="F366" r:id="rId730"/>
+    <hyperlink ref="E367" r:id="rId731"/>
+    <hyperlink ref="F367" r:id="rId732"/>
+    <hyperlink ref="E368" r:id="rId733"/>
+    <hyperlink ref="F368" r:id="rId734"/>
+    <hyperlink ref="E369" r:id="rId735"/>
+    <hyperlink ref="F369" r:id="rId736"/>
+    <hyperlink ref="E370" r:id="rId737"/>
+    <hyperlink ref="F370" r:id="rId738"/>
+    <hyperlink ref="E371" r:id="rId739"/>
+    <hyperlink ref="F371" r:id="rId740"/>
+    <hyperlink ref="E372" r:id="rId741"/>
+    <hyperlink ref="F372" r:id="rId742"/>
+    <hyperlink ref="E373" r:id="rId743"/>
+    <hyperlink ref="F373" r:id="rId744"/>
+    <hyperlink ref="E374" r:id="rId745"/>
+    <hyperlink ref="F374" r:id="rId746"/>
+    <hyperlink ref="E375" r:id="rId747"/>
+    <hyperlink ref="F375" r:id="rId748"/>
+    <hyperlink ref="E376" r:id="rId749"/>
+    <hyperlink ref="F376" r:id="rId750"/>
+    <hyperlink ref="E377" r:id="rId751"/>
+    <hyperlink ref="F377" r:id="rId752"/>
+    <hyperlink ref="E378" r:id="rId753"/>
+    <hyperlink ref="F378" r:id="rId754"/>
+    <hyperlink ref="E379" r:id="rId755"/>
+    <hyperlink ref="F379" r:id="rId756"/>
+    <hyperlink ref="E380" r:id="rId757"/>
+    <hyperlink ref="F380" r:id="rId758"/>
+    <hyperlink ref="E381" r:id="rId759"/>
+    <hyperlink ref="F381" r:id="rId760"/>
+    <hyperlink ref="E382" r:id="rId761"/>
+    <hyperlink ref="F382" r:id="rId762"/>
+    <hyperlink ref="E383" r:id="rId763"/>
+    <hyperlink ref="F383" r:id="rId764"/>
+    <hyperlink ref="E384" r:id="rId765"/>
+    <hyperlink ref="F384" r:id="rId766"/>
+    <hyperlink ref="E385" r:id="rId767"/>
+    <hyperlink ref="F385" r:id="rId768"/>
+    <hyperlink ref="E386" r:id="rId769"/>
+    <hyperlink ref="F386" r:id="rId770"/>
+    <hyperlink ref="E387" r:id="rId771"/>
+    <hyperlink ref="F387" r:id="rId772"/>
+    <hyperlink ref="E388" r:id="rId773"/>
+    <hyperlink ref="F388" r:id="rId774"/>
+    <hyperlink ref="E389" r:id="rId775"/>
+    <hyperlink ref="F389" r:id="rId776"/>
+    <hyperlink ref="E390" r:id="rId777"/>
+    <hyperlink ref="F390" r:id="rId778"/>
+    <hyperlink ref="E391" r:id="rId779"/>
+    <hyperlink ref="F391" r:id="rId780"/>
+    <hyperlink ref="E392" r:id="rId781"/>
+    <hyperlink ref="F392" r:id="rId782"/>
+    <hyperlink ref="E393" r:id="rId783"/>
+    <hyperlink ref="F393" r:id="rId784"/>
+    <hyperlink ref="E394" r:id="rId785"/>
+    <hyperlink ref="F394" r:id="rId786"/>
+    <hyperlink ref="E395" r:id="rId787"/>
+    <hyperlink ref="F395" r:id="rId788"/>
+    <hyperlink ref="E396" r:id="rId789"/>
+    <hyperlink ref="F396" r:id="rId790"/>
+    <hyperlink ref="E397" r:id="rId791"/>
+    <hyperlink ref="F397" r:id="rId792"/>
+    <hyperlink ref="E398" r:id="rId793"/>
+    <hyperlink ref="F398" r:id="rId794"/>
+    <hyperlink ref="E399" r:id="rId795"/>
+    <hyperlink ref="F399" r:id="rId796"/>
+    <hyperlink ref="E400" r:id="rId797"/>
+    <hyperlink ref="F400" r:id="rId798"/>
+    <hyperlink ref="E401" r:id="rId799"/>
+    <hyperlink ref="F401" r:id="rId800"/>
+    <hyperlink ref="E402" r:id="rId801"/>
+    <hyperlink ref="F402" r:id="rId802"/>
+    <hyperlink ref="E403" r:id="rId803"/>
+    <hyperlink ref="F403" r:id="rId804"/>
+    <hyperlink ref="E404" r:id="rId805"/>
+    <hyperlink ref="F404" r:id="rId806"/>
+    <hyperlink ref="E405" r:id="rId807"/>
+    <hyperlink ref="F405" r:id="rId808"/>
+    <hyperlink ref="E406" r:id="rId809"/>
+    <hyperlink ref="F406" r:id="rId810"/>
+    <hyperlink ref="E407" r:id="rId811"/>
+    <hyperlink ref="F407" r:id="rId812"/>
+    <hyperlink ref="E408" r:id="rId813"/>
+    <hyperlink ref="F408" r:id="rId814"/>
+    <hyperlink ref="E409" r:id="rId815"/>
+    <hyperlink ref="F409" r:id="rId816"/>
+    <hyperlink ref="E410" r:id="rId817"/>
+    <hyperlink ref="F410" r:id="rId818"/>
+    <hyperlink ref="E411" r:id="rId819"/>
+    <hyperlink ref="F411" r:id="rId820"/>
+    <hyperlink ref="E412" r:id="rId821"/>
+    <hyperlink ref="F412" r:id="rId822"/>
+    <hyperlink ref="E413" r:id="rId823"/>
+    <hyperlink ref="F413" r:id="rId824"/>
+    <hyperlink ref="E414" r:id="rId825"/>
+    <hyperlink ref="F414" r:id="rId826"/>
+    <hyperlink ref="E415" r:id="rId827"/>
+    <hyperlink ref="F415" r:id="rId828"/>
+    <hyperlink ref="E416" r:id="rId829"/>
+    <hyperlink ref="F416" r:id="rId830"/>
+    <hyperlink ref="E417" r:id="rId831"/>
+    <hyperlink ref="F417" r:id="rId832"/>
+    <hyperlink ref="E418" r:id="rId833"/>
+    <hyperlink ref="F418" r:id="rId834"/>
+    <hyperlink ref="E419" r:id="rId835"/>
+    <hyperlink ref="F419" r:id="rId836"/>
+    <hyperlink ref="E420" r:id="rId837"/>
+    <hyperlink ref="F420" r:id="rId838"/>
+    <hyperlink ref="E421" r:id="rId839"/>
+    <hyperlink ref="F421" r:id="rId840"/>
+    <hyperlink ref="E422" r:id="rId841"/>
+    <hyperlink ref="F422" r:id="rId842"/>
+    <hyperlink ref="E423" r:id="rId843"/>
+    <hyperlink ref="F423" r:id="rId844"/>
+    <hyperlink ref="E424" r:id="rId845"/>
+    <hyperlink ref="F424" r:id="rId846"/>
+    <hyperlink ref="E425" r:id="rId847"/>
+    <hyperlink ref="F425" r:id="rId848"/>
+    <hyperlink ref="E426" r:id="rId849"/>
+    <hyperlink ref="F426" r:id="rId850"/>
+    <hyperlink ref="E427" r:id="rId851"/>
+    <hyperlink ref="F427" r:id="rId852"/>
+    <hyperlink ref="E428" r:id="rId853"/>
+    <hyperlink ref="F428" r:id="rId854"/>
+    <hyperlink ref="E429" r:id="rId855"/>
+    <hyperlink ref="F429" r:id="rId856"/>
+    <hyperlink ref="E430" r:id="rId857"/>
+    <hyperlink ref="F430" r:id="rId858"/>
+    <hyperlink ref="E431" r:id="rId859"/>
+    <hyperlink ref="F431" r:id="rId860"/>
+    <hyperlink ref="E432" r:id="rId861"/>
+    <hyperlink ref="F432" r:id="rId862"/>
+    <hyperlink ref="E433" r:id="rId863"/>
+    <hyperlink ref="F433" r:id="rId864"/>
+    <hyperlink ref="E434" r:id="rId865"/>
+    <hyperlink ref="F434" r:id="rId866"/>
+    <hyperlink ref="E435" r:id="rId867"/>
+    <hyperlink ref="F435" r:id="rId868"/>
+    <hyperlink ref="E436" r:id="rId869"/>
+    <hyperlink ref="F436" r:id="rId870"/>
+    <hyperlink ref="E437" r:id="rId871"/>
+    <hyperlink ref="F437" r:id="rId872"/>
+    <hyperlink ref="E438" r:id="rId873"/>
+    <hyperlink ref="F438" r:id="rId874"/>
+    <hyperlink ref="E439" r:id="rId875"/>
+    <hyperlink ref="F439" r:id="rId876"/>
+    <hyperlink ref="E440" r:id="rId877"/>
+    <hyperlink ref="F440" r:id="rId878"/>
+    <hyperlink ref="E441" r:id="rId879"/>
+    <hyperlink ref="F441" r:id="rId880"/>
+    <hyperlink ref="E442" r:id="rId881"/>
+    <hyperlink ref="F442" r:id="rId882"/>
+    <hyperlink ref="E443" r:id="rId883"/>
+    <hyperlink ref="F443" r:id="rId884"/>
+    <hyperlink ref="E444" r:id="rId885"/>
+    <hyperlink ref="F444" r:id="rId886"/>
+    <hyperlink ref="E445" r:id="rId887"/>
+    <hyperlink ref="F445" r:id="rId888"/>
+    <hyperlink ref="E446" r:id="rId889"/>
+    <hyperlink ref="F446" r:id="rId890"/>
+    <hyperlink ref="E447" r:id="rId891"/>
+    <hyperlink ref="F447" r:id="rId892"/>
+    <hyperlink ref="E448" r:id="rId893"/>
+    <hyperlink ref="F448" r:id="rId894"/>
+    <hyperlink ref="E449" r:id="rId895"/>
+    <hyperlink ref="F449" r:id="rId896"/>
+    <hyperlink ref="E450" r:id="rId897"/>
+    <hyperlink ref="F450" r:id="rId898"/>
+    <hyperlink ref="E451" r:id="rId899"/>
+    <hyperlink ref="F451" r:id="rId900"/>
+    <hyperlink ref="E452" r:id="rId901"/>
+    <hyperlink ref="F452" r:id="rId902"/>
+    <hyperlink ref="E453" r:id="rId903"/>
+    <hyperlink ref="F453" r:id="rId904"/>
+    <hyperlink ref="E454" r:id="rId905"/>
+    <hyperlink ref="F454" r:id="rId906"/>
+    <hyperlink ref="E455" r:id="rId907"/>
+    <hyperlink ref="F455" r:id="rId908"/>
+    <hyperlink ref="E456" r:id="rId909"/>
+    <hyperlink ref="F456" r:id="rId910"/>
+    <hyperlink ref="E457" r:id="rId911"/>
+    <hyperlink ref="F457" r:id="rId912"/>
+    <hyperlink ref="E458" r:id="rId913"/>
+    <hyperlink ref="F458" r:id="rId914"/>
+    <hyperlink ref="E459" r:id="rId915"/>
+    <hyperlink ref="F459" r:id="rId916"/>
+    <hyperlink ref="E460" r:id="rId917"/>
+    <hyperlink ref="F460" r:id="rId918"/>
+    <hyperlink ref="E461" r:id="rId919"/>
+    <hyperlink ref="F461" r:id="rId920"/>
+    <hyperlink ref="E462" r:id="rId921"/>
+    <hyperlink ref="F462" r:id="rId922"/>
+    <hyperlink ref="E463" r:id="rId923"/>
+    <hyperlink ref="F463" r:id="rId924"/>
+    <hyperlink ref="E464" r:id="rId925"/>
+    <hyperlink ref="F464" r:id="rId926"/>
+    <hyperlink ref="E465" r:id="rId927"/>
+    <hyperlink ref="F465" r:id="rId928"/>
+    <hyperlink ref="E466" r:id="rId929"/>
+    <hyperlink ref="F466" r:id="rId930"/>
+    <hyperlink ref="E467" r:id="rId931"/>
+    <hyperlink ref="F467" r:id="rId932"/>
+    <hyperlink ref="E468" r:id="rId933"/>
+    <hyperlink ref="F468" r:id="rId934"/>
+    <hyperlink ref="E469" r:id="rId935"/>
+    <hyperlink ref="F469" r:id="rId936"/>
+    <hyperlink ref="E470" r:id="rId937"/>
+    <hyperlink ref="F470" r:id="rId938"/>
+    <hyperlink ref="E471" r:id="rId939"/>
+    <hyperlink ref="F471" r:id="rId940"/>
+    <hyperlink ref="E472" r:id="rId941"/>
+    <hyperlink ref="F472" r:id="rId942"/>
+    <hyperlink ref="E473" r:id="rId943"/>
+    <hyperlink ref="F473" r:id="rId944"/>
+    <hyperlink ref="E474" r:id="rId945"/>
+    <hyperlink ref="F474" r:id="rId946"/>
+    <hyperlink ref="E475" r:id="rId947"/>
+    <hyperlink ref="F475" r:id="rId948"/>
+    <hyperlink ref="E476" r:id="rId949"/>
+    <hyperlink ref="F476" r:id="rId950"/>
+    <hyperlink ref="E477" r:id="rId951"/>
+    <hyperlink ref="F477" r:id="rId952"/>
+    <hyperlink ref="E478" r:id="rId953"/>
+    <hyperlink ref="F478" r:id="rId954"/>
+    <hyperlink ref="E479" r:id="rId955"/>
+    <hyperlink ref="F479" r:id="rId956"/>
+    <hyperlink ref="E480" r:id="rId957"/>
+    <hyperlink ref="F480" r:id="rId958"/>
+    <hyperlink ref="E481" r:id="rId959"/>
+    <hyperlink ref="F481" r:id="rId960"/>
+    <hyperlink ref="E482" r:id="rId961"/>
+    <hyperlink ref="F482" r:id="rId962"/>
+    <hyperlink ref="E483" r:id="rId963"/>
+    <hyperlink ref="F483" r:id="rId964"/>
+    <hyperlink ref="E484" r:id="rId965"/>
+    <hyperlink ref="F484" r:id="rId966"/>
+    <hyperlink ref="E485" r:id="rId967"/>
+    <hyperlink ref="F485" r:id="rId968"/>
+    <hyperlink ref="E486" r:id="rId969"/>
+    <hyperlink ref="F486" r:id="rId970"/>
+    <hyperlink ref="E487" r:id="rId971"/>
+    <hyperlink ref="F487" r:id="rId972"/>
+    <hyperlink ref="E488" r:id="rId973"/>
+    <hyperlink ref="F488" r:id="rId974"/>
+    <hyperlink ref="E489" r:id="rId975"/>
+    <hyperlink ref="F489" r:id="rId976"/>
+    <hyperlink ref="E490" r:id="rId977"/>
+    <hyperlink ref="F490" r:id="rId978"/>
+    <hyperlink ref="E491" r:id="rId979"/>
+    <hyperlink ref="F491" r:id="rId980"/>
+    <hyperlink ref="E492" r:id="rId981"/>
+    <hyperlink ref="F492" r:id="rId982"/>
+    <hyperlink ref="E493" r:id="rId983"/>
+    <hyperlink ref="F493" r:id="rId984"/>
+    <hyperlink ref="E494" r:id="rId985"/>
+    <hyperlink ref="F494" r:id="rId986"/>
+    <hyperlink ref="E495" r:id="rId987"/>
+    <hyperlink ref="F495" r:id="rId988"/>
+    <hyperlink ref="E496" r:id="rId989"/>
+    <hyperlink ref="F496" r:id="rId990"/>
+    <hyperlink ref="E497" r:id="rId991"/>
+    <hyperlink ref="F497" r:id="rId992"/>
+    <hyperlink ref="E498" r:id="rId993"/>
+    <hyperlink ref="F498" r:id="rId994"/>
+    <hyperlink ref="E499" r:id="rId995"/>
+    <hyperlink ref="F499" r:id="rId996"/>
+    <hyperlink ref="E500" r:id="rId997"/>
+    <hyperlink ref="F500" r:id="rId998"/>
+    <hyperlink ref="E501" r:id="rId999"/>
+    <hyperlink ref="F501" r:id="rId1000"/>
+    <hyperlink ref="E502" r:id="rId1001"/>
+    <hyperlink ref="F502" r:id="rId1002"/>
+    <hyperlink ref="E503" r:id="rId1003"/>
+    <hyperlink ref="F503" r:id="rId1004"/>
+    <hyperlink ref="E504" r:id="rId1005"/>
+    <hyperlink ref="F504" r:id="rId1006"/>
+    <hyperlink ref="E505" r:id="rId1007"/>
+    <hyperlink ref="F505" r:id="rId1008"/>
+    <hyperlink ref="E506" r:id="rId1009"/>
+    <hyperlink ref="F506" r:id="rId1010"/>
+    <hyperlink ref="E507" r:id="rId1011"/>
+    <hyperlink ref="F507" r:id="rId1012"/>
+    <hyperlink ref="E508" r:id="rId1013"/>
+    <hyperlink ref="F508" r:id="rId1014"/>
+    <hyperlink ref="E509" r:id="rId1015"/>
+    <hyperlink ref="F509" r:id="rId1016"/>
+    <hyperlink ref="E510" r:id="rId1017"/>
+    <hyperlink ref="F510" r:id="rId1018"/>
+    <hyperlink ref="E511" r:id="rId1019"/>
+    <hyperlink ref="F511" r:id="rId1020"/>
+    <hyperlink ref="E512" r:id="rId1021"/>
+    <hyperlink ref="F512" r:id="rId1022"/>
+    <hyperlink ref="E513" r:id="rId1023"/>
+    <hyperlink ref="F513" r:id="rId1024"/>
+    <hyperlink ref="E514" r:id="rId1025"/>
+    <hyperlink ref="F514" r:id="rId1026"/>
+    <hyperlink ref="E515" r:id="rId1027"/>
+    <hyperlink ref="F515" r:id="rId1028"/>
+    <hyperlink ref="E516" r:id="rId1029"/>
+    <hyperlink ref="F516" r:id="rId1030"/>
+    <hyperlink ref="E517" r:id="rId1031"/>
+    <hyperlink ref="F517" r:id="rId1032"/>
+    <hyperlink ref="E518" r:id="rId1033"/>
+    <hyperlink ref="F518" r:id="rId1034"/>
+    <hyperlink ref="E519" r:id="rId1035"/>
+    <hyperlink ref="F519" r:id="rId1036"/>
+    <hyperlink ref="E520" r:id="rId1037"/>
+    <hyperlink ref="F520" r:id="rId1038"/>
+    <hyperlink ref="E521" r:id="rId1039"/>
+    <hyperlink ref="F521" r:id="rId1040"/>
+    <hyperlink ref="E522" r:id="rId1041"/>
+    <hyperlink ref="F522" r:id="rId1042"/>
+    <hyperlink ref="E523" r:id="rId1043"/>
+    <hyperlink ref="F523" r:id="rId1044"/>
+    <hyperlink ref="E524" r:id="rId1045"/>
+    <hyperlink ref="F524" r:id="rId1046"/>
+    <hyperlink ref="E525" r:id="rId1047"/>
+    <hyperlink ref="F525" r:id="rId1048"/>
+    <hyperlink ref="E526" r:id="rId1049"/>
+    <hyperlink ref="F526" r:id="rId1050"/>
+    <hyperlink ref="E527" r:id="rId1051"/>
+    <hyperlink ref="F527" r:id="rId1052"/>
+    <hyperlink ref="E528" r:id="rId1053"/>
+    <hyperlink ref="F528" r:id="rId1054"/>
+    <hyperlink ref="E529" r:id="rId1055"/>
+    <hyperlink ref="F529" r:id="rId1056"/>
+    <hyperlink ref="E530" r:id="rId1057"/>
+    <hyperlink ref="F530" r:id="rId1058"/>
+    <hyperlink ref="E531" r:id="rId1059"/>
+    <hyperlink ref="F531" r:id="rId1060"/>
+    <hyperlink ref="E532" r:id="rId1061"/>
+    <hyperlink ref="F532" r:id="rId1062"/>
+    <hyperlink ref="E533" r:id="rId1063"/>
+    <hyperlink ref="F533" r:id="rId1064"/>
+    <hyperlink ref="E534" r:id="rId1065"/>
+    <hyperlink ref="F534" r:id="rId1066"/>
+    <hyperlink ref="E535" r:id="rId1067"/>
+    <hyperlink ref="F535" r:id="rId1068"/>
+    <hyperlink ref="E536" r:id="rId1069"/>
+    <hyperlink ref="F536" r:id="rId1070"/>
+    <hyperlink ref="E537" r:id="rId1071"/>
+    <hyperlink ref="F537" r:id="rId1072"/>
+    <hyperlink ref="E538" r:id="rId1073"/>
+    <hyperlink ref="F538" r:id="rId1074"/>
+    <hyperlink ref="E539" r:id="rId1075"/>
+    <hyperlink ref="F539" r:id="rId1076"/>
+    <hyperlink ref="E540" r:id="rId1077"/>
+    <hyperlink ref="F540" r:id="rId1078"/>
+    <hyperlink ref="E541" r:id="rId1079"/>
+    <hyperlink ref="F541" r:id="rId1080"/>
+    <hyperlink ref="E542" r:id="rId1081"/>
+    <hyperlink ref="F542" r:id="rId1082"/>
+    <hyperlink ref="E543" r:id="rId1083"/>
+    <hyperlink ref="F543" r:id="rId1084"/>
+    <hyperlink ref="E544" r:id="rId1085"/>
+    <hyperlink ref="F544" r:id="rId1086"/>
+    <hyperlink ref="E545" r:id="rId1087"/>
+    <hyperlink ref="F545" r:id="rId1088"/>
+    <hyperlink ref="E546" r:id="rId1089"/>
+    <hyperlink ref="F546" r:id="rId1090"/>
+    <hyperlink ref="E547" r:id="rId1091"/>
+    <hyperlink ref="F547" r:id="rId1092"/>
+    <hyperlink ref="E548" r:id="rId1093"/>
+    <hyperlink ref="F548" r:id="rId1094"/>
+    <hyperlink ref="E549" r:id="rId1095"/>
+    <hyperlink ref="F549" r:id="rId1096"/>
+    <hyperlink ref="E550" r:id="rId1097"/>
+    <hyperlink ref="F550" r:id="rId1098"/>
+    <hyperlink ref="E551" r:id="rId1099"/>
+    <hyperlink ref="F551" r:id="rId1100"/>
+    <hyperlink ref="E552" r:id="rId1101"/>
+    <hyperlink ref="F552" r:id="rId1102"/>
+    <hyperlink ref="E553" r:id="rId1103"/>
+    <hyperlink ref="F553" r:id="rId1104"/>
+    <hyperlink ref="E554" r:id="rId1105"/>
+    <hyperlink ref="F554" r:id="rId1106"/>
+    <hyperlink ref="E555" r:id="rId1107"/>
+    <hyperlink ref="F555" r:id="rId1108"/>
+    <hyperlink ref="E556" r:id="rId1109"/>
+    <hyperlink ref="F556" r:id="rId1110"/>
+    <hyperlink ref="E557" r:id="rId1111"/>
+    <hyperlink ref="F557" r:id="rId1112"/>
+    <hyperlink ref="E558" r:id="rId1113"/>
+    <hyperlink ref="F558" r:id="rId1114"/>
+    <hyperlink ref="E559" r:id="rId1115"/>
+    <hyperlink ref="F559" r:id="rId1116"/>
+    <hyperlink ref="E560" r:id="rId1117"/>
+    <hyperlink ref="F560" r:id="rId1118"/>
+    <hyperlink ref="E561" r:id="rId1119"/>
+    <hyperlink ref="F561" r:id="rId1120"/>
+    <hyperlink ref="E562" r:id="rId1121"/>
+    <hyperlink ref="F562" r:id="rId1122"/>
+    <hyperlink ref="E563" r:id="rId1123"/>
+    <hyperlink ref="F563" r:id="rId1124"/>
+    <hyperlink ref="E564" r:id="rId1125"/>
+    <hyperlink ref="F564" r:id="rId1126"/>
+    <hyperlink ref="E565" r:id="rId1127"/>
+    <hyperlink ref="F565" r:id="rId1128"/>
+    <hyperlink ref="E566" r:id="rId1129"/>
+    <hyperlink ref="F566" r:id="rId1130"/>
+    <hyperlink ref="E567" r:id="rId1131"/>
+    <hyperlink ref="F567" r:id="rId1132"/>
+    <hyperlink ref="E568" r:id="rId1133"/>
+    <hyperlink ref="F568" r:id="rId1134"/>
+    <hyperlink ref="E569" r:id="rId1135"/>
+    <hyperlink ref="F569" r:id="rId1136"/>
+    <hyperlink ref="E570" r:id="rId1137"/>
+    <hyperlink ref="F570" r:id="rId1138"/>
+    <hyperlink ref="E571" r:id="rId1139"/>
+    <hyperlink ref="F571" r:id="rId1140"/>
+    <hyperlink ref="E572" r:id="rId1141"/>
+    <hyperlink ref="F572" r:id="rId1142"/>
+    <hyperlink ref="E573" r:id="rId1143"/>
+    <hyperlink ref="F573" r:id="rId1144"/>
+    <hyperlink ref="E574" r:id="rId1145"/>
+    <hyperlink ref="F574" r:id="rId1146"/>
+    <hyperlink ref="E575" r:id="rId1147"/>
+    <hyperlink ref="F575" r:id="rId1148"/>
+    <hyperlink ref="E576" r:id="rId1149"/>
+    <hyperlink ref="F576" r:id="rId1150"/>
+    <hyperlink ref="E577" r:id="rId1151"/>
+    <hyperlink ref="F577" r:id="rId1152"/>
+    <hyperlink ref="E578" r:id="rId1153"/>
+    <hyperlink ref="F578" r:id="rId1154"/>
+    <hyperlink ref="E579" r:id="rId1155"/>
+    <hyperlink ref="F579" r:id="rId1156"/>
+    <hyperlink ref="E580" r:id="rId1157"/>
+    <hyperlink ref="F580" r:id="rId1158"/>
+    <hyperlink ref="E581" r:id="rId1159"/>
+    <hyperlink ref="F581" r:id="rId1160"/>
+    <hyperlink ref="E582" r:id="rId1161"/>
+    <hyperlink ref="F582" r:id="rId1162"/>
+    <hyperlink ref="E583" r:id="rId1163"/>
+    <hyperlink ref="F583" r:id="rId1164"/>
+    <hyperlink ref="E584" r:id="rId1165"/>
+    <hyperlink ref="F584" r:id="rId1166"/>
+    <hyperlink ref="E585" r:id="rId1167"/>
+    <hyperlink ref="F585" r:id="rId1168"/>
+    <hyperlink ref="E586" r:id="rId1169"/>
+    <hyperlink ref="F586" r:id="rId1170"/>
+    <hyperlink ref="E587" r:id="rId1171"/>
+    <hyperlink ref="F587" r:id="rId1172"/>
+    <hyperlink ref="E588" r:id="rId1173"/>
+    <hyperlink ref="F588" r:id="rId1174"/>
+    <hyperlink ref="E589" r:id="rId1175"/>
+    <hyperlink ref="F589" r:id="rId1176"/>
+    <hyperlink ref="E590" r:id="rId1177"/>
+    <hyperlink ref="F590" r:id="rId1178"/>
+    <hyperlink ref="E591" r:id="rId1179"/>
+    <hyperlink ref="F591" r:id="rId1180"/>
+    <hyperlink ref="E592" r:id="rId1181"/>
+    <hyperlink ref="F592" r:id="rId1182"/>
+    <hyperlink ref="E593" r:id="rId1183"/>
+    <hyperlink ref="F593" r:id="rId1184"/>
+    <hyperlink ref="E594" r:id="rId1185"/>
+    <hyperlink ref="F594" r:id="rId1186"/>
+    <hyperlink ref="E595" r:id="rId1187"/>
+    <hyperlink ref="F595" r:id="rId1188"/>
+    <hyperlink ref="E596" r:id="rId1189"/>
+    <hyperlink ref="F596" r:id="rId1190"/>
+    <hyperlink ref="E597" r:id="rId1191"/>
+    <hyperlink ref="F597" r:id="rId1192"/>
+    <hyperlink ref="E598" r:id="rId1193"/>
+    <hyperlink ref="F598" r:id="rId1194"/>
+    <hyperlink ref="E599" r:id="rId1195"/>
+    <hyperlink ref="F599" r:id="rId1196"/>
+    <hyperlink ref="E600" r:id="rId1197"/>
+    <hyperlink ref="F600" r:id="rId1198"/>
+    <hyperlink ref="E601" r:id="rId1199"/>
+    <hyperlink ref="F601" r:id="rId1200"/>
+    <hyperlink ref="E602" r:id="rId1201"/>
+    <hyperlink ref="F602" r:id="rId1202"/>
+    <hyperlink ref="E603" r:id="rId1203"/>
+    <hyperlink ref="F603" r:id="rId1204"/>
+    <hyperlink ref="E604" r:id="rId1205"/>
+    <hyperlink ref="F604" r:id="rId1206"/>
+    <hyperlink ref="E605" r:id="rId1207"/>
+    <hyperlink ref="F605" r:id="rId1208"/>
+    <hyperlink ref="E606" r:id="rId1209"/>
+    <hyperlink ref="F606" r:id="rId1210"/>
+    <hyperlink ref="E607" r:id="rId1211"/>
+    <hyperlink ref="F607" r:id="rId1212"/>
+    <hyperlink ref="E608" r:id="rId1213"/>
+    <hyperlink ref="F608" r:id="rId1214"/>
+    <hyperlink ref="E609" r:id="rId1215"/>
+    <hyperlink ref="F609" r:id="rId1216"/>
+    <hyperlink ref="E610" r:id="rId1217"/>
+    <hyperlink ref="F610" r:id="rId1218"/>
+    <hyperlink ref="E611" r:id="rId1219"/>
+    <hyperlink ref="F611" r:id="rId1220"/>
+    <hyperlink ref="E612" r:id="rId1221"/>
+    <hyperlink ref="F612" r:id="rId1222"/>
+    <hyperlink ref="E613" r:id="rId1223"/>
+    <hyperlink ref="F613" r:id="rId1224"/>
+    <hyperlink ref="E614" r:id="rId1225"/>
+    <hyperlink ref="F614" r:id="rId1226"/>
+    <hyperlink ref="E615" r:id="rId1227"/>
+    <hyperlink ref="F615" r:id="rId1228"/>
+    <hyperlink ref="E616" r:id="rId1229"/>
+    <hyperlink ref="F616" r:id="rId1230"/>
+    <hyperlink ref="E617" r:id="rId1231"/>
+    <hyperlink ref="F617" r:id="rId1232"/>
+    <hyperlink ref="E618" r:id="rId1233"/>
+    <hyperlink ref="F618" r:id="rId1234"/>
+    <hyperlink ref="E619" r:id="rId1235"/>
+    <hyperlink ref="F619" r:id="rId1236"/>
+    <hyperlink ref="E620" r:id="rId1237"/>
+    <hyperlink ref="F620" r:id="rId1238"/>
+    <hyperlink ref="E621" r:id="rId1239"/>
+    <hyperlink ref="F621" r:id="rId1240"/>
+    <hyperlink ref="E622" r:id="rId1241"/>
+    <hyperlink ref="F622" r:id="rId1242"/>
+    <hyperlink ref="E623" r:id="rId1243"/>
+    <hyperlink ref="F623" r:id="rId1244"/>
+    <hyperlink ref="E624" r:id="rId1245"/>
+    <hyperlink ref="F624" r:id="rId1246"/>
+    <hyperlink ref="E625" r:id="rId1247"/>
+    <hyperlink ref="F625" r:id="rId1248"/>
+    <hyperlink ref="E626" r:id="rId1249"/>
+    <hyperlink ref="F626" r:id="rId1250"/>
+    <hyperlink ref="E627" r:id="rId1251"/>
+    <hyperlink ref="F627" r:id="rId1252"/>
+    <hyperlink ref="E628" r:id="rId1253"/>
+    <hyperlink ref="F628" r:id="rId1254"/>
+    <hyperlink ref="E629" r:id="rId1255"/>
+    <hyperlink ref="F629" r:id="rId1256"/>
+    <hyperlink ref="E630" r:id="rId1257"/>
+    <hyperlink ref="F630" r:id="rId1258"/>
+    <hyperlink ref="E631" r:id="rId1259"/>
+    <hyperlink ref="F631" r:id="rId1260"/>
+    <hyperlink ref="E632" r:id="rId1261"/>
+    <hyperlink ref="F632" r:id="rId1262"/>
+    <hyperlink ref="E633" r:id="rId1263"/>
+    <hyperlink ref="F633" r:id="rId1264"/>
+    <hyperlink ref="E634" r:id="rId1265"/>
+    <hyperlink ref="F634" r:id="rId1266"/>
+    <hyperlink ref="E635" r:id="rId1267"/>
+    <hyperlink ref="F635" r:id="rId1268"/>
+    <hyperlink ref="E636" r:id="rId1269"/>
+    <hyperlink ref="F636" r:id="rId1270"/>
+    <hyperlink ref="E637" r:id="rId1271"/>
+    <hyperlink ref="F637" r:id="rId1272"/>
+    <hyperlink ref="E638" r:id="rId1273"/>
+    <hyperlink ref="F638" r:id="rId1274"/>
+    <hyperlink ref="E639" r:id="rId1275"/>
+    <hyperlink ref="F639" r:id="rId1276"/>
+    <hyperlink ref="E640" r:id="rId1277"/>
+    <hyperlink ref="F640" r:id="rId1278"/>
+    <hyperlink ref="E641" r:id="rId1279"/>
+    <hyperlink ref="F641" r:id="rId1280"/>
+    <hyperlink ref="E642" r:id="rId1281"/>
+    <hyperlink ref="F642" r:id="rId1282"/>
+    <hyperlink ref="E643" r:id="rId1283"/>
+    <hyperlink ref="F643" r:id="rId1284"/>
+    <hyperlink ref="E644" r:id="rId1285"/>
+    <hyperlink ref="F644" r:id="rId1286"/>
+    <hyperlink ref="E645" r:id="rId1287"/>
+    <hyperlink ref="F645" r:id="rId1288"/>
+    <hyperlink ref="E646" r:id="rId1289"/>
+    <hyperlink ref="F646" r:id="rId1290"/>
+    <hyperlink ref="E647" r:id="rId1291"/>
+    <hyperlink ref="F647" r:id="rId1292"/>
+    <hyperlink ref="E648" r:id="rId1293"/>
+    <hyperlink ref="F648" r:id="rId1294"/>
+    <hyperlink ref="E649" r:id="rId1295"/>
+    <hyperlink ref="F649" r:id="rId1296"/>
+    <hyperlink ref="E650" r:id="rId1297"/>
+    <hyperlink ref="F650" r:id="rId1298"/>
+    <hyperlink ref="E651" r:id="rId1299"/>
+    <hyperlink ref="F651" r:id="rId1300"/>
+    <hyperlink ref="E652" r:id="rId1301"/>
+    <hyperlink ref="F652" r:id="rId1302"/>
+    <hyperlink ref="E653" r:id="rId1303"/>
+    <hyperlink ref="F653" r:id="rId1304"/>
+    <hyperlink ref="E654" r:id="rId1305"/>
+    <hyperlink ref="F654" r:id="rId1306"/>
+    <hyperlink ref="E655" r:id="rId1307"/>
+    <hyperlink ref="F655" r:id="rId1308"/>
+    <hyperlink ref="E656" r:id="rId1309"/>
+    <hyperlink ref="F656" r:id="rId1310"/>
+    <hyperlink ref="E657" r:id="rId1311"/>
+    <hyperlink ref="F657" r:id="rId1312"/>
+    <hyperlink ref="E658" r:id="rId1313"/>
+    <hyperlink ref="F658" r:id="rId1314"/>
+    <hyperlink ref="E659" r:id="rId1315"/>
+    <hyperlink ref="F659" r:id="rId1316"/>
+    <hyperlink ref="E660" r:id="rId1317"/>
+    <hyperlink ref="F660" r:id="rId1318"/>
+    <hyperlink ref="E661" r:id="rId1319"/>
+    <hyperlink ref="F661" r:id="rId1320"/>
+    <hyperlink ref="E662" r:id="rId1321"/>
+    <hyperlink ref="F662" r:id="rId1322"/>
+    <hyperlink ref="E663" r:id="rId1323"/>
+    <hyperlink ref="F663" r:id="rId1324"/>
+    <hyperlink ref="E664" r:id="rId1325"/>
+    <hyperlink ref="F664" r:id="rId1326"/>
+    <hyperlink ref="E665" r:id="rId1327"/>
+    <hyperlink ref="F665" r:id="rId1328"/>
+    <hyperlink ref="E666" r:id="rId1329"/>
+    <hyperlink ref="F666" r:id="rId1330"/>
+    <hyperlink ref="E667" r:id="rId1331"/>
+    <hyperlink ref="F667" r:id="rId1332"/>
+    <hyperlink ref="E668" r:id="rId1333"/>
+    <hyperlink ref="F668" r:id="rId1334"/>
+    <hyperlink ref="E669" r:id="rId1335"/>
+    <hyperlink ref="F669" r:id="rId1336"/>
+    <hyperlink ref="E670" r:id="rId1337"/>
+    <hyperlink ref="F670" r:id="rId1338"/>
+    <hyperlink ref="E671" r:id="rId1339"/>
+    <hyperlink ref="F671" r:id="rId1340"/>
+    <hyperlink ref="E672" r:id="rId1341"/>
+    <hyperlink ref="F672" r:id="rId1342"/>
+    <hyperlink ref="E673" r:id="rId1343"/>
+    <hyperlink ref="F673" r:id="rId1344"/>
+    <hyperlink ref="E674" r:id="rId1345"/>
+    <hyperlink ref="F674" r:id="rId1346"/>
+    <hyperlink ref="E675" r:id="rId1347"/>
+    <hyperlink ref="F675" r:id="rId1348"/>
+    <hyperlink ref="E676" r:id="rId1349"/>
+    <hyperlink ref="F676" r:id="rId1350"/>
+    <hyperlink ref="E677" r:id="rId1351"/>
+    <hyperlink ref="F677" r:id="rId1352"/>
+    <hyperlink ref="E678" r:id="rId1353"/>
+    <hyperlink ref="F678" r:id="rId1354"/>
+    <hyperlink ref="E679" r:id="rId1355"/>
+    <hyperlink ref="F679" r:id="rId1356"/>
+    <hyperlink ref="E680" r:id="rId1357"/>
+    <hyperlink ref="F680" r:id="rId1358"/>
+    <hyperlink ref="E681" r:id="rId1359"/>
+    <hyperlink ref="F681" r:id="rId1360"/>
+    <hyperlink ref="E682" r:id="rId1361"/>
+    <hyperlink ref="F682" r:id="rId1362"/>
+    <hyperlink ref="E683" r:id="rId1363"/>
+    <hyperlink ref="F683" r:id="rId1364"/>
+    <hyperlink ref="E684" r:id="rId1365"/>
+    <hyperlink ref="F684" r:id="rId1366"/>
+    <hyperlink ref="E685" r:id="rId1367"/>
+    <hyperlink ref="F685" r:id="rId1368"/>
+    <hyperlink ref="E686" r:id="rId1369"/>
+    <hyperlink ref="F686" r:id="rId1370"/>
+    <hyperlink ref="E687" r:id="rId1371"/>
+    <hyperlink ref="F687" r:id="rId1372"/>
+    <hyperlink ref="E688" r:id="rId1373"/>
+    <hyperlink ref="F688" r:id="rId1374"/>
+    <hyperlink ref="E689" r:id="rId1375"/>
+    <hyperlink ref="F689" r:id="rId1376"/>
+    <hyperlink ref="E690" r:id="rId1377"/>
+    <hyperlink ref="F690" r:id="rId1378"/>
+    <hyperlink ref="E691" r:id="rId1379"/>
+    <hyperlink ref="F691" r:id="rId1380"/>
+    <hyperlink ref="E692" r:id="rId1381"/>
+    <hyperlink ref="F692" r:id="rId1382"/>
+    <hyperlink ref="E693" r:id="rId1383"/>
+    <hyperlink ref="F693" r:id="rId1384"/>
+    <hyperlink ref="E694" r:id="rId1385"/>
+    <hyperlink ref="F694" r:id="rId1386"/>
+    <hyperlink ref="E695" r:id="rId1387"/>
+    <hyperlink ref="F695" r:id="rId1388"/>
+    <hyperlink ref="E696" r:id="rId1389"/>
+    <hyperlink ref="F696" r:id="rId1390"/>
+    <hyperlink ref="E697" r:id="rId1391"/>
+    <hyperlink ref="F697" r:id="rId1392"/>
+    <hyperlink ref="E698" r:id="rId1393"/>
+    <hyperlink ref="F698" r:id="rId1394"/>
+    <hyperlink ref="E699" r:id="rId1395"/>
+    <hyperlink ref="F699" r:id="rId1396"/>
+    <hyperlink ref="E700" r:id="rId1397"/>
+    <hyperlink ref="F700" r:id="rId1398"/>
+    <hyperlink ref="E701" r:id="rId1399"/>
+    <hyperlink ref="F701" r:id="rId1400"/>
+    <hyperlink ref="E702" r:id="rId1401"/>
+    <hyperlink ref="F702" r:id="rId1402"/>
+    <hyperlink ref="E703" r:id="rId1403"/>
+    <hyperlink ref="F703" r:id="rId1404"/>
+    <hyperlink ref="E704" r:id="rId1405"/>
+    <hyperlink ref="F704" r:id="rId1406"/>
+    <hyperlink ref="E705" r:id="rId1407"/>
+    <hyperlink ref="F705" r:id="rId1408"/>
+    <hyperlink ref="E706" r:id="rId1409"/>
+    <hyperlink ref="F706" r:id="rId1410"/>
+    <hyperlink ref="E707" r:id="rId1411"/>
+    <hyperlink ref="F707" r:id="rId1412"/>
+    <hyperlink ref="E708" r:id="rId1413"/>
+    <hyperlink ref="F708" r:id="rId1414"/>
+    <hyperlink ref="E709" r:id="rId1415"/>
+    <hyperlink ref="F709" r:id="rId1416"/>
+    <hyperlink ref="E710" r:id="rId1417"/>
+    <hyperlink ref="F710" r:id="rId1418"/>
+    <hyperlink ref="E711" r:id="rId1419"/>
+    <hyperlink ref="F711" r:id="rId1420"/>
+    <hyperlink ref="E712" r:id="rId1421"/>
+    <hyperlink ref="F712" r:id="rId1422"/>
+    <hyperlink ref="E713" r:id="rId1423"/>
+    <hyperlink ref="F713" r:id="rId1424"/>
+    <hyperlink ref="E714" r:id="rId1425"/>
+    <hyperlink ref="F714" r:id="rId1426"/>
+    <hyperlink ref="E715" r:id="rId1427"/>
+    <hyperlink ref="F715" r:id="rId1428"/>
+    <hyperlink ref="E716" r:id="rId1429"/>
+    <hyperlink ref="F716" r:id="rId1430"/>
+    <hyperlink ref="E717" r:id="rId1431"/>
+    <hyperlink ref="F717" r:id="rId1432"/>
+    <hyperlink ref="E718" r:id="rId1433"/>
+    <hyperlink ref="F718" r:id="rId1434"/>
+    <hyperlink ref="E719" r:id="rId1435"/>
+    <hyperlink ref="F719" r:id="rId1436"/>
+    <hyperlink ref="E720" r:id="rId1437"/>
+    <hyperlink ref="F720" r:id="rId1438"/>
+    <hyperlink ref="E721" r:id="rId1439"/>
+    <hyperlink ref="F721" r:id="rId1440"/>
+    <hyperlink ref="E722" r:id="rId1441"/>
+    <hyperlink ref="F722" r:id="rId1442"/>
+    <hyperlink ref="E723" r:id="rId1443"/>
+    <hyperlink ref="F723" r:id="rId1444"/>
+    <hyperlink ref="E724" r:id="rId1445"/>
+    <hyperlink ref="F724" r:id="rId1446"/>
+    <hyperlink ref="E725" r:id="rId1447"/>
+    <hyperlink ref="F725" r:id="rId1448"/>
+    <hyperlink ref="E726" r:id="rId1449"/>
+    <hyperlink ref="F726" r:id="rId1450"/>
+    <hyperlink ref="E727" r:id="rId1451"/>
+    <hyperlink ref="F727" r:id="rId1452"/>
+    <hyperlink ref="E728" r:id="rId1453"/>
+    <hyperlink ref="F728" r:id="rId1454"/>
+    <hyperlink ref="E729" r:id="rId1455"/>
+    <hyperlink ref="F729" r:id="rId1456"/>
+    <hyperlink ref="E730" r:id="rId1457"/>
+    <hyperlink ref="F730" r:id="rId1458"/>
+    <hyperlink ref="E731" r:id="rId1459"/>
+    <hyperlink ref="F731" r:id="rId1460"/>
+    <hyperlink ref="E732" r:id="rId1461"/>
+    <hyperlink ref="F732" r:id="rId1462"/>
+    <hyperlink ref="E733" r:id="rId1463"/>
+    <hyperlink ref="F733" r:id="rId1464"/>
+    <hyperlink ref="E734" r:id="rId1465"/>
+    <hyperlink ref="F734" r:id="rId1466"/>
+    <hyperlink ref="E735" r:id="rId1467"/>
+    <hyperlink ref="F735" r:id="rId1468"/>
+    <hyperlink ref="E736" r:id="rId1469"/>
+    <hyperlink ref="F736" r:id="rId1470"/>
+    <hyperlink ref="E737" r:id="rId1471"/>
+    <hyperlink ref="F737" r:id="rId1472"/>
+    <hyperlink ref="E738" r:id="rId1473"/>
+    <hyperlink ref="F738" r:id="rId1474"/>
+    <hyperlink ref="E739" r:id="rId1475"/>
+    <hyperlink ref="F739" r:id="rId1476"/>
+    <hyperlink ref="E740" r:id="rId1477"/>
+    <hyperlink ref="F740" r:id="rId1478"/>
+    <hyperlink ref="E741" r:id="rId1479"/>
+    <hyperlink ref="F741" r:id="rId1480"/>
+    <hyperlink ref="E742" r:id="rId1481"/>
+    <hyperlink ref="F742" r:id="rId1482"/>
+    <hyperlink ref="E743" r:id="rId1483"/>
+    <hyperlink ref="F743" r:id="rId1484"/>
+    <hyperlink ref="E744" r:id="rId1485"/>
+    <hyperlink ref="F744" r:id="rId1486"/>
+    <hyperlink ref="E745" r:id="rId1487"/>
+    <hyperlink ref="F745" r:id="rId1488"/>
+    <hyperlink ref="E746" r:id="rId1489"/>
+    <hyperlink ref="F746" r:id="rId1490"/>
+    <hyperlink ref="E747" r:id="rId1491"/>
+    <hyperlink ref="F747" r:id="rId1492"/>
+    <hyperlink ref="E748" r:id="rId1493"/>
+    <hyperlink ref="F748" r:id="rId1494"/>
+    <hyperlink ref="E749" r:id="rId1495"/>
+    <hyperlink ref="F749" r:id="rId1496"/>
+    <hyperlink ref="E750" r:id="rId1497"/>
+    <hyperlink ref="F750" r:id="rId1498"/>
+    <hyperlink ref="E751" r:id="rId1499"/>
+    <hyperlink ref="F751" r:id="rId1500"/>
+    <hyperlink ref="E752" r:id="rId1501"/>
+    <hyperlink ref="F752" r:id="rId1502"/>
+    <hyperlink ref="E753" r:id="rId1503"/>
+    <hyperlink ref="F753" r:id="rId1504"/>
+    <hyperlink ref="E754" r:id="rId1505"/>
+    <hyperlink ref="F754" r:id="rId1506"/>
+    <hyperlink ref="E755" r:id="rId1507"/>
+    <hyperlink ref="F755" r:id="rId1508"/>
+    <hyperlink ref="E756" r:id="rId1509"/>
+    <hyperlink ref="F756" r:id="rId1510"/>
+    <hyperlink ref="E757" r:id="rId1511"/>
+    <hyperlink ref="F757" r:id="rId1512"/>
+    <hyperlink ref="E758" r:id="rId1513"/>
+    <hyperlink ref="F758" r:id="rId1514"/>
+    <hyperlink ref="E759" r:id="rId1515"/>
+    <hyperlink ref="F759" r:id="rId1516"/>
+    <hyperlink ref="E760" r:id="rId1517"/>
+    <hyperlink ref="F760" r:id="rId1518"/>
+    <hyperlink ref="E761" r:id="rId1519"/>
+    <hyperlink ref="F761" r:id="rId1520"/>
+    <hyperlink ref="E762" r:id="rId1521"/>
+    <hyperlink ref="F762" r:id="rId1522"/>
+    <hyperlink ref="E763" r:id="rId1523"/>
+    <hyperlink ref="F763" r:id="rId1524"/>
+    <hyperlink ref="E764" r:id="rId1525"/>
+    <hyperlink ref="F764" r:id="rId1526"/>
+    <hyperlink ref="E765" r:id="rId1527"/>
+    <hyperlink ref="F765" r:id="rId1528"/>
+    <hyperlink ref="E766" r:id="rId1529"/>
+    <hyperlink ref="F766" r:id="rId1530"/>
+    <hyperlink ref="E767" r:id="rId1531"/>
+    <hyperlink ref="F767" r:id="rId1532"/>
+    <hyperlink ref="E768" r:id="rId1533"/>
+    <hyperlink ref="F768" r:id="rId1534"/>
+    <hyperlink ref="E769" r:id="rId1535"/>
+    <hyperlink ref="F769" r:id="rId1536"/>
+    <hyperlink ref="E770" r:id="rId1537"/>
+    <hyperlink ref="F770" r:id="rId1538"/>
+    <hyperlink ref="E771" r:id="rId1539"/>
+    <hyperlink ref="F771" r:id="rId1540"/>
+    <hyperlink ref="E772" r:id="rId1541"/>
+    <hyperlink ref="F772" r:id="rId1542"/>
+    <hyperlink ref="E773" r:id="rId1543"/>
+    <hyperlink ref="F773" r:id="rId1544"/>
+    <hyperlink ref="E774" r:id="rId1545"/>
+    <hyperlink ref="F774" r:id="rId1546"/>
+    <hyperlink ref="E775" r:id="rId1547"/>
+    <hyperlink ref="F775" r:id="rId1548"/>
+    <hyperlink ref="E776" r:id="rId1549"/>
+    <hyperlink ref="F776" r:id="rId1550"/>
+    <hyperlink ref="E777" r:id="rId1551"/>
+    <hyperlink ref="F777" r:id="rId1552"/>
+    <hyperlink ref="E778" r:id="rId1553"/>
+    <hyperlink ref="F778" r:id="rId1554"/>
+    <hyperlink ref="E779" r:id="rId1555"/>
+    <hyperlink ref="F779" r:id="rId1556"/>
+    <hyperlink ref="E780" r:id="rId1557"/>
+    <hyperlink ref="F780" r:id="rId1558"/>
+    <hyperlink ref="E781" r:id="rId1559"/>
+    <hyperlink ref="F781" r:id="rId1560"/>
+    <hyperlink ref="E782" r:id="rId1561"/>
+    <hyperlink ref="F782" r:id="rId1562"/>
+    <hyperlink ref="E783" r:id="rId1563"/>
+    <hyperlink ref="F783" r:id="rId1564"/>
+    <hyperlink ref="E784" r:id="rId1565"/>
+    <hyperlink ref="F784" r:id="rId1566"/>
+    <hyperlink ref="E785" r:id="rId1567"/>
+    <hyperlink ref="F785" r:id="rId1568"/>
+    <hyperlink ref="E786" r:id="rId1569"/>
+    <hyperlink ref="F786" r:id="rId1570"/>
+    <hyperlink ref="E787" r:id="rId1571"/>
+    <hyperlink ref="F787" r:id="rId1572"/>
+    <hyperlink ref="E788" r:id="rId1573"/>
+    <hyperlink ref="F788" r:id="rId1574"/>
+    <hyperlink ref="E789" r:id="rId1575"/>
+    <hyperlink ref="F789" r:id="rId1576"/>
+    <hyperlink ref="E790" r:id="rId1577"/>
+    <hyperlink ref="F790" r:id="rId1578"/>
+    <hyperlink ref="E791" r:id="rId1579"/>
+    <hyperlink ref="F791" r:id="rId1580"/>
+    <hyperlink ref="E792" r:id="rId1581"/>
+    <hyperlink ref="F792" r:id="rId1582"/>
+    <hyperlink ref="E793" r:id="rId1583"/>
+    <hyperlink ref="F793" r:id="rId1584"/>
+    <hyperlink ref="E794" r:id="rId1585"/>
+    <hyperlink ref="F794" r:id="rId1586"/>
+    <hyperlink ref="E795" r:id="rId1587"/>
+    <hyperlink ref="F795" r:id="rId1588"/>
+    <hyperlink ref="E796" r:id="rId1589"/>
+    <hyperlink ref="F796" r:id="rId1590"/>
+    <hyperlink ref="E797" r:id="rId1591"/>
+    <hyperlink ref="F797" r:id="rId1592"/>
+    <hyperlink ref="E798" r:id="rId1593"/>
+    <hyperlink ref="F798" r:id="rId1594"/>
+    <hyperlink ref="E799" r:id="rId1595"/>
+    <hyperlink ref="F799" r:id="rId1596"/>
+    <hyperlink ref="E800" r:id="rId1597"/>
+    <hyperlink ref="F800" r:id="rId1598"/>
+    <hyperlink ref="E801" r:id="rId1599"/>
+    <hyperlink ref="F801" r:id="rId1600"/>
+    <hyperlink ref="E802" r:id="rId1601"/>
+    <hyperlink ref="F802" r:id="rId1602"/>
+    <hyperlink ref="E803" r:id="rId1603"/>
+    <hyperlink ref="F803" r:id="rId1604"/>
+    <hyperlink ref="E804" r:id="rId1605"/>
+    <hyperlink ref="F804" r:id="rId1606"/>
+    <hyperlink ref="E805" r:id="rId1607"/>
+    <hyperlink ref="F805" r:id="rId1608"/>
+    <hyperlink ref="E806" r:id="rId1609"/>
+    <hyperlink ref="F806" r:id="rId1610"/>
+    <hyperlink ref="E807" r:id="rId1611"/>
+    <hyperlink ref="F807" r:id="rId1612"/>
+    <hyperlink ref="E808" r:id="rId1613"/>
+    <hyperlink ref="F808" r:id="rId1614"/>
+    <hyperlink ref="E809" r:id="rId1615"/>
+    <hyperlink ref="F809" r:id="rId1616"/>
+    <hyperlink ref="E810" r:id="rId1617"/>
+    <hyperlink ref="F810" r:id="rId1618"/>
+    <hyperlink ref="E811" r:id="rId1619"/>
+    <hyperlink ref="F811" r:id="rId1620"/>
+    <hyperlink ref="E812" r:id="rId1621"/>
+    <hyperlink ref="F812" r:id="rId1622"/>
+    <hyperlink ref="E813" r:id="rId1623"/>
+    <hyperlink ref="F813" r:id="rId1624"/>
+    <hyperlink ref="E814" r:id="rId1625"/>
+    <hyperlink ref="F814" r:id="rId1626"/>
+    <hyperlink ref="E815" r:id="rId1627"/>
+    <hyperlink ref="F815" r:id="rId1628"/>
+    <hyperlink ref="E816" r:id="rId1629"/>
+    <hyperlink ref="F816" r:id="rId1630"/>
+    <hyperlink ref="E817" r:id="rId1631"/>
+    <hyperlink ref="F817" r:id="rId1632"/>
+    <hyperlink ref="E818" r:id="rId1633"/>
+    <hyperlink ref="F818" r:id="rId1634"/>
+    <hyperlink ref="E819" r:id="rId1635"/>
+    <hyperlink ref="F819" r:id="rId1636"/>
+    <hyperlink ref="E820" r:id="rId1637"/>
+    <hyperlink ref="F820" r:id="rId1638"/>
+    <hyperlink ref="E821" r:id="rId1639"/>
+    <hyperlink ref="F821" r:id="rId1640"/>
+    <hyperlink ref="E822" r:id="rId1641"/>
+    <hyperlink ref="F822" r:id="rId1642"/>
+    <hyperlink ref="E823" r:id="rId1643"/>
+    <hyperlink ref="F823" r:id="rId1644"/>
+    <hyperlink ref="E824" r:id="rId1645"/>
+    <hyperlink ref="F824" r:id="rId1646"/>
+    <hyperlink ref="E825" r:id="rId1647"/>
+    <hyperlink ref="F825" r:id="rId1648"/>
+    <hyperlink ref="E826" r:id="rId1649"/>
+    <hyperlink ref="F826" r:id="rId1650"/>
+    <hyperlink ref="E827" r:id="rId1651"/>
+    <hyperlink ref="F827" r:id="rId1652"/>
+    <hyperlink ref="E828" r:id="rId1653"/>
+    <hyperlink ref="F828" r:id="rId1654"/>
+    <hyperlink ref="E829" r:id="rId1655"/>
+    <hyperlink ref="F829" r:id="rId1656"/>
+    <hyperlink ref="E830" r:id="rId1657"/>
+    <hyperlink ref="F830" r:id="rId1658"/>
+    <hyperlink ref="E831" r:id="rId1659"/>
+    <hyperlink ref="F831" r:id="rId1660"/>
+    <hyperlink ref="E832" r:id="rId1661"/>
+    <hyperlink ref="F832" r:id="rId1662"/>
+    <hyperlink ref="E833" r:id="rId1663"/>
+    <hyperlink ref="F833" r:id="rId1664"/>
+    <hyperlink ref="E834" r:id="rId1665"/>
+    <hyperlink ref="F834" r:id="rId1666"/>
+    <hyperlink ref="E835" r:id="rId1667"/>
+    <hyperlink ref="F835" r:id="rId1668"/>
+    <hyperlink ref="E836" r:id="rId1669"/>
+    <hyperlink ref="F836" r:id="rId1670"/>
+    <hyperlink ref="E837" r:id="rId1671"/>
+    <hyperlink ref="F837" r:id="rId1672"/>
+    <hyperlink ref="E838" r:id="rId1673"/>
+    <hyperlink ref="F838" r:id="rId1674"/>
+    <hyperlink ref="E839" r:id="rId1675"/>
+    <hyperlink ref="F839" r:id="rId1676"/>
+    <hyperlink ref="E840" r:id="rId1677"/>
+    <hyperlink ref="F840" r:id="rId1678"/>
+    <hyperlink ref="E841" r:id="rId1679"/>
+    <hyperlink ref="F841" r:id="rId1680"/>
+    <hyperlink ref="E842" r:id="rId1681"/>
+    <hyperlink ref="F842" r:id="rId1682"/>
+    <hyperlink ref="E843" r:id="rId1683"/>
+    <hyperlink ref="F843" r:id="rId1684"/>
+    <hyperlink ref="E844" r:id="rId1685"/>
+    <hyperlink ref="F844" r:id="rId1686"/>
+    <hyperlink ref="E845" r:id="rId1687"/>
+    <hyperlink ref="F845" r:id="rId1688"/>
+    <hyperlink ref="E846" r:id="rId1689"/>
+    <hyperlink ref="F846" r:id="rId1690"/>
+    <hyperlink ref="E847" r:id="rId1691"/>
+    <hyperlink ref="F847" r:id="rId1692"/>
+    <hyperlink ref="E848" r:id="rId1693"/>
+    <hyperlink ref="F848" r:id="rId1694"/>
+    <hyperlink ref="E849" r:id="rId1695"/>
+    <hyperlink ref="F849" r:id="rId1696"/>
+    <hyperlink ref="E850" r:id="rId1697"/>
+    <hyperlink ref="F850" r:id="rId1698"/>
+    <hyperlink ref="E851" r:id="rId1699"/>
+    <hyperlink ref="F851" r:id="rId1700"/>
+    <hyperlink ref="E852" r:id="rId1701"/>
+    <hyperlink ref="F852" r:id="rId1702"/>
+    <hyperlink ref="E853" r:id="rId1703"/>
+    <hyperlink ref="F853" r:id="rId1704"/>
+    <hyperlink ref="E854" r:id="rId1705"/>
+    <hyperlink ref="F854" r:id="rId1706"/>
+    <hyperlink ref="E855" r:id="rId1707"/>
+    <hyperlink ref="F855" r:id="rId1708"/>
+    <hyperlink ref="E856" r:id="rId1709"/>
+    <hyperlink ref="F856" r:id="rId1710"/>
+    <hyperlink ref="E857" r:id="rId1711"/>
+    <hyperlink ref="F857" r:id="rId1712"/>
+    <hyperlink ref="E858" r:id="rId1713"/>
+    <hyperlink ref="F858" r:id="rId1714"/>
+    <hyperlink ref="E859" r:id="rId1715"/>
+    <hyperlink ref="F859" r:id="rId1716"/>
+    <hyperlink ref="E860" r:id="rId1717"/>
+    <hyperlink ref="F860" r:id="rId1718"/>
+    <hyperlink ref="E861" r:id="rId1719"/>
+    <hyperlink ref="F861" r:id="rId1720"/>
+    <hyperlink ref="E862" r:id="rId1721"/>
+    <hyperlink ref="F862" r:id="rId1722"/>
+    <hyperlink ref="E863" r:id="rId1723"/>
+    <hyperlink ref="F863" r:id="rId1724"/>
+    <hyperlink ref="E864" r:id="rId1725"/>
+    <hyperlink ref="F864" r:id="rId1726"/>
+    <hyperlink ref="E865" r:id="rId1727"/>
+    <hyperlink ref="F865" r:id="rId1728"/>
+    <hyperlink ref="E866" r:id="rId1729"/>
+    <hyperlink ref="F866" r:id="rId1730"/>
+    <hyperlink ref="E867" r:id="rId1731"/>
+    <hyperlink ref="F867" r:id="rId1732"/>
+    <hyperlink ref="E868" r:id="rId1733"/>
+    <hyperlink ref="F868" r:id="rId1734"/>
+    <hyperlink ref="E869" r:id="rId1735"/>
+    <hyperlink ref="F869" r:id="rId1736"/>
+    <hyperlink ref="E870" r:id="rId1737"/>
+    <hyperlink ref="F870" r:id="rId1738"/>
+    <hyperlink ref="E871" r:id="rId1739"/>
+    <hyperlink ref="F871" r:id="rId1740"/>
+    <hyperlink ref="E872" r:id="rId1741"/>
+    <hyperlink ref="F872" r:id="rId1742"/>
+    <hyperlink ref="E873" r:id="rId1743"/>
+    <hyperlink ref="F873" r:id="rId1744"/>
+    <hyperlink ref="E874" r:id="rId1745"/>
+    <hyperlink ref="F874" r:id="rId1746"/>
+    <hyperlink ref="E875" r:id="rId1747"/>
+    <hyperlink ref="F875" r:id="rId1748"/>
+    <hyperlink ref="E876" r:id="rId1749"/>
+    <hyperlink ref="F876" r:id="rId1750"/>
+    <hyperlink ref="E877" r:id="rId1751"/>
+    <hyperlink ref="F877" r:id="rId1752"/>
+    <hyperlink ref="E878" r:id="rId1753"/>
+    <hyperlink ref="F878" r:id="rId1754"/>
+    <hyperlink ref="E879" r:id="rId1755"/>
+    <hyperlink ref="F879" r:id="rId1756"/>
+    <hyperlink ref="E880" r:id="rId1757"/>
+    <hyperlink ref="F880" r:id="rId1758"/>
+    <hyperlink ref="E881" r:id="rId1759"/>
+    <hyperlink ref="F881" r:id="rId1760"/>
+    <hyperlink ref="E882" r:id="rId1761"/>
+    <hyperlink ref="F882" r:id="rId1762"/>
+    <hyperlink ref="E883" r:id="rId1763"/>
+    <hyperlink ref="F883" r:id="rId1764"/>
+    <hyperlink ref="E884" r:id="rId1765"/>
+    <hyperlink ref="F884" r:id="rId1766"/>
+    <hyperlink ref="E885" r:id="rId1767"/>
+    <hyperlink ref="F885" r:id="rId1768"/>
+    <hyperlink ref="E886" r:id="rId1769"/>
+    <hyperlink ref="F886" r:id="rId1770"/>
+    <hyperlink ref="E887" r:id="rId1771"/>
+    <hyperlink ref="F887" r:id="rId1772"/>
+    <hyperlink ref="E888" r:id="rId1773"/>
+    <hyperlink ref="F888" r:id="rId1774"/>
+    <hyperlink ref="E889" r:id="rId1775"/>
+    <hyperlink ref="F889" r:id="rId1776"/>
+    <hyperlink ref="E890" r:id="rId1777"/>
+    <hyperlink ref="F890" r:id="rId1778"/>
+    <hyperlink ref="E891" r:id="rId1779"/>
+    <hyperlink ref="F891" r:id="rId1780"/>
+    <hyperlink ref="E892" r:id="rId1781"/>
+    <hyperlink ref="F892" r:id="rId1782"/>
+    <hyperlink ref="E893" r:id="rId1783"/>
+    <hyperlink ref="F893" r:id="rId1784"/>
+    <hyperlink ref="E894" r:id="rId1785"/>
+    <hyperlink ref="F894" r:id="rId1786"/>
+    <hyperlink ref="E895" r:id="rId1787"/>
+    <hyperlink ref="F895" r:id="rId1788"/>
+    <hyperlink ref="E896" r:id="rId1789"/>
+    <hyperlink ref="F896" r:id="rId1790"/>
+    <hyperlink ref="E897" r:id="rId1791"/>
+    <hyperlink ref="F897" r:id="rId1792"/>
+    <hyperlink ref="E898" r:id="rId1793"/>
+    <hyperlink ref="F898" r:id="rId1794"/>
+    <hyperlink ref="E899" r:id="rId1795"/>
+    <hyperlink ref="F899" r:id="rId1796"/>
+    <hyperlink ref="E900" r:id="rId1797"/>
+    <hyperlink ref="F900" r:id="rId1798"/>
+    <hyperlink ref="E901" r:id="rId1799"/>
+    <hyperlink ref="F901" r:id="rId1800"/>
+    <hyperlink ref="E902" r:id="rId1801"/>
+    <hyperlink ref="F902" r:id="rId1802"/>
+    <hyperlink ref="E903" r:id="rId1803"/>
+    <hyperlink ref="F903" r:id="rId1804"/>
+    <hyperlink ref="E904" r:id="rId1805"/>
+    <hyperlink ref="F904" r:id="rId1806"/>
+    <hyperlink ref="E905" r:id="rId1807"/>
+    <hyperlink ref="F905" r:id="rId1808"/>
+    <hyperlink ref="E906" r:id="rId1809"/>
+    <hyperlink ref="F906" r:id="rId1810"/>
+    <hyperlink ref="E907" r:id="rId1811"/>
+    <hyperlink ref="F907" r:id="rId1812"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
-    <tablePart r:id="rId585"/>
+    <tablePart r:id="rId1813"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>affidamenti-diretti</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>